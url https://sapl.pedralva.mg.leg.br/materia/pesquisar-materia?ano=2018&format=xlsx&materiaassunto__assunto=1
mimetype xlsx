--- v0 (2026-01-20)
+++ v1 (2026-03-26)
@@ -54,498 +54,498 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Josimar Silva de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre o índice de revisão geral anual das remunerações dos servidores públicos municipais do Poder Executivo.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/5/pl_02-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/5/pl_02-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o índice de revisão dos vencimentos dos Profissionais do Magistério da Educação Básica Pública do Município de Pedralva.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Mesa Diretora da Câmara - MESADIR</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/12/pl_03-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/12/pl_03-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão anual das remunerações dos vereadores e dos servidores da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/26/pl_09-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/26/pl_09-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX, do artigo 37 da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/29/pl_012-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/29/pl_012-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da Lei Orçamentária de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/30/pl_013-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/30/pl_013-2018.pdf</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/34/pl_015-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/34/pl_015-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX do artigo 37 da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/36/pl_017-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/36/pl_017-2018.pdf</t>
   </si>
   <si>
     <t>Declara como de expansão urbana a área de terreno que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/37/pl_018-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/37/pl_018-2018.pdf</t>
   </si>
   <si>
     <t>Desafeta do domínio público e autoriza o Município de Pedralva a doar, com encargo, o imóvel que menciona, de propriedade do Município de Pedralva à Associação dos Moradores do Bairro Bica.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/45/pl_024-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/45/pl_024-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Pedralva a conceder contribuição financeira à Sociedade de Educação e Assistência Social Frei Orestes - S.E.A.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/47/pl_026-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/47/pl_026-2018.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso I do art. 5º da Lei nº 1.725/17, de 20/12/2017, que estima a receita e fixa a despesa do Município para o exercício financeiro de 2018.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/58/pl_037-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/58/pl_037-2018.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2018, crédito suplementar no valor de R$ 370.000,00, para reforço de dotação orçamentária e dá outras providências.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/59/pl_038-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/59/pl_038-2018.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso I do art. 5º da Lei nº 1.725/17, de 20/12/2017, que estima a Receita e fixa a Despesa do Município de Pedralva para o exercício de 2018.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/60/pl_039-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/60/pl_039-2018.pdf</t>
   </si>
   <si>
     <t>Dá nova delimitação ao perímetro urbano de Município de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/68/pl_046-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/68/pl_046-2018.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao §2º do art. 1º da Lei nº 1712/2018, de 05/10/2017, que "Autoriza a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX, do Artigo 37 da Constituição Federal e dá outras providências".</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/69/pl_047-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/69/pl_047-2018.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao §2º do art. 1º da Lei nº 1741/2018, de 23/04/2018, que "Autoriza a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX, do Artigo 37 da Constituição Federal e dá outras providências".</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/70/pl_048-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/70/pl_048-2018.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao §2º do art. 1º da Lei nº 1745/2018, de 07/06/2018, que "Autoriza a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX, do Artigo 37 da Constituição Federal e dá outras providências".</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/71/pl_049-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/71/pl_049-2018.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal de Saneamento Básico e Gestão Integrada de Resíduos Sólidos Urbanos.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/72/pl_050-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/72/pl_050-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do Plano Plurianual de Ações para o quadriênio 2018 à 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/73/pl_051-2018_-_orcamento.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/73/pl_051-2018_-_orcamento.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Pedralva para o exercício de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/76/pl_054-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/76/pl_054-2018.pdf</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/77/pl_055-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/77/pl_055-2018.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Saneamento Básico - FMSB e dá outras providências.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/78/pl_056-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/78/pl_056-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Conselho Municipal de Saúde de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/79/pl_057-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/79/pl_057-2018.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso I do art. 5º da Lei nº 1.725/17, de 20/12/2017, que estima Receita e fixa a Despesa do Município para o exercício financeiro de 2018.</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/38/plc_01-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/38/plc_01-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de vagas para o cargo efetivo de motorista e dá outras providências.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Evaristo Ribeiro de Oliveira, Francisco de Assis Silva, João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/31/emenda_lom_01-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/31/emenda_lom_01-2018.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivos ao artigo 75 da Lei Orgânica do município, dispondo sobre requisitos para nomeação de auxiliares diretos da administração.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, João Alberto Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/84/emenda_lom_02-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/84/emenda_lom_02-2018.pdf</t>
   </si>
   <si>
     <t>Acrescenta os §§ 3º e 4º, ao art. 76 da Lei Orgânica do Município, para que a Câmara Municipal realize Audiência Pública convocando os secretários municipais e diretores para que prestem contas de suas gestões, e dá outras providências.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Marcos Batista</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/175/req_034-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/175/req_034-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal tomar as providências cabíveis para ser fixado, no valor do salário mínimo nacional, o vencimentos dos servidores da Prefeitura Municipal de Pedralva que se encontram abaixo desse valor.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/192/req_046-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/192/req_046-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal o fornecimento de informações sobre a realização, pela Administração Municipal, de audiências públicas exigidas pela Lei de Responsabilidade Fiscal (LRF), a saber: 1. Se já foi realizada audiência pública para debater com a comunidade sobre as prioridades de gastos e investimentos do Município para o exercício de 2019, com vistas à elaboração do projeto de LDO para 2019. Em caso positivo, informar a data em que foi realizada e apresentar lista de presença. 2) Em caso negativo, informar quando será realizada esta audiência pública (data e hora), tendo em vista a obrigatoriedade contida na LRF; e 3. Que seja convocado o Poder Executivo para realização de uma audiência pública na sede da Câmara, em data a ser designada nos próximos 15 dias, para fins de demonstração e avaliação quanto ao cumprimento das metas fiscais no exercício de 2017, conforme previsto na LRF.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/199/req_052-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/199/req_052-2018.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito Municipal o pagamento do incentivo adicional aos agentes comunitários de saúde, previstos nas leis e portarias referidas abaixo.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/200/req_053-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/200/req_053-2018.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito Municipal o pagamento do incentivo adicional aos agentes de endemias, previstos nas leis e portarias referidas abaixo.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/201/req_054-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/201/req_054-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal encaminhar à Câmara Municipal de Pedralva cópia do Empenho n° 4663 e do Subempenho n° 1, do dia 08/11/2017, e cópia do recibo de pagamento emitido pelo credor e do cheque utilizado para pagamento ao senhor José Mateus Martins, referente à aquisição de imóvel de domínio patrimonial.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/297/req_85-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/297/req_85-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal informar à Câmara Municipal o motivo pelo qual não tem cumprido algumas leis municipais. Como exemplo, as leis sancionadas por Vossa Excelência no ano de 2017, que não estão sendo executadas: 1) Lei Ordinária 1724, de 20 de Dezembro de 2017, que dispõe sobre a gestão de imóveis particulares locados pelo Município e a transparência dos respectivos contratos de locação; 2) Lei Ordinária 1719, de 30 de Novembro de 2017, que institui a obrigatoriedade de atendimento do serviço de táxis em regime de plantões nos finais de semana e feriados; 3) Lei Ordinária 1705, de 04 de Julho de 2017, que estabelece o perímetro escolar de segurança como área de prioridade especial do poder público municipal e dá outras providências; 4) Lei Ordinária 1731, de 29 de Dezembro de 2017, que dispõe sobre a publicação de relatórios de viagens oficiais dos agentes políticos do Município.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/359/req_122-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/359/req_122-2018.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal enviar à Câmara Municipal cópia das petições iniciais, contestações, sentenças judicias e termos de acordos celebrados em juízo referentes a todos os processos nos quais o município de Pedralva celebrou acordos com as partes adversas, no período de janeiro de 2017 a julho de 2018.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/361/req_124-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/361/req_124-2018.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal enviar resposta à Câmara Municipal sobre os requerimentos que foram apresentados e posteriormente aprovados nos dias 26 de fevereiro e 02 de abril de 2018 e que, até a presente data não houve manifestação do prefeito.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira, José Paulo da Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/444/req_178-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/444/req_178-2018.pdf</t>
   </si>
   <si>
     <t>Convida o Exmo. Senhor Prefeito Municipal e convoca ao Ilmo. Secretário Municipal de Administração, Finanças e Planejamento para uma audiência pública a ser realizada na próxima quarta-feira, dia 13 de novembro, às 16h, na sede da Câmara Municipal, com a finalidade de apresentação das metas fiscais da prefeitura no ano de 2018, bem como das ações que a administração empreendeu neste ano, vem tomando, e pretende tomar neste momento de calamidade.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/445/req_179-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/445/req_179-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal solicito informações ao Poder Executivo e à Secretaria de Saúde acerca de informação comprovada por fotografia em rede social do aparente uso da ambulância do município para fins particulares.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Deildo Nunes Pereira, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/468/req_198-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/468/req_198-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal informar quais as razões pelo não cumprimento da Lei Municipal n° 1.724 de 20 de dezembro de 2017, dispõe sobre a gestão de imóveis particulares locados pelo Município e a transparência dos respectivos contratos de locação.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -852,68 +852,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/5/pl_02-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/12/pl_03-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/26/pl_09-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/29/pl_012-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/30/pl_013-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/34/pl_015-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/36/pl_017-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/37/pl_018-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/45/pl_024-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/47/pl_026-2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/58/pl_037-2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/59/pl_038-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/60/pl_039-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/68/pl_046-2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/69/pl_047-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/70/pl_048-2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/71/pl_049-2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/72/pl_050-2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/73/pl_051-2018_-_orcamento.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/76/pl_054-2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/77/pl_055-2018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/78/pl_056-2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/79/pl_057-2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/38/plc_01-2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/31/emenda_lom_01-2018.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/84/emenda_lom_02-2018.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/175/req_034-2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/192/req_046-2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/199/req_052-2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/200/req_053-2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/201/req_054-2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/297/req_85-2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/359/req_122-2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/361/req_124-2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/444/req_178-2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/445/req_179-2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/468/req_198-2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/5/pl_02-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/12/pl_03-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/26/pl_09-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/29/pl_012-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/30/pl_013-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/34/pl_015-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/36/pl_017-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/37/pl_018-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/45/pl_024-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/47/pl_026-2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/58/pl_037-2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/59/pl_038-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/60/pl_039-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/68/pl_046-2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/69/pl_047-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/70/pl_048-2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/71/pl_049-2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/72/pl_050-2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/73/pl_051-2018_-_orcamento.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/76/pl_054-2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/77/pl_055-2018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/78/pl_056-2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/79/pl_057-2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/38/plc_01-2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/31/emenda_lom_01-2018.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/84/emenda_lom_02-2018.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/175/req_034-2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/192/req_046-2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/199/req_052-2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/200/req_053-2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/201/req_054-2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/297/req_85-2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/359/req_122-2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/361/req_124-2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/444/req_178-2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/445/req_179-2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/468/req_198-2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="66.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>