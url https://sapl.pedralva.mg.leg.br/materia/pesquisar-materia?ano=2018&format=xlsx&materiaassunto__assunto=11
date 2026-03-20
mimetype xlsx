--- v0 (2025-12-06)
+++ v1 (2026-03-20)
@@ -54,984 +54,984 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/6/02_-_requerimento_05-02-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/6/02_-_requerimento_05-02-2018.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito providências, através do departamento de obras, para serem realizadas as melhorias necessárias na estrada municipal do Bairro Cubatão, com atenção para o trecho situado em frente à residência da senhora Mariana e o trecho situado próximo à ponte que confronta com a propriedade do Virço.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/7/02_-_requerimento_05-02-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/7/02_-_requerimento_05-02-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito que informe quando o departamento de obras da Prefeitura de Pedralva irá iniciar o trabalho de manutenção nas estradas dos Bairros Pedrão (Pipa e estrada de acesso ao Bairro Lagoa, conhecido como Baixada), Correias e Paulino Paixão.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Evaristo Ribeiro de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/8/03_-_requerimento_05-02-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/8/03_-_requerimento_05-02-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que providencie, através do departamento de obras, para fazer manutenção em trecho da estrada do Bairro Barra Mansa que dá acesso ao Bairro Fundão, passando a patrol e colocando cascalho.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/10/05_-_requerimento_05-02-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/10/05_-_requerimento_05-02-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito providências para que a equipe de manutenção das estradas rurais possa realizar uma avaliação da situação para que possa ser feita limpeza no trecho de estrada do Bairro Lagoa, próximo à residência da filha do senhor Dito Costa.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/21/req_08-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/21/req_08-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito providencias para ser finalizada a construção da ponte situada em trecho de estrada do Bairro Pedrão, que serve como atalho para o Bairro Tamanduá, próximo à propriedade do senhor Zé Neto e Dito Neto.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/152/req_017-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/152/req_017-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do departamento de obras, para ser realizada manutenção na ponte situada em estrada municipal do Bairro Campestre, no atalho conhecido como "Morro Frio".</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/156/req_021-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/156/req_021-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal para que, através do departamento de obras, aterre trecho de aproximadamente 200 metros de uma estrada do Bairro Sertãozinho, situado próximo à venda da Ana.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/164/req_023-2018_sIkoD7L.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/164/req_023-2018_sIkoD7L.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, para que, através do departamento de obras, realize manutenção na estrada municipal do Bairro Posses, iniciando próximo às famílias do senhor Sebastião Rabelo seguindo até o cruzamento e continuando nos dois galhos, sendo que um segue até a propriedade do senhor Amado Sampaio e o outro segue até a propriedade do senhor Vicente Sampaio e deste ponto segue até a propriedade do senhor Doraci, de onde segue até o ponto inicial.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/165/req_024-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/165/req_024-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, para que, através do departamento de obras, realize a manutenção na estrada municipal do Bairro Cubatãozinho, de acesso às propriedades dos senhores: Antônia da Silveira Justino, Gustavo da Silveira Justino, Lorival dos Santos, Zezinho do Brejo, Sebastião Rafael, Vilma Bernardo, Zezinho Cremente, Paulo Sérgio, Pedro de Oliveira Justino, Maria do Carmo, Mansa e Gilmar, Edi, Tião Lima, Leni, Lourenço e Benedito Amaro.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/166/req_025-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/166/req_025-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal, para que através do departamento de obras, construir bueiro e fazer aterro no trevo existente no Bairro Barra Mansa, conhecido como "Trevo do Zé Luiz", logo após a ponte.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/167/req_026-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/167/req_026-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal, para que através do departamento de obras, realize o seguinte serviço: cascalhar trecho de estrada situada no Bairro Sertãozinho, conhecido como subida do "Mané do Joza".</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/168/req_027-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/168/req_027-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal, para que, através do departamento de obras, realize os seguintes serviços: aterrar e cascalhar trecho de estrada que inicia próximo à residência do senhor Jacinto e segue até a residência do senhor Cabral, no Bairro Tamanduá; e realizar operação tapa-buracos por toda extensão da estrada principal do Bairro Tamanduá.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Denis Wellinton de Souza</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/169/req_028-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/169/req_028-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal, para que, através do departamento de obras, realize o seguinte serviço: melhorias na estrada de acesso às residências das famílias conhecidas por "família dos Vianas", localizada no Bairro Anhumas (fazer o calçamento ou colocar cascalho).</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/170/req_029-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/170/req_029-2018.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Excelentíssimo Senhor Prefeito Municipal providenciar, através do Departamento de Obras, para serem realizadas as melhorias necessárias em dois trechos de estrada municipal do Bairro Rocinha, a saber: 1) Trecho que inicia na saída da rodovia, onde há urna guarita, e segue até a rodovia que dá acesso à cidade de Conceição das Pedras; e 2) Trecho que inicia na saída do asfalto, onde há uma guarita, e segue até a Chácara Santa Terezinha, de propriedade do senhor Paulo Rogério de Lima.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/173/req_032-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/173/req_032-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal, para que através do departamento obras, tome a seguinte providência: limpeza nas laterais da ponte existente na estrada municipal do Bairro Cubatão, em frente ao pesqueiro e à estrada de acesso à casa da senhora Valdéia.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/174/req_033-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/174/req_033-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal, para que através do departamento de obras, realize o seguinte serviço: alargar trecho da estrada do Bairro Contendas, situado entre a porteira de baixo e a porteira de cima de entrada para a fazenda da senhora Rosiani, no ponto onde é cortado por um bueiro.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/176/req_035-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/176/req_035-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal para que, através do departamento de obras, torne a seguinte providência: passar a patrol, cascalhar e construir bueiro na estrada do Bairro Pitangueiras de acesso aos Bairros Três Paineiras, Abertão e Balaio.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/183/req_042-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/183/req_042-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal enviar engenheiro civil e o diretor do departamento de obras para verificar as condições da ponte situada na estrada principal do Bairro Cubatão, próximo à propriedade do Virço, e realizar, com urgência, as medidas necessárias.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/191/req_045-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/191/req_045-2018.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Senhor Prefeito Municipal providenciar, através do Departamento de Obras, para ser feita manutenção na estrada de acesso à residência da senhora Marizinha e de vários outros moradores, no Bairro Paulino.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/197/req_050-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/197/req_050-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal realizar melhorias nas estradas dos Bairros Barra Mansa, Sertãozinho e Cubatão.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Evaristo Ribeiro de Oliveira, João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/202/req_055-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/202/req_055-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal calçar trecho da estrada do Bairro Sertãozinho, situado entre a Igreja e o posto de atendimento da Estratégia Saúde da Família.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/268/req_058-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/268/req_058-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal calçar trecho, de aproximadamente 150 metros, da estrada do Bairro Sertãozinho, situado entre o comércio da senhora Sandra e as residências das senhoras Eliana e Margarida.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Evaristo Ribeiro de Oliveira, José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal realizar, através do Departamento de Obras, melhorias no trecho da estrada do Bairro Sertãozinho, iniciando próximo à propriedade do senhor Benedito Lázaro e seguindo até a divisa com o Bairro Pitangueiras.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/272/req_62-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/272/req_62-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal fazer parceria com o Prefeito de São José do Alegre para melhorias em duas pontes situadas na estrada municipal dos Bairros Barra Mansa e Paulino Paixão, divisa do Município de Pedralva com o Município de São José do Alegre, estando uma localizada próximo à propriedade do senhor Dalino, no Bairro Barra Mansa, e a outra localizada no início da estrada do Bairro Paulino, as quais servem aos dois municípios.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/273/req_63-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/273/req_63-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal, para que através do Departamento de Obras, tome a seguinte providência: ir ao Bairro Sertãozinho verificar a situação da ponte situada na estrada que dá acesso à propriedade da senhora Lurdes do Quim Graciano e várias lavouras, e, posteriormente, a reconstruir.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/274/req_64-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/274/req_64-2018.pdf</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, para que através do departamento de obras, seja tomada a seguinte providência canalizar a rede pluvial existente ao lado do campo de futebol do Bairro Lagoa.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/276/req_66-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/276/req_66-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal, para que através do departamento de obras, realize o seguinte serviço manutenção na ponte existente na estrada municipal do Bairro Santo Antônio, próximo à fazenda do senhor Eupídio, conhecida como "Ponte do Padre Juca".</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/277/req_67-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/277/req_67-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal, para que através do departamento de obras, realize o seguinte serviço: cascalhar trecho de aproximadamente 400 metros da estrada municipal do Bairro Balaio, localizado na subida de acesso ao Bairro Três Paineiras.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/278/req_68-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/278/req_68-2018.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Senhor Prefeito Municipal, para que através do Departamento de Obras, tome a seguinte providência: construir estrada para acesso à residência do senhor Nelson Gomes Ferreira e da senhora Maria Cristina Amorim Gomes Ferreira. no Bairro Barra Mansa.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Evaristo Ribeiro de Oliveira, José Paulo da Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal, para que através do Departamento de Obras, tome a seguinte providência: aterrar aproximadamente 250 metros da estrada municipal do Bairro Vintém, de acesso ao Bairro Cubatãozinho, no trecho que inicia na saída da MG 347, e construir bueiro para escoar a água que desce da rodovia.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Evaristo Ribeiro de Oliveira, José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/281/req_71-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/281/req_71-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal, para que através do Departamento de Obras, cascalhar os trechos íngremes (morros) e aterrar as baixadas das estradas municipais dos Bairros Sertãozinho, Barra Mansa e Cubatão.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/282/req_72-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/282/req_72-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal que, através do departamento de obras, realize manutenção no trecho de estrada municipal de acesso ao Bairro Lagoa, iniciando no Bairro Serrinha, seguindo até a sede do Bairro Lagoa e, de lá, seguir pela estrada de acesso à cidade de Maria da Fé, finalizando na divisa entre os dois.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/284/req_73-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/284/req_73-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, para que através do departamento de obras, seja tornada a seguinte providência: calçar em frente à Escola Municipal Joaquim Gonçalves da Silva Braga, localizada no Bairro Lagoa.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/285/req_74-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/285/req_74-2018.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal, para que através do departamento de obras, seja tornada a seguinte providência: realizar os procedimentos necessários para ser feita manutenção na estrada municipal de acesso à residência da Senhora Maria Elza Veloso.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Deildo Nunes Pereira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/292/req_81-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/292/req_81-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar, através do setor de obras, para ser realizada melhorias em urna ponte situada na estrada de chegada da propriedade da senhora Fátima, no Bairro Cafarnaum: precisa ser levantada a ponte e trocado alguns pranchões e ser aterrada a estrada.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/294/req_83-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/294/req_83-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal, para que através do departamento de obras tome a seguinte providência: construir novo bueiro na estrada de acesso à propriedade dos familiares do saudoso senhor Jésus Machado, no Bairro Três Paineiras.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Evaristo Ribeiro de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/301/req_89-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/301/req_89-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal construir bueiro, de 8m de comprimento, em trecho da estrada do Bairro Cubatãozinho, iniciando na entrada da sede da associação de moradores até a residência do senhor Pedro Ernesto.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/307/req_94-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/307/req_94-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal, para que, através do departamento de obras, realize os seguintes serviços na estrada do Bairro Tamanduá, a saber: Aterrar e cascalhar trecho de estrada que inicia próximo à residência do senhor Jacinto e segue até a residência do senhor Cabral; Trocar as manilhas da ponte situada próximo à residência do senhor Jacinto; e Realizar operação tapa-buracos, limpeza de bueiros, saída de água e roçar o mato das beiradas, por toda extensão das estradas principais do referido bairro, como a de acesso aos Bairros Vintém.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Denis Wellinton de Souza, Evaristo Ribeiro de Oliveira, José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/308/req_95-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/308/req_95-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal, para que através do departamento de obras realize o seguinte serviço: Calçamento de trecho da estrada e do trevo localizado na estrada principal do Bairro Tamanduá, próximo à Igreja.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/310/req_97-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/310/req_97-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar, através do Departamento de Obras, para roçar o mato das beiradas e ser feita operação tapa buracos na estrada que liga o Bairro Tamanduá (inicia próximo à Igrejinha) ao Bairro Vintém (finaliza no barracão de bananas do Tino).</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Deildo Nunes Pereira, Denis Wellinton de Souza, Evaristo Ribeiro de Oliveira, Francisco de Assis Silva, João Alberto Silva, José Paulo da Silva, Marcos Batista, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/311/req_098-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/311/req_098-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal, para que, através dos departamentos competentes, realize as melhorias solicitadas por representantes do Bairro Tamanduá, na sessão ordinária/itinerante realizada naquela localidade no dia 11 de junho de 2018, a saber: Manutenção e melhorias na lixeira onde é armazenado o lixo das residências; Calçamento em frente à Igreja; Instalação de um poste com luminária no trevo; Reforma, pintura e mobília apropriada para o prédio da escola desativada, que é utilizada para atendimento da ESF; e Destinação apropriada e controle da população de cães abandonados.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/315/req_0102-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/315/req_0102-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal instalação de 4 (quatro) lixeiras no Bairro Sertãozinho, nos seguintes locais: 1) Trevo do João Pereira; 2) Trevo do Benedito Gonçalves; 3) Final da estrada do João Mané; e 4) entrada da Igreja.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/328/req_107-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/328/req_107-2018.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Senhor Prefeito Municipal fornecer bloquetes retirados das ruas da cidade, por ocasião da troca de calçamento, para serem utilizados para calçar trecho da estrada municipal localizada em frente ao depósito de bananas do Tino, no Bairro Vintém.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>Francisco de Assis Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/331/req_110-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/331/req_110-2018.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Excelentíssimo Senhor Prefeito Municipal providenciar, através do departamento de obras, para ser fornecida mão-de-obra para construção de ponte na estrada de acesso à propriedade do senhor João do Zetil, no Bairro Pedra Batista.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/333/req_112-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/333/req_112-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal, para que, através do departamento de obras, realize o seguinte serviço na estrada do Bairro Cubatão, a saber: cascalhar o trecho entre o Pesqueiro do Sonera e o morro do Zé Dito.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/335/req_114-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/335/req_114-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do departamento de obras, melhorias em três trechos da Estrada do Bairro Posses, a saber: 1) Subida após a residência do senhor Araci; 2) Subida do trevo de acesso às propriedades dos senhores Toninho e Vicente; e 3) Subida conhecida como "serra do mato do senhor Vicente Sampaio".</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira, Francisco de Assis Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/353/req_116-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/353/req_116-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar, através do Departamento de Obras, para ser retomado o trabalho de manutenção na estrada do Bairro Rocinha.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/364/req_127-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/364/req_127-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar, através do departamento de obras, para construir três bueiros e cascalhar estrada que liga Bairro Pitangueiras ao Bairro Três Paineiras.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/367/req_130-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/367/req_130-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar, através do Departamento de Obras, para ser realizadas melhorias na estrada que dá acesso à residência do senhor Antônio Pinto, no Bairro Posses.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/368/req_131-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/368/req_131-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar, através do Departamento de Obras, para dar continuidade ao serviço de manutenção na estrada municipal que corta o Bairro Alecrim, iniciando no Bairro Alecrim e finalizando no Bairro Rezende.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/379/req_133-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/379/req_133-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do Departamento de Obras, manutenção na estrada conhecida com "Estrada do Padre Juca", no Bairro Santo Antônio, iniciando na estrada principal que corta o bairro e finalizando na propriedade do senhor Antônio Luiz.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/398/req_139-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/398/req_139-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar através do departamento de obras para ser reconstruída a ponte situada na estrada municipal do Bairro Pitangueiras, localidade conhecida como "Limeira", na entrada de acesso para a "Fazenda Limeira".</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira, João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/403/req_144-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/403/req_144-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do departamento de obras, melhorias na rede coletora de água pluvial, existentes no Bairro Pedra Preta, próximo ao bar do Renildo, a saber: construir boca de lobo no bueiro que inicia no começo da via de acesso ao campo de futebol: instalar grade na boca de lobo situada em frente ao bar e desentupir o bueiro; e construir uma boca de lobo e bueiro no outro lado do bar.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/404/req_145-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/404/req_145-2018.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Senhor Prefeito Municipal providenciar, através do setor de obra, para ser depositado pedras nas beiradas da parte de baixo da ponte situada em trecho de estrada do Bairro Pedrão, que serve como atalho para o Bairro Tamanduá, próximo à propriedade do senhor Zé Neto e Dito Neto.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/405/req_146-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/405/req_146-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do setor competente a instalação de abrigo nos seguintes locais: 1) Próximo à venda do "João Cota" no Bairro Contendas; e 2) Em frente à Igrejinha no Bairro Três Paineiras.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/412/req_153-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/412/req_153-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal fornecer um caminhão de cascalho à família do senhor Evaristo Domiciano Vilas Boas, para ser colocado na estrada de acesso às suas residências.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/416/req_157-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/416/req_157-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal providenciar, através do Departamento de Obras, para ser construído bueiro e ser feito aterro na estrada de acesso à propriedade do senhor "Burê" e a outras residências, no Bairro Cubatãozinho.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/417/req_158-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/417/req_158-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar através do setor competente, para ser feito levantamento, em todos os bairros rurais, dos pontos de ônibus do transporte escolar que não possuem abrigo e, posteriormente, tomar medidas cabíveis para serem adquiridos ou construídos abrigos para ser instalados nesses pontos; e  informar quando será recolocado o abrigo do Bairro Contendas, próximo à propriedade do senhor João Cota.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>Marcos Batista</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/427/req_164-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/427/req_164-2018.pdf</t>
   </si>
   <si>
     <t>Reitera ao Exmo. Senhor Prefeito Municipal o pedido formulado por intermédio de Requerimento lido na sessão plenária do día 05 de fevereiro de 2018, feito por mim para que seja realizado manutenção de trecho de estrada que dá acesso à residência da filha do Sr. Dito Costa e de outras famílias que ali residem, vez que até o momento o serviço ainda não foi feito .</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/428/req_165-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/428/req_165-2018.pdf</t>
   </si>
   <si>
     <t>Reitera ao Exmo. Senhor Prefeito Municipal o pedido formulado por intermédio de Requerimento lido na sessão plenária do dia 10 de agosto de 2018, apresentado pelos vereadores Denis Wellinton de Souza e Francisco de Assis Silva, para que seja retomado o trabalho de manutenção da estrada no Bairro da Rocinha, vez que até o momento o serviço ainda não foi feito.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/430/req_167-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/430/req_167-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar, junto ao Departamento de Obras, para ser cascalhado e construído bueiro no trecho da estrada de acesso ao Bairro Pedrão, situado na subida que inicia no pesqueiro da Vanusa, localidade conhecida como Pipa.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/431/req_168-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/431/req_168-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal providenciar, através do Departamento de Obras, para ser reformada a ponte localizada na estrada de acesso à propriedade do senhor José Benedito Gonçalves, no Bairro Sertãozinho.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/433/req_170-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/433/req_170-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do departamento de obras, para ser continuado os serviços nas estradas dos Bairros Pedrão e Pipa, fazendo o cascalhamento em dois atalhos (atalho do Dito do Oscar, na Pipa, e atalho que dá acesso do Bairro Pipa a estrada que liga ao Bairro Lagoa).</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/434/req_171-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/434/req_171-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal, para que através do departamento de obras, realize o seguinte serviço: Construir um "Viradouro", local adequado para retorno de veículos, na encruzilhada localizada na estrada do Bairro Pitangueiras, próximo à Casa do senhor "Antonio do Avelino", pai da jovem Keli, que possui urna criança especial, Igor, e outras duas crianças.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/435/req_172-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/435/req_172-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal, para que através do departamento de obras, realize o seguinte serviço: Construir bueiro em trecho da estrada do Bairro Contendas, de acesso ao Bairro Pitangueiras, no local conhecido como "entrada para o café do Zé Wagner", próximo ao depósito de bananas; e Alargar trecho da estrada do Bairro Contendas, situado entre a porteira de baixo e a porteira de cima de entrada para a fazenda da senhora Rosiani, no ponto onde é cortado por um bueiro, e se localizada próximo à casa do senhor "João do Taliba".</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/436/req_173-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/436/req_173-2018.pdf</t>
   </si>
   <si>
     <t>Reitera Solicita ao Exmo. Senhor Prefeito Municipal o pedido formulado por intermédio de Requerimento lido na sessão plenária do dia 05 de fevereiro de 2018, feito por mim para que seja realizado manutenção de trecho de estrada que dá acesso à residência da Senhora Marisinha Oliveira s e outras famílias no Bairro Paulino Paixão.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Deildo Nunes Pereira, Evaristo Ribeiro de Oliveira, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/437/req_174-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/437/req_174-2018.pdf</t>
   </si>
   <si>
     <t>Reitera ao Exmo. Senhor Prefeito Municipal o pedido formulado por intermédio de Requerimento lido na sessão plenária do dia 05 de fevereiro de 2018, feito por mim para que seja realizado manutenção de trecho de estrada que dá acesso à residência da Senhora Lena Alves e outras famílias no Bairro Sertãozinho.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/443/req_177-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/443/req_177-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal providenciar, através do Departamento de Obras, para substituir, por manilhas de maior diâmetro, as manilhas do bueiro existente na estrada municipal do Bairro Pitangueiras, em frente à máquina de secar café do senhor Marcos Antonio Ferreira.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/450/req_183-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/450/req_183-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal providenciar, através do departamento de obras, para ser reconstruída a ponte localizada na estrada municipal do Bairro Anhumas, conhecida por "ponte do Amado Garcia".</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/456/req_189-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/456/req_189-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, para que através dos departamentos competentes, realize as melhorias solicitadas, por representantes do Bairro Pedra Preta, na sessão ordinária itinerante realizada naquela localidade no dia 5 de novembro de 2018, a saber: Desentupir encanamento de escoamento de esgoto, situado próximo à escola do Bairro Lagoa; Reforma do prédio da escola municipal desativada da Pedra Preta, que serve como sede para atendimento da ESF - Estratégia Saúde da Família; Canalização do esgoto no Bairro Pedra Preta. e Manutenção das estradas de acesso ao bairro, em especial a que liga ao Bairro Castelhano; e Realizar no Bairro Pedra Preta o atendimento de puericultura.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/459/req_191-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/459/req_191-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar, através do departamento de obras, para ser feita manutenção em trecho da estrada do Bairro Anhumas, iniciando próximo à propriedade dos familiares do saudoso Antonio Firmino e seguindo até o final da sabida que liga ao Bairro Cubatãozinho.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/461/req_192-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/461/req_192-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal providenciar, através do Departamento de Obras, para substituir as manilhas do bueiro existente no trecho da estrada Municipal do Bairro Sertãozinho, no lado de cima da residência do senhor Miguel Graciano, por manilhas de maior diâmetro.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/466/req_196-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/466/req_196-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal, para que, através do departamento de obras, realize os seguintes serviços: Aterrar e cascalhar trecho de estrada que inicia próximo à residência do senhor Jacinto e segue até a residência do senhor Cabral, no Bairro Tamanduá; e Realizar operação tapa-buracos por toda extensão da estrada principal do Bairro Tamanduá.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/471/req_200-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/471/req_200-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal, para que, através do departamento de obras, realize os seguintes serviços na estrada Municipal do Bairro Cafarnaum: 1. Trocar uma manilha do bueiro situado em frente à residência do senhor Zé Cardoso; 2. Refazer bueiro entupido localizado em frente à casa do senhor Roni Cardoso; 3. Construir um bueiro no trecho de estrada em frente ao terreno do senhor Joaquim Arildo; e 4. Melhorias do trecho de estrada que inicia próximo à casa da senhora Roseli Cardoso e segue até a casa do senhor Joaquim Arildo.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>Denis Wellinton de Souza, José Paulo da Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/473/req_202-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/473/req_202-2018.pdf</t>
   </si>
   <si>
     <t>Reitera ao Exmo. Senhor Prefeito Municipal o pedido formulado por intermédio de Requerimento lido na sessão plenária do dia 10 de agosto de 2018, apresentado pelos vereadores Denis Wellinton de Souza e Francisco de Assis Silva, que foi reiterado no dia 15 de outubro de 2018 por mim e pelo Vereador Deildo Nunes Pereira, para que seja retomado o trabalho de manutenção da estrada no Bairro da Rocinha, vez que até o momento o serviço ainda não foi feito.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/474/req_203-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/474/req_203-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal realizar manutenção da estrada que dá acesso ao Bairro do Pedrão, especialmente do trecho entre os acessos de baixo (na fábrica de polpa) e de cima (no abrigo) do Bairro Pipa.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1338,68 +1338,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/6/02_-_requerimento_05-02-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/7/02_-_requerimento_05-02-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/8/03_-_requerimento_05-02-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/10/05_-_requerimento_05-02-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/21/req_08-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/152/req_017-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/156/req_021-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/164/req_023-2018_sIkoD7L.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/165/req_024-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/166/req_025-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/167/req_026-2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/168/req_027-2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/169/req_028-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/170/req_029-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/173/req_032-2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/174/req_033-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/176/req_035-2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/183/req_042-2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/191/req_045-2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/197/req_050-2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/202/req_055-2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/268/req_058-2018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/272/req_62-2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/273/req_63-2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/274/req_64-2018.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/276/req_66-2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/277/req_67-2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/278/req_68-2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/281/req_71-2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/282/req_72-2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/284/req_73-2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/285/req_74-2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/292/req_81-2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/294/req_83-2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/301/req_89-2018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/307/req_94-2018.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/308/req_95-2018.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/310/req_97-2018.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/311/req_098-2018.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/315/req_0102-2018.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/328/req_107-2018.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/331/req_110-2018.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/333/req_112-2018.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/335/req_114-2018.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/353/req_116-2018.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/364/req_127-2018.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/367/req_130-2018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/368/req_131-2018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/379/req_133-2018.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/398/req_139-2018.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/403/req_144-2018.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/404/req_145-2018.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/405/req_146-2018.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/412/req_153-2018.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/416/req_157-2018.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/417/req_158-2018.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/427/req_164-2018.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/428/req_165-2018.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/430/req_167-2018.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/431/req_168-2018.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/433/req_170-2018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/434/req_171-2018.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/435/req_172-2018.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/436/req_173-2018.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/437/req_174-2018.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/443/req_177-2018.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/450/req_183-2018.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/456/req_189-2018.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/459/req_191-2018.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/461/req_192-2018.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/466/req_196-2018.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/471/req_200-2018.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/473/req_202-2018.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/474/req_203-2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/6/02_-_requerimento_05-02-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/7/02_-_requerimento_05-02-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/8/03_-_requerimento_05-02-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/10/05_-_requerimento_05-02-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/21/req_08-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/152/req_017-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/156/req_021-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/164/req_023-2018_sIkoD7L.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/165/req_024-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/166/req_025-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/167/req_026-2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/168/req_027-2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/169/req_028-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/170/req_029-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/173/req_032-2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/174/req_033-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/176/req_035-2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/183/req_042-2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/191/req_045-2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/197/req_050-2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/202/req_055-2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/268/req_058-2018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/272/req_62-2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/273/req_63-2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/274/req_64-2018.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/276/req_66-2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/277/req_67-2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/278/req_68-2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/281/req_71-2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/282/req_72-2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/284/req_73-2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/285/req_74-2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/292/req_81-2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/294/req_83-2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/301/req_89-2018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/307/req_94-2018.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/308/req_95-2018.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/310/req_97-2018.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/311/req_098-2018.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/315/req_0102-2018.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/328/req_107-2018.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/331/req_110-2018.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/333/req_112-2018.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/335/req_114-2018.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/353/req_116-2018.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/364/req_127-2018.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/367/req_130-2018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/368/req_131-2018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/379/req_133-2018.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/398/req_139-2018.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/403/req_144-2018.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/404/req_145-2018.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/405/req_146-2018.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/412/req_153-2018.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/416/req_157-2018.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/417/req_158-2018.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/427/req_164-2018.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/428/req_165-2018.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/430/req_167-2018.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/431/req_168-2018.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/433/req_170-2018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/434/req_171-2018.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/435/req_172-2018.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/436/req_173-2018.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/437/req_174-2018.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/443/req_177-2018.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/450/req_183-2018.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/456/req_189-2018.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/459/req_191-2018.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/461/req_192-2018.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/466/req_196-2018.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/471/req_200-2018.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/473/req_202-2018.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/474/req_203-2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="184.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="102.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="101.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>