--- v0 (2025-12-06)
+++ v1 (2026-03-20)
@@ -54,204 +54,204 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Josimar Silva de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/71/pl_049-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/71/pl_049-2018.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal de Saneamento Básico e Gestão Integrada de Resíduos Sólidos Urbanos.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/76/pl_054-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/76/pl_054-2018.pdf</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/77/pl_055-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/77/pl_055-2018.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Saneamento Básico - FMSB e dá outras providências.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Evaristo Ribeiro de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/22/req_09-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/22/req_09-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito que providencie, através do departamento de obras, para ser construída rede pluvial no espaço existente entre o muro do cemitério e o terreno da APAE.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/302/req_90-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/302/req_90-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal e à Companhia de Saneamento de Minas Gerais, COPASA, verificar e realizar reparos para findar o vazamento da rede de esgoto que está ocorrendo na tubulação da Rua Paiva Junior, altura do número 169 e 151.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Deildo Nunes Pereira, Denis Wellinton de Souza, Evaristo Ribeiro de Oliveira, Francisco de Assis Silva, João Alberto Silva, José Paulo da Silva, Marcos Batista, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/311/req_098-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/311/req_098-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal, para que, através dos departamentos competentes, realize as melhorias solicitadas por representantes do Bairro Tamanduá, na sessão ordinária/itinerante realizada naquela localidade no dia 11 de junho de 2018, a saber: Manutenção e melhorias na lixeira onde é armazenado o lixo das residências; Calçamento em frente à Igreja; Instalação de um poste com luminária no trevo; Reforma, pintura e mobília apropriada para o prédio da escola desativada, que é utilizada para atendimento da ESF; e Destinação apropriada e controle da população de cães abandonados.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/327/req_106-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/327/req_106-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao 'Exmo. Senhor Prefeito Municipal proceder, com urgência urgentíssima, a perfuração de um poço artesiano e construção de reservatório d'água para abastecimento do Bairro Paulino Paixão, neste município.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/362/req_125-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/362/req_125-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do departamento de serviços públicos, para voltar a ser recolhido, semanalmente, entulho depositado pelos moradores em frente às suas construções.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/365/req_128-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/365/req_128-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do setor competente, para que sejam notificados os proprietários de terrenos baldios no Parque Residencial Professor Cláudio de Souza Bustamante, que se encontram com o mato alto.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/456/req_189-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/456/req_189-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, para que através dos departamentos competentes, realize as melhorias solicitadas, por representantes do Bairro Pedra Preta, na sessão ordinária itinerante realizada naquela localidade no dia 5 de novembro de 2018, a saber: Desentupir encanamento de escoamento de esgoto, situado próximo à escola do Bairro Lagoa; Reforma do prédio da escola municipal desativada da Pedra Preta, que serve como sede para atendimento da ESF - Estratégia Saúde da Família; Canalização do esgoto no Bairro Pedra Preta. e Manutenção das estradas de acesso ao bairro, em especial a que liga ao Bairro Castelhano; e Realizar no Bairro Pedra Preta o atendimento de puericultura.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/458/req_190-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/458/req_190-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal providenciar, através do Departamento de Obras, para ser construída rede para escoamento de água pluvial em trecho da Rua Rio Branco, no Bairro São José, iniciando em frente à residência do senhor Sebastião Manoel Rodrigues, seguindo paralelo as residências dos senhores Benedito Geraldo Rodrigues, Osmar Rodrigues e José Capitulino de Oliveira e das senhoras Audivina Barbosa Rodrigues, Maria Celeste da Silva Rodrigues, Cleonice Aparecida Apolinário e Mariana Luzia de O. Correia.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/463/req_194-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/463/req_194-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Sr. Prefeito Municipal tomar as providências necessárias para resolver o problema do esgoto que corre a céu aberto no Bairro Bela Vista.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -558,68 +558,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/71/pl_049-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/76/pl_054-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/77/pl_055-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/22/req_09-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/302/req_90-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/311/req_098-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/327/req_106-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/362/req_125-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/365/req_128-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/456/req_189-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/458/req_190-2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/463/req_194-2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/71/pl_049-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/76/pl_054-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/77/pl_055-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/22/req_09-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/302/req_90-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/311/req_098-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/327/req_106-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/362/req_125-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/365/req_128-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/456/req_189-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/458/req_190-2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/463/req_194-2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="184.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>