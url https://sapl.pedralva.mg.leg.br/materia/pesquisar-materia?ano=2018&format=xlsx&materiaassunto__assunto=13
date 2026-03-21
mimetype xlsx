--- v0 (2025-12-05)
+++ v1 (2026-03-21)
@@ -54,534 +54,534 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/35/pl_016-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/35/pl_016-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de logradouro público de Dona Elvira Macedo.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/53/pl_032-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/53/pl_032-2018.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Municipal.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/54/pl_033-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/54/pl_033-2018.pdf</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/55/pl_034-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/55/pl_034-2018.pdf</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/62/pl_041-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/62/pl_041-2018.pdf</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/63/pl_042-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/63/pl_042-2018.pdf</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/65/pl_043-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/65/pl_043-2018.pdf</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/66/pl_044-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/66/pl_044-2018.pdf</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/67/pl_045-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/67/pl_045-2018.pdf</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Josimar Silva de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/75/pl_053-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/75/pl_053-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial no orçamento do Município de Pedralva, para o exercício de 2018.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/154/req_019-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/154/req_019-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do departamento de obras, para ser verificada a situação da Rua Joaquim Carlos de Caldas Paiva e Rua Gil Evaristo da Silva, localizadas no loteamento do Márcio Barros, e tornar providências para melhorar as condições dessas ruas, se possível fazendo calçamento.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/179/req_038-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/179/req_038-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do departamento de obras, para ser recolocado o meio-fio que caiu em trecho da Rua Rio Branco, situada no Bairro São José. em frente ao n° 91.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>Evaristo Ribeiro de Oliveira, Francisco de Assis Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/189/req_043-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/189/req_043-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal demolir o prédio destinado ao velório municipal e construir, no local, banheiros, estacionamento de veículos e uma rua ligando a Rua Antônio Garcia dos Reis à Rua Padre Marino.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/198/req_051-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/198/req_051-2018.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Senhor Prefeito Municipal fazer levantamento dos logradouros que não possuem placa de identificação contendo o nome da rua e providenciar para que sejam confeccionadas e instaladas.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Evaristo Ribeiro de Oliveira, José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal, para que tome a seguinte providência: instalar placa indicativa de estacionamento de ônibus escolar nos dois lados do trecho da Rua Casemiro Osório, que inicia na casa de Dona Rosaria e segue até a casa do senhor José Wagner, informando que no horário das 6h às 7h30, das 11 h às 13h30 e das 17h às 18h30 é permitido apenas estacionamento de veículo escolar.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/290/req_79-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/290/req_79-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal, para que através do Departamento de Obras, tome a seguinte providência: reparos no calçamento da Rua Poeta João Carneiro de Rezende.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/291/req_80-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/291/req_80-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal, para que através do Departamento de Obras, tome a seguinte providência: dar continuidade ao serviço de rebaixamento dos quebra-molas existentes nas ruas do perímetro urbano de Pedralva; e substituir por faixa-elevada os quebra-molas existentes na Avenida Claudio de Souza.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/299/req_87-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/299/req_87-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal reavaliar a regulamentação, de trânsito e estacionamento de veículos, implantada, no ano de 2017, na Travessa José Fortes Bustamante e em trecho da Rua Casemiro Osório.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>Evaristo Ribeiro de Oliveira, José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/317/req_104-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/317/req_104-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do setor competente, para ser instalada placa indicando a presença de Faixas Elevadas na Rua Joaquina Lopes.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/326/req_105-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/326/req_105-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal proceder, através do setor competente, a pintura de faixa para travessia de pedestres na Rua Casemiro Osório e na Travessa José Fortes Bustamante, próximo à agência local do Banco do Brasil.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira, Evaristo Ribeiro de Oliveira, Francisco de Assis Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/332/req_111-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/332/req_111-2018.pdf</t>
   </si>
   <si>
     <t>Solicitação ao DER — Departamento de Estrada de Rodagem, em Itajubá instalação de um abrigo de passageiros no acostamento existente na margem da BR 347 que corta o Município de Pedralva, no Bairro Vintém, alguns metros antes da ponte e próximo ao barracão de bananas do senhor Tino; e pintura dos quebra-molas e instalação de sinalização na Avenida Presidente Tancredo Neves, trecho da BR 347 que porta o perímetro urbano de Pedralva.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/363/req_126-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/363/req_126-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do departamento de obras, para serem construídos quebra-molas na Rua Dona Maria Cibele: Um em frente ao bar do Senhor João Mariano e um em frente ao cruzamento com a Rua Juca Osório e próximo à casa do senhor Dito Maia.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>Denis Wellinton de Souza</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/380/req_134-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/380/req_134-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do Departamento de Obras, o conserto do calçamento no início da Rua Cabo Sebastião, logo após a junção com a Rua Poeta João Carneiro de Rezende.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/381/req_135-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/381/req_135-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do departamento competente, a retirada dos entulhos (resto de construção, de bloquetes, de meio-fio, entre outros), que foram depositados pela Prefeitura no loteamento de propriedade do senhor "Dote", que fica à margem da rodovia que corta o município, próximo ao Restaurante Panela Velha, e doar para ele os bloquetes e meios-fios que estejam em bom estado.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/413/req_154-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/413/req_154-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar com urgência na Rua Coronel Machado a reparação do calçamento que por toda sua extensão está em desnível o acostamento com o restante da rua.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira, Denis Wellinton de Souza, Francisco de Assis Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/414/req_155-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/414/req_155-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar as margens da Escola Municipal Coronel Gaspar (segundo endereço), locais destinados a estacionamento de veículos, para embarque e desembarque de alunos.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/415/req_156-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/415/req_156-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal analisar, através do setor competente, a possibilidade de mudar para Mão dupla o trecho da Rua José Belmiro Monti, iniciando no ponto onde é cortada pela Rua Padre Marino e desce finalizando próximo a casa de n° 54.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/421/req_159-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/421/req_159-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do departamento de obras, reparos em nove meios-fios que estão caídos na Rua Rio Branco, situada no Bairro são José, próximo à residência da professora Gislene Santana.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/423/req_161-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/423/req_161-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito e ao Chefe de Departamento de Obras que seja reparado trecho da via da Rua Coronel Machado, próximo à residência do Sr. Tião Maravilha, metros acima do trevo da cidade.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/424/req_162-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/424/req_162-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal informar em que ponto se encontra o processo para contratação de empresa para sinalização das ruas da cidade.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/425/req_163-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/425/req_163-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal informar qual critério foi utilizado para pintura dos meios-fios na Rua Dona Cota, situada no Bairro São José (um lado os meios-fios foram pintados de branco e do outro lado de amarelo).</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/432/req_169-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/432/req_169-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal e à Companhia de Saneamento de Minas Gerais - COPASA verificar e realizar reparos para findar o vazamento da rede de esgoto que está ocorrendo na tubulação da Rua Dona Maria Cibele, conforme fotos que acompanham a presente proposição.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/448/req_181-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/448/req_181-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal, para que através do departamento competente, realize o seguinte serviço: Pintar de amarelo alguns metros do meio-fio na Avenida Claudio Rodrigues de Souza, antes e depois do portão da oficina do "Samu".</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Deildo Nunes Pereira, João Alberto Silva, José Paulo da Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/454/req_187-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/454/req_187-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal que seja realizada de forma urgente e imediatamente a correção do buraco aberto na Rua Josefina de Oliveira Monti, esquina com a Rua Frei Orestes, uma vez que o trecho está extremamente mal sinalizado e tem causado sérios riscos aos moradores do local e a todos que por ali passam.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira, João Alberto Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/455/req_188-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/455/req_188-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal que seja realizada manutenção de trecho de estrada que dá acesso à residência do Sr. Zé Dito no Bairro Alecrim, no trecho que dá acesso ao Bairro São Domingos.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/464/req_195-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/464/req_195-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Sr. Prefeito Municipal providenciar, através do Departamento de Obras, para ser trocado o calçamento da Rua Claudio de Souza Bustamante, substituindo as pedras pé de moleque por bloquetes.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>Evaristo Ribeiro de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/467/req_197-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/467/req_197-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal providenciar, através do departamento responsável pela regulamentação do trânsito na cidade, para ser pintada faixa-amarela no trecho que inicia na Sorveteria Sagrada Família e finaliza na esquina após a Loja da Lu.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>Denis Wellinton de Souza, João Alberto Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/469/req_199-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/469/req_199-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal informar quais as providências tomadas pela administração para reparação da pavimentação da Rua Poeta João Carneiro de Rezende e Pedro Monti, logradouros que tiveram o calçamento trocado no ano de 2016 pela RX Construtora LTDA, e que posteriormente foi apontado erro de execução da obra, em relatório de comissão especial desta E. Casa, embalado em perícia técnica contratada para tal.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/472/req_201-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/472/req_201-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal realizar manilhamento de trecho da Rua Prefeito Lafaiete da Costa Paiva, em frente ao Clube de Campo de Pedralva.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -888,68 +888,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/35/pl_016-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/53/pl_032-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/54/pl_033-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/55/pl_034-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/62/pl_041-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/63/pl_042-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/65/pl_043-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/66/pl_044-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/67/pl_045-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/75/pl_053-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/154/req_019-2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/179/req_038-2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/189/req_043-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/198/req_051-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/290/req_79-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/291/req_80-2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/299/req_87-2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/317/req_104-2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/326/req_105-2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/332/req_111-2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/363/req_126-2018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/380/req_134-2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/381/req_135-2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/413/req_154-2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/414/req_155-2018.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/415/req_156-2018.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/421/req_159-2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/423/req_161-2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/424/req_162-2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/425/req_163-2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/432/req_169-2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/448/req_181-2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/454/req_187-2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/455/req_188-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/464/req_195-2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/467/req_197-2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/469/req_199-2018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/472/req_201-2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/35/pl_016-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/53/pl_032-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/54/pl_033-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/55/pl_034-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/62/pl_041-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/63/pl_042-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/65/pl_043-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/66/pl_044-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/67/pl_045-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/75/pl_053-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/154/req_019-2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/179/req_038-2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/189/req_043-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/198/req_051-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/290/req_79-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/291/req_80-2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/299/req_87-2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/317/req_104-2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/326/req_105-2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/332/req_111-2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/363/req_126-2018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/380/req_134-2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/381/req_135-2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/413/req_154-2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/414/req_155-2018.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/415/req_156-2018.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/421/req_159-2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/423/req_161-2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/424/req_162-2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/425/req_163-2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/432/req_169-2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/448/req_181-2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/454/req_187-2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/455/req_188-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/464/req_195-2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/467/req_197-2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/469/req_199-2018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/472/req_201-2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="101" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>