--- v0 (2025-12-05)
+++ v1 (2026-03-20)
@@ -54,252 +54,252 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Josimar Silva de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/28/pl_011-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/28/pl_011-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a subvencionar a Santa Casa de Misericórdia de Pedralva, a abrir crédito especial e dá outras providências.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/29/pl_012-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/29/pl_012-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da Lei Orçamentária de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/41/pl_021-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/41/pl_021-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial no orçamento do Município de Pedralva, para o exercício de 2018.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/45/pl_024-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/45/pl_024-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Pedralva a conceder contribuição financeira à Sociedade de Educação e Assistência Social Frei Orestes - S.E.A.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/47/pl_026-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/47/pl_026-2018.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso I do art. 5º da Lei nº 1.725/17, de 20/12/2017, que estima a receita e fixa a despesa do Município para o exercício financeiro de 2018.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/49/pl_028-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/49/pl_028-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o aumento de subvenção financeira à Santa Casa de Misericórdia de Pedralva e dá outras providência.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/58/pl_037-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/58/pl_037-2018.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2018, crédito suplementar no valor de R$ 370.000,00, para reforço de dotação orçamentária e dá outras providências.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/59/pl_038-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/59/pl_038-2018.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso I do art. 5º da Lei nº 1.725/17, de 20/12/2017, que estima a Receita e fixa a Despesa do Município de Pedralva para o exercício de 2018.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/72/pl_050-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/72/pl_050-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do Plano Plurianual de Ações para o quadriênio 2018 à 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/73/pl_051-2018_-_orcamento.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/73/pl_051-2018_-_orcamento.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Pedralva para o exercício de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Abre no orçamento do Município de Pedralva, para o exercício de 2018, crédito suplementar no valor de R$ 162.000,00, para reforço de dotação orçamentária, e dá outras providências.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/75/pl_053-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/75/pl_053-2018.pdf</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/79/pl_057-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/79/pl_057-2018.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso I do art. 5º da Lei nº 1.725/17, de 20/12/2017, que estima Receita e fixa a Despesa do Município para o exercício financeiro de 2018.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/80/plc_03-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/80/plc_03-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Contribuição para o Custeio do Serviço de Iluminação Pública e dá outras providências.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/726/substitutivo_ao_pl_011-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/726/substitutivo_ao_pl_011-2018.pdf</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2018, crédito suplementar no valor de R$ 50.000,00, para reforço de dotação orçamentária e dá outras providências.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/192/req_046-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/192/req_046-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal o fornecimento de informações sobre a realização, pela Administração Municipal, de audiências públicas exigidas pela Lei de Responsabilidade Fiscal (LRF), a saber: 1. Se já foi realizada audiência pública para debater com a comunidade sobre as prioridades de gastos e investimentos do Município para o exercício de 2019, com vistas à elaboração do projeto de LDO para 2019. Em caso positivo, informar a data em que foi realizada e apresentar lista de presença. 2) Em caso negativo, informar quando será realizada esta audiência pública (data e hora), tendo em vista a obrigatoriedade contida na LRF; e 3. Que seja convocado o Poder Executivo para realização de uma audiência pública na sede da Câmara, em data a ser designada nos próximos 15 dias, para fins de demonstração e avaliação quanto ao cumprimento das metas fiscais no exercício de 2017, conforme previsto na LRF.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal informar a situação em que se encontram os recursos de Emenda Parlamentar destinadas ao Município de Pedralva pelos Deputados Federais Odair Cunha e Geraldo Tadeu, destinados à Estratégia Saúde da Família, no ano de 2015, e em qual dotação estes recurso se encontram.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -612,68 +612,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/28/pl_011-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/29/pl_012-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/41/pl_021-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/45/pl_024-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/47/pl_026-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/49/pl_028-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/58/pl_037-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/59/pl_038-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/72/pl_050-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/73/pl_051-2018_-_orcamento.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/75/pl_053-2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/79/pl_057-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/80/plc_03-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/726/substitutivo_ao_pl_011-2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/192/req_046-2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/28/pl_011-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/29/pl_012-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/41/pl_021-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/45/pl_024-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/47/pl_026-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/49/pl_028-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/58/pl_037-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/59/pl_038-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/72/pl_050-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/73/pl_051-2018_-_orcamento.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/75/pl_053-2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/79/pl_057-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/80/plc_03-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/726/substitutivo_ao_pl_011-2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/192/req_046-2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="100" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>