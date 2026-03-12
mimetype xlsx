--- v0 (2026-01-21)
+++ v1 (2026-03-12)
@@ -54,189 +54,189 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Josimar Silva de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/5/pl_02-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/5/pl_02-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o índice de revisão dos vencimentos dos Profissionais do Magistério da Educação Básica Pública do Município de Pedralva.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/45/pl_024-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/45/pl_024-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Pedralva a conceder contribuição financeira à Sociedade de Educação e Assistência Social Frei Orestes - S.E.A.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Deildo Nunes Pereira, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/81/pr_02-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/81/pr_02-2018.pdf</t>
   </si>
   <si>
     <t>Altera o dispositivo da Resolução nº 270 de 14 de março de 2018, que criou no âmbito da Câmara Municipal o Programa Câmara na Escola, e dá outras providências.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/270/req_60-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/270/req_60-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal esclarecer o motivo pelo qual foi retirado, dos Professores da rede pública municipal, o direito de receber cesta básica.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/298/req_86-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/298/req_86-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal informar qual foi o real objetivo da desafetação de dois prédios públicos, pertencentes ao Município de Pedralva, onde anteriormente eram destinados ao funcionamento de escolas, a saber: Escola Municipal Santa Gema, no Bairro Furnas, e Escola Municipal Santa Isabel, no Bairro Campestre.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/312/req_099-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/312/req_099-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal responder requerimento de minha autoria, aprovado nesta Casa em 16/04/18, e encaminhado ao Executivo pelo Presidente da Câmara através de seu oficio n° 039/2018, através do qual solicito esclarecimento sobre o motivo pelo qual foi retirado, dos Professores da rede pública municipal, o direito de receber cesta básica.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>Evaristo Ribeiro de Oliveira, José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/316/req_103-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/316/req_103-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal informar como está os procedimentos para finalizar a construção da creche municipal (Unidade de Educação Infantil Escola Pró-Infância), no Bairro Bica.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/441/req_175-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/441/req_175-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal informar as razões pela qual não foi encaminhado projeto de lei à Câmara solicitando a prorrogação do prazo para contratação de um Supervisor Pedagógico, contratado nos termos da Lei Complementar n° 031/2017, de 11 de setembro de 2017.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/418/mo_11-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/418/mo_11-2018.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à Diretora Geane Maria Santana Silva, Servidores, Professores, Cantineiros e Alunos da Escola Estadual Professor Arcádio do Nascimento Moura, pelo resultado obtido na última avaliação do IDEB.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/419/mo_12-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/419/mo_12-2018.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à Secretária e demais servidores da Secretaria de Educação, Diretores Escolares, Supervisores, Professores, Cantineiros e Alunos da Rede Municipal de Educação, pelo resultado obtido na última avaliação do IDEB.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -543,68 +543,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/5/pl_02-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/45/pl_024-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/81/pr_02-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/270/req_60-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/298/req_86-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/312/req_099-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/316/req_103-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/441/req_175-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/418/mo_11-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/419/mo_12-2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/5/pl_02-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/45/pl_024-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/81/pr_02-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/270/req_60-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/298/req_86-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/312/req_099-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/316/req_103-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/441/req_175-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/418/mo_11-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/419/mo_12-2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="66.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>