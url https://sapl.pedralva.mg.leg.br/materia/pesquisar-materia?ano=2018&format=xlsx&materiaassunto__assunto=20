--- v0 (2025-12-06)
+++ v1 (2026-03-23)
@@ -54,165 +54,165 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Josimar Silva de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/42/plc_02-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/42/plc_02-2018.pdf</t>
   </si>
   <si>
     <t>Institui função pública gratificada e dá outras providências.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/149/req_014-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/149/req_014-2018.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal, para que através do Secretário Municipal de Saúde, preste as seguintes informações: cópia dos contratos de todos os profissionais lotados na Secretaria de Saúde (Médicos, Enfermeiros, Auxiliar de Enfermagem, Agentes Comunitários de Saúde, Dentistas, Educador Físico, Psicólogo, Fisioterapeuta, Fonoaudiólogo, Farmacêutico, Agentes de Endemias e da Vigilância em Saúde), onde se encontram discriminados a carga horária, data de admissão e n° da lei autorizativa; cadastramento de cada profissional junto ao Ministério da Saúde, contendo carga horária e função; relatório do Sistema de Informações do Município de Pedralva - MG das 4 equipes da ESF, NASF, Posto de Saúde, Academia de Saúde, Farmácia, Serviços Odontológicos e Vigilância da Saúde; e estas informações devem se referir aos meses de janeiro e fevereiro de 2018.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/201/req_054-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/201/req_054-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal encaminhar à Câmara Municipal de Pedralva cópia do Empenho n° 4663 e do Subempenho n° 1, do dia 08/11/2017, e cópia do recibo de pagamento emitido pelo credor e do cheque utilizado para pagamento ao senhor José Mateus Martins, referente à aquisição de imóvel de domínio patrimonial.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/271/req_61-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/271/req_61-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal cópia de documentos referentes a contratos de alguns dos profissionais lotados na Secretaria Municipal de Saúde de Pedralva, em complementação aos documentos que foram encaminhados á Câmara através do oficio n° 070/2018/GAB, em resposta a requerimento de minha autoria, a saber: 1) Com relação aos contratos dos AGENTES COMUNITÁRIOS DE SAÚDE, solicito que encaminhe cópia de 2 contratos que não foram encaminhados. 2) Com relação aos contratos do NASF, solicito que encaminhe cópia de 3 contratos que não foram encaminhados. 3) Com relação aos contratos dos MÉDICOS, verifiquei que constam apenas os termos aditivos celebrados em 2018. Sendo assim, solicito cópia dos contratos celebrados com os médicos em 2017 (contratos n° 045/2017, n° 068/2017 e n° 085/2017). Solicito ainda, cópia do contrato celebrado em 2017 e respectivo termo aditivo celebrado em 2018 com a Dra. Estelamaris</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/305/req_92-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/305/req_92-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal fornecer cópia de documentos referentes a contratos de alguns dos profissionais lotados na Secretaria Municipal de Saúde de Pedralva, em complementação aos documentos que foram encaminhados à Câmara através do oficio n° 070/2018/GAB, do Prefeito Municipal, e do oficio SMS n° 26/2018, do Secretário Municipal de Saúde, em resposta a requerimento de minha autoria, a saber: 1) Cópia de 6 contratos que não foram encaminhados dos Agentes Comunitários de Saúde; 2) Cópia de 2 contratos que não foram encaminhados do NASF; 3) Cópia dos contratos celebrados com os médicos em 2017 (contratos n° 045/2017, n° 068/2017 e n° 085/2017); e 4) Cópia dos termos aditivos ao Contrato n° 44/2017, celebrado com a Dra. Estelamaris.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/360/req_123-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/360/req_123-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal encaminhar à Câmara Municipal a relação de todos os imóveis alugados pela Prefeitura, bem como cópia do contrato firmado entre a Prefeitura e o proprietário dos respectivos imóveis.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/424/req_162-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/424/req_162-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal informar em que ponto se encontra o processo para contratação de empresa para sinalização das ruas da cidade.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Deildo Nunes Pereira, Denis Wellinton de Souza, Evaristo Ribeiro de Oliveira, Francisco de Assis Silva, João Alberto Silva, José Paulo da Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/449/req_182-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/449/req_182-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal rescindir, de imediato, o convênio celebrado entre a Prefeitura Municipal de Pedralva e a AMASP - Associação dos Municípios da Micro Região do Alto Sapucai.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>Denis Wellinton de Souza, João Alberto Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/469/req_199-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/469/req_199-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal informar quais as providências tomadas pela administração para reparação da pavimentação da Rua Poeta João Carneiro de Rezende e Pedro Monti, logradouros que tiveram o calçamento trocado no ano de 2016 pela RX Construtora LTDA, e que posteriormente foi apontado erro de execução da obra, em relatório de comissão especial desta E. Casa, embalado em perícia técnica contratada para tal.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -519,68 +519,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/42/plc_02-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/149/req_014-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/201/req_054-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/271/req_61-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/305/req_92-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/360/req_123-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/424/req_162-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/449/req_182-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/469/req_199-2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/42/plc_02-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/149/req_014-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/201/req_054-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/271/req_61-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/305/req_92-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/360/req_123-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/424/req_162-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/449/req_182-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/469/req_199-2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="170.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>