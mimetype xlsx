--- v0 (2026-01-21)
+++ v1 (2026-03-21)
@@ -54,312 +54,312 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira, João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/446/req_180-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/446/req_180-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal informar qual legislação foi utilizada para respaldar o pagamento do "Adicional Noturno" para dois funcionários comissionados da Prefeitura Municipal de Pedralva, no mês de setembro de 2018.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Deildo Nunes Pereira, Denis Wellinton de Souza, Evaristo Ribeiro de Oliveira, Francisco de Assis Silva, João Alberto Silva, Marcos Batista, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/195/moc_03-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/195/moc_03-2018.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da Excelentíssima Senhora Vereadora Marielle Franco e de seu motorista, Anderson Pedro Gomes.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/295/mo_4-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/295/mo_4-2018.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação aos organizadores da Copa Pedrão de Futebol Society de 2018.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/304/mo_5-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/304/mo_5-2018.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da Senhora Maria Teresa Bustamante Rezende.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/337/mo_6-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/337/mo_6-2018.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Jovem Giovane Guilherme Alves.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/338/mo_7-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/338/mo_7-2018.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Ex-Vereador Paulo José Rezende Monti, mais conhecido como Paulo Monti.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/339/mo_8-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/339/mo_8-2018.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Senhor Amado José da Silva, mais conhecido como Amadinho Afonso.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/340/mo_9-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/340/mo_9-2018.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Senhor João Francisco da Silva, mais conhecido como João Rodrigues.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/396/mo_10-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/396/mo_10-2018.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar em solidariedade e sentimentos aos familiares da senhora Maria Elza Veloso.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/418/mo_11-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/418/mo_11-2018.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à Diretora Geane Maria Santana Silva, Servidores, Professores, Cantineiros e Alunos da Escola Estadual Professor Arcádio do Nascimento Moura, pelo resultado obtido na última avaliação do IDEB.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/419/mo_12-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/419/mo_12-2018.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à Secretária e demais servidores da Secretaria de Educação, Diretores Escolares, Supervisores, Professores, Cantineiros e Alunos da Rede Municipal de Educação, pelo resultado obtido na última avaliação do IDEB.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/420/mo_13-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/420/mo_13-2018.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a ser encaminhada aos gêmeos participantes do 1° Concurso de Gêmeos mais Idênticos de Pedralva, promovido pelas escolas rurais, neste ano de 2018: Rayssa e Rafaela; Ana Laura e Ana Luiza; Fabrício e Heitor; Tiago e Rafael: Priscila e Patrícia; Luiz Marcos e Luiz Marcio; e Lívia e Giovana.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira, João Alberto Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/426/mo_14-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/426/mo_14-2018.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar em solidariedade e sentimentos aos familiares pelo falecimento do senhor Antônio Braga de Oliveira.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/438/mo_15-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/438/mo_15-2018.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulações ao Senhor Paulo Sérgio Pereira, Secretário Municipal de Saúde de Pedralva nos anos de 2017 e 2018, em agradecimento por sua atuação durante o período de sua gestão em saúde.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Denis Wellinton de Souza</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/439/mo_16-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/439/mo_16-2018.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulações ao Senhor Eduardo Guimarães da Rocha, Secretário Municipal de Saúde de Pedralva, em agradecimento por sua atuação enquanto esteve como diretor de departamento na Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/440/mo_17-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/440/mo_17-2018.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso aos senhores Ronian José Guimarães e Joirdes Pereira, pela nobre atitude que tiveram para salvar a vida de uma Loba Guará que apareceu machucada na propriedade em sítio no Paulino Paixão.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira, José Paulo da Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/447/mo_18-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/447/mo_18-2018.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à Secretária Municipal de Educação, às Equipes Pedagógicas, Professores, Servidores e Alunos das Escolas Municipais, pela belíssima organização, realização e concretização do Projeto Conhecendo e se encantando por Pedralva "Cidade dos Gêmeos".</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Deildo Nunes Pereira, Denis Wellinton de Souza, Evaristo Ribeiro de Oliveira, Francisco de Assis Silva, João Alberto Silva, José Paulo da Silva, Marcos Batista, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/457/mo_19-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/457/mo_19-2018.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Reverendíssimo Padre Edvar Rodrigues Rangel.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/465/mo_21-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/465/mo_21-2018.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso, a ser encaminhada a senhora Rita de Cássia Raimundo, Digníssima Vereadora na Cidade de Conceição das Pedras - MG, por sua postura durante a sessão da Câmara Municipal de seu município, não se calando frente às arbitrariedades que foram escancaradas a todos os presentes.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/470/mo_22-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/470/mo_22-2018.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao senhor Edmilton Batista do Patrocínio, funcionário público municipal, exercendo o cargo de motorista na Prefeitura de Pedralva, pelo excelente trabalho realizado durante o período que ocupou o cargo comissionado de Diretor do Departamento de Transporte na Secretaria Municipal de Educação.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -666,68 +666,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/446/req_180-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/195/moc_03-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/295/mo_4-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/304/mo_5-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/337/mo_6-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/338/mo_7-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/339/mo_8-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/340/mo_9-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/396/mo_10-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/418/mo_11-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/419/mo_12-2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/420/mo_13-2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/426/mo_14-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/438/mo_15-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/439/mo_16-2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/440/mo_17-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/447/mo_18-2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/457/mo_19-2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/465/mo_21-2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/470/mo_22-2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/446/req_180-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/195/moc_03-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/295/mo_4-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/304/mo_5-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/337/mo_6-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/338/mo_7-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/339/mo_8-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/340/mo_9-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/396/mo_10-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/418/mo_11-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/419/mo_12-2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/420/mo_13-2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/426/mo_14-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/438/mo_15-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/439/mo_16-2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/440/mo_17-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/447/mo_18-2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/457/mo_19-2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/465/mo_21-2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/470/mo_22-2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="184.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>