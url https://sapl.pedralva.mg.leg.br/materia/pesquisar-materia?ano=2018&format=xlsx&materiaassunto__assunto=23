--- v0 (2025-12-05)
+++ v1 (2026-03-20)
@@ -54,195 +54,195 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Mesa Diretora da Câmara - MESADIR</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/12/pl_03-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/12/pl_03-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão anual das remunerações dos vereadores e dos servidores da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/19/pr_01-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/19/pr_01-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização de estágio na Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Deildo Nunes Pereira, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/81/pr_02-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/81/pr_02-2018.pdf</t>
   </si>
   <si>
     <t>Altera o dispositivo da Resolução nº 270 de 14 de março de 2018, que criou no âmbito da Câmara Municipal o Programa Câmara na Escola, e dá outras providências.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/82/pr_03-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/82/pr_03-2018.pdf</t>
   </si>
   <si>
     <t>Altera o art. 191 do Regimento Interno da Câmara Municipal de Pedralva-MG, Resolução nº 259/2008.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, João Alberto Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/83/pr_04-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/83/pr_04-2018.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo único ao art. 75, do Regimento Interno da Câmara, determinando que audiências públicas sejam realizadas para apresentação das contas e atividades da Câmara Municipal no legislativo.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/148/req_013-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/148/req_013-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Sr. Presidente da Câmara Municipal a constituição de uma COMISSÃO ESPECIAL para averiguar a situação e o estado da obra de construção de muro de arrimo ao lado da UBS do Bairro São José, cuja obra foi interrompida pela metade, supostamente pelo abandono da construtora contratada.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/151/req_016-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/151/req_016-2018.pdf</t>
   </si>
   <si>
     <t>Justifica ao Exmo. Sr. Presidente da Câmara Municipal a falta na reunião da Sessão Ordinária da Câmara Municipal, realizada no dia 19 de fevereiro de 2018.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/192/req_046-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/192/req_046-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal o fornecimento de informações sobre a realização, pela Administração Municipal, de audiências públicas exigidas pela Lei de Responsabilidade Fiscal (LRF), a saber: 1. Se já foi realizada audiência pública para debater com a comunidade sobre as prioridades de gastos e investimentos do Município para o exercício de 2019, com vistas à elaboração do projeto de LDO para 2019. Em caso positivo, informar a data em que foi realizada e apresentar lista de presença. 2) Em caso negativo, informar quando será realizada esta audiência pública (data e hora), tendo em vista a obrigatoriedade contida na LRF; e 3. Que seja convocado o Poder Executivo para realização de uma audiência pública na sede da Câmara, em data a ser designada nos próximos 15 dias, para fins de demonstração e avaliação quanto ao cumprimento das metas fiscais no exercício de 2017, conforme previsto na LRF.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/356/req_119-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/356/req_119-2018.pdf</t>
   </si>
   <si>
     <t>Requere ao Presidente da Câmara Municipal a nomeação de Comissão Especial para verificar a situação em que se encontrar os ônibus, os micro-ônibus, as vans e as Kombi que a Prefeitura Municipal de Pedralva possui e que são utilizados no transporte escolar.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>Evaristo Ribeiro de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/411/req_152-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/411/req_152-2018.pdf</t>
   </si>
   <si>
     <t>Solicita a votação, em regime de urgência especial, do Projeto de Lei nº 039/2018.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/453/req_186-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/453/req_186-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal enviar à Câmara Municipal, para aprovação, projeto de lei estendendo aos Agentes Comunitários e Agentes de Combate às Endemias o piso salarial nacional, fixado pela Lei Federal n° 13.708, de 14/08/2018, no valor de R$ 1.250,00 (mil duzentos e cinquenta reais).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -549,68 +549,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/12/pl_03-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/19/pr_01-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/81/pr_02-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/82/pr_03-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/83/pr_04-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/148/req_013-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/151/req_016-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/192/req_046-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/356/req_119-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/411/req_152-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/453/req_186-2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/12/pl_03-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/19/pr_01-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/81/pr_02-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/82/pr_03-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/83/pr_04-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/148/req_013-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/151/req_016-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/192/req_046-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/356/req_119-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/411/req_152-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/453/req_186-2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="66.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>