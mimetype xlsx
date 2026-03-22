--- v0 (2025-12-06)
+++ v1 (2026-03-22)
@@ -54,111 +54,111 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Evaristo Ribeiro de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/196/req_049-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/196/req_049-2018.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Sr. Prefeito Municipal informar quais procedimentos foram realizados e quais estão em andamento, para aquisição de área de terra e construção de moradias para ser destinadas às famílias de baixa renda de Pedralva.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/201/req_054-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/201/req_054-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal encaminhar à Câmara Municipal de Pedralva cópia do Empenho n° 4663 e do Subempenho n° 1, do dia 08/11/2017, e cópia do recibo de pagamento emitido pelo credor e do cheque utilizado para pagamento ao senhor José Mateus Martins, referente à aquisição de imóvel de domínio patrimonial.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/362/req_125-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/362/req_125-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do departamento de serviços públicos, para voltar a ser recolhido, semanalmente, entulho depositado pelos moradores em frente às suas construções.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/365/req_128-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/365/req_128-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do setor competente, para que sejam notificados os proprietários de terrenos baldios no Parque Residencial Professor Cláudio de Souza Bustamante, que se encontram com o mato alto.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Deildo Nunes Pereira, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/468/req_198-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/468/req_198-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal informar quais as razões pelo não cumprimento da Lei Municipal n° 1.724 de 20 de dezembro de 2017, dispõe sobre a gestão de imóveis particulares locados pelo Município e a transparência dos respectivos contratos de locação.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -465,68 +465,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/196/req_049-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/201/req_054-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/362/req_125-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/365/req_128-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/468/req_198-2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/196/req_049-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/201/req_054-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/362/req_125-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/365/req_128-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/468/req_198-2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="66.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>