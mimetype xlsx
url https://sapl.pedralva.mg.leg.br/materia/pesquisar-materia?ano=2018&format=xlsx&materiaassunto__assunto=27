--- v0 (2026-01-20)
+++ v1 (2026-03-21)
@@ -54,159 +54,159 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Josimar Silva de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/80/plc_03-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/80/plc_03-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Contribuição para o Custeio do Serviço de Iluminação Pública e dá outras providências.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/309/req_96-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/309/req_96-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar, através do setor competente, para serem trocadas nove (9) lâmpadas das luminárias dos postes existentes na estrada do Bairro Anhumas (trecho de acesso ao Bairro Cubatãozinho), que estão queimadas.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Deildo Nunes Pereira, Denis Wellinton de Souza, Evaristo Ribeiro de Oliveira, Francisco de Assis Silva, João Alberto Silva, José Paulo da Silva, Marcos Batista, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/311/req_098-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/311/req_098-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal, para que, através dos departamentos competentes, realize as melhorias solicitadas por representantes do Bairro Tamanduá, na sessão ordinária/itinerante realizada naquela localidade no dia 11 de junho de 2018, a saber: Manutenção e melhorias na lixeira onde é armazenado o lixo das residências; Calçamento em frente à Igreja; Instalação de um poste com luminária no trevo; Reforma, pintura e mobília apropriada para o prédio da escola desativada, que é utilizada para atendimento da ESF; e Destinação apropriada e controle da população de cães abandonados.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Deildo Nunes Pereira, Evaristo Ribeiro de Oliveira, José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/329/req_108-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/329/req_108-2018.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Senhor Prefeito Municipal providenciar, através do departamento de obras, para ser averiguada a situação de todas as pontes do município, e, posteriormente, executar a manutenção das que estão danificadas, como é o caso das pontes localizadas no Bairro Barra Mansa (na estrada principal, próximo à rodovia), no Bairro Sertãozinho (estrada de acesso à propriedade do senhor José Benedito Gonçalves), no Bairro Pitangueiras (na estrada do Inacinho) e no Bairro Cubatão (estrada de acesso à casa da senhora Celeste).</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Evaristo Ribeiro de Oliveira, José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/334/req_113-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/334/req_113-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar, através do setor competente, para serem trocadas as lâmpadas que estão queimadas das luminárias dos postes existentes na Avenida Claudio Rodrigues de Souza, no Bairro Anhumas.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/354/req_117-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/354/req_117-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar, através do setor competente, para serem trocadas as lâmpadas das luminárias dos postes existentes na estrada do Bairro Anhumas (trecho de acesso ao Bairro Cubatãozinho), que estão queimadas.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/355/req_118-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/355/req_118-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do setor competente, para ser trocada a lâmpada da luminária do poste situado em frente à agência do Banco do Brasil de Pedralva.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>Evaristo Ribeiro de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/407/req_148-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/407/req_148-2018.pdf</t>
   </si>
   <si>
     <t>Solicita à CEMIG - Companhia Energética de Minas Gerais verificar um dos postes de concreto que sustenta os cabos de energia da linha de transmissão do Bairro Sertãozinho, zona rural do Município de Pedralva — MG, o qual se encontra danificado, pelo fato da terra ao seu redor estar cedendo, e está prestes a cair. (Poste localizado próximo da propriedade do senhor Geraldo Rangel - n° da instalação 3001923801 -n° do cliente 7001276447)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -513,68 +513,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/80/plc_03-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/309/req_96-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/311/req_098-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/329/req_108-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/334/req_113-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/354/req_117-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/355/req_118-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/407/req_148-2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/80/plc_03-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/309/req_96-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/311/req_098-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/329/req_108-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/334/req_113-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/354/req_117-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/355/req_118-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/407/req_148-2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="184.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>