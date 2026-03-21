--- v0 (2026-01-20)
+++ v1 (2026-03-21)
@@ -54,129 +54,129 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Josimar Silva de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/46/pl_025-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/46/pl_025-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de instalação de porta giratória com detector de metais e mecanismos que danifiquem as notas quando das explosões de caixas eletrônicos nos estabelecimentos bancários de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/153/req_018-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/153/req_018-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do departamento de meio ambiente, com participação do Codema, para ser analisada a situação da árvore Ficus, plantada na calçada em frente ao trailer do "Hélio's Lanches" e ao ponto de táxi.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/306/req_93-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/306/req_93-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal tomar as medidas cabíveis para solucionar situações que afetam os moradores de nosso município, a saber: Cachorros de rua; queimadas dentro do perímetro urbano; e mosquitos.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Deildo Nunes Pereira, Denis Wellinton de Souza, Evaristo Ribeiro de Oliveira, Francisco de Assis Silva, João Alberto Silva, José Paulo da Silva, Marcos Batista, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/311/req_098-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/311/req_098-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal, para que, através dos departamentos competentes, realize as melhorias solicitadas por representantes do Bairro Tamanduá, na sessão ordinária/itinerante realizada naquela localidade no dia 11 de junho de 2018, a saber: Manutenção e melhorias na lixeira onde é armazenado o lixo das residências; Calçamento em frente à Igreja; Instalação de um poste com luminária no trevo; Reforma, pintura e mobília apropriada para o prédio da escola desativada, que é utilizada para atendimento da ESF; e Destinação apropriada e controle da população de cães abandonados.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/401/req_142-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/401/req_142-2018.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal providenciar, através do departamento de serviços públicos, para ser roçado o mato nos fundos do prédio da Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/429/req_166-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/429/req_166-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal viabilize em caráter de urgência, através dos setores competentes, a entrega de equipamentos de proteção individual (EPI), para os servidores lotados no Centro de Triagem e Compostagem Taiuveira, objetivando a prevenção de acidentes por falta dos citados equipamentos, a saber máscara, avental, bota de borracha e luva.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -483,68 +483,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/46/pl_025-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/153/req_018-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/306/req_93-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/311/req_098-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/401/req_142-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/429/req_166-2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/46/pl_025-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/153/req_018-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/306/req_93-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/311/req_098-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/401/req_142-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/429/req_166-2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="184.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>