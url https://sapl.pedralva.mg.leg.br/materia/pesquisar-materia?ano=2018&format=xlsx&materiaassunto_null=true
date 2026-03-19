--- v0 (2025-10-04)
+++ v1 (2026-03-19)
@@ -54,273 +54,273 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Josimar Silva de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/13/pl_04-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/13/pl_04-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos subsídios dos agentes políticos do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/14/pl_05-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/14/pl_05-2018.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Unidade de Saúde vinculada à ESF II (Estratégia Saúde da Família), situada no Bairro Lagoa.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/15/pl_06-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/15/pl_06-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a exigência da instalação de banheiros químicos para realização de eventos de grande porte no Parque de Exposições.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/18/pl_07-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/18/pl_07-2018.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.725/17, de 20/12/2017, que estima a receita e fixa a despesa do Município para o exercício financeiro de 2018.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/20/pl_08-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/20/pl_08-2018.pdf</t>
   </si>
   <si>
     <t>Fixa os vencimentos de cargos do quadro de pessoal efetivo e comissionado da Prefeitura Municipal de Pedralva, constantes nos anexos I e II da Lei Complementar nº 19/2010, de 27/12/2010.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/52/pl_031-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/52/pl_031-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de divulgação da listagem dos pacientes que aguardam consultas especializadas, procedimentos de diagnostico e cirurgia na rede pública municipal de saúde e dá outras providências.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/61/pl_040-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/61/pl_040-2018.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Municipal.</t>
   </si>
   <si>
     <t>3416</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>VPL</t>
   </si>
   <si>
     <t>Veto a Proposição de Lei</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/3416/veto_integral_ao_pl_030-2018_-_preservacao_eucaliptos_campestre20240612_13073697.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/3416/veto_integral_ao_pl_030-2018_-_preservacao_eucaliptos_campestre20240612_13073697.pdf</t>
   </si>
   <si>
     <t>Veto Integral feito pelo Prefeito ao PL nº 030/2028.</t>
   </si>
   <si>
     <t>3417</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/3417/veto_integral_ao_pl_036-2018_-_programa_mun_prevencao_suicidio20240612_13034238.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/3417/veto_integral_ao_pl_036-2018_-_programa_mun_prevencao_suicidio20240612_13034238.pdf</t>
   </si>
   <si>
     <t>Veto Integral feito pelo Prefeito ao PL nº 036/2018.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Evaristo Ribeiro de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/9/04_-_requerimento_05-02-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/9/04_-_requerimento_05-02-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito que providencie, através do departamento de obras, para realizar manutenção nas estradas de acesso às lavouras de café, iniciando na primeira ou na segunda quinzena do mês de março.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/11/07_-_requerimento_05-02-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/11/07_-_requerimento_05-02-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito a doação, à Associação de Moradores do Bairro Bica, de uma área de propriedade da Prefeitura Municipal de Pedralva, situada naquela comunidade, para construção de sede para funcionamento da associação.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/279/req_69-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/279/req_69-2018.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Senhor Prefeito Municipal, para que através do Departamento de Obras, torne a seguinte providência: aterrar aproximadamente 150 metros da estrada de acesso à residência do casal Júlio César dos Santos e Janaina Nogueira e consertar o bueiro lá existente, situada no Bairro Limeira.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Deildo Nunes Pereira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/288/req_77-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/288/req_77-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal, para que através do departamento de obras, tome a seguinte providência: recuperação e manutenção das estradas municipais dos Bairros Vintém, Cubatãozinho e Cubatão, a fim de dar melhores.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/382/req_136-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/382/req_136-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Ilustríssimo Senhor Presidente do Grupo Vivo/Telefônica, Sr. Eduardo Navarro informações sobre planejamento de colocação de torres de telefonia celular em bairros com baixo ou nenhum sinal na cidade de Pedralva/MG. Para tanto, me coloco à disposição para averiguação de estudo acerca da qualidade de sinal nos bairros rurais, bem como números de moradores e possibilidade de cessão de local para alocação de novas torres.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/410/req_151-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/410/req_151-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal providenciar, através do setor de serviços públicos e de assistência social, para ser construído muro em frente à casa do senhor José Marianinho, no Bairro São José.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Evaristo Ribeiro de Oliveira, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/325/ind_1-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/325/ind_1-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal realizar o cascalhamento de trecho da estrada do Vintém, próxima à residência do Sr. Tião Branco.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/17/01_-_mocao_aplauso_05-02-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/17/01_-_mocao_aplauso_05-02-2018.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao senhor Enéas Batista Caldas e seus familiares, pela ocasião do seu aniversário de 100 anos, completados no último dia 30 de janeiro de 2018.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -627,67 +627,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/13/pl_04-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/14/pl_05-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/15/pl_06-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/18/pl_07-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/20/pl_08-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/52/pl_031-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/61/pl_040-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/3416/veto_integral_ao_pl_030-2018_-_preservacao_eucaliptos_campestre20240612_13073697.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/3417/veto_integral_ao_pl_036-2018_-_programa_mun_prevencao_suicidio20240612_13034238.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/9/04_-_requerimento_05-02-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/11/07_-_requerimento_05-02-2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/279/req_69-2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/288/req_77-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/382/req_136-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/410/req_151-2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/325/ind_1-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/17/01_-_mocao_aplauso_05-02-2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/13/pl_04-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/14/pl_05-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/15/pl_06-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/18/pl_07-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/20/pl_08-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/52/pl_031-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/61/pl_040-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/3416/veto_integral_ao_pl_030-2018_-_preservacao_eucaliptos_campestre20240612_13073697.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/3417/veto_integral_ao_pl_036-2018_-_programa_mun_prevencao_suicidio20240612_13034238.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/9/04_-_requerimento_05-02-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/11/07_-_requerimento_05-02-2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/279/req_69-2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/288/req_77-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/382/req_136-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/410/req_151-2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/325/ind_1-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2018/17/01_-_mocao_aplauso_05-02-2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="51.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="154.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="153.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>