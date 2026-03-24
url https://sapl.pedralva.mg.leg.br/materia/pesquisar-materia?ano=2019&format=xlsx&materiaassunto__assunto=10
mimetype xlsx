--- v0 (2025-12-06)
+++ v1 (2026-03-24)
@@ -54,237 +54,237 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Josimar Silva de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/88/pl_01-2019_-_revisao_vencimentos_profissionais_magisterio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/88/pl_01-2019_-_revisao_vencimentos_profissionais_magisterio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o índice de revisão dos vencimentos dos profissionais do magistério da educação básica pública do Município de Pedralva.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/261/pl_014-2019_-_piso_salarial_agentes_comunitarios_pSdIMg0.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/261/pl_014-2019_-_piso_salarial_agentes_comunitarios_pSdIMg0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o piso salarial dos Agentes Comunitários de Saúde e dos Agentes de Combate às Endemias.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/377/pl_016-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/377/pl_016-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado para atender à necessidade temporária de excepcional interesse público, nos termos do inciso IX do artigo 37 da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/572/pl_021-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/572/pl_021-2019.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2019, crédito suplementar no valor de R$ 304.000,00, para reforço de dotação orçamentária, e dá outras providências.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/587/plc_01-2019_-_alteracao_lei_plano_de_carreira_supervisor.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/587/plc_01-2019_-_alteracao_lei_plano_de_carreira_supervisor.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao § 1° do art. 21 da Lei Complementar n° 17/2010, de 07/01/2010, que "Dispõe sobre o Plano de Cargos, Carreiras, Vencimentos e Remuneração dos Profissionais do Magistério da Educação Básica Pública da Prefeitura Municipal de Pedralva, e dá outras providências".</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/86/req_02-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/86/req_02-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal informar quando será encaminhado o Projeto de Lei à Câmara concedendo reajuste aos vencimento dos servidores públicos da Prefeitura Municipal de Pedrava.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/137/req_31_2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/137/req_31_2019.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal enviar à Câmara Municipal, para aprovação, projeto de lei estendo aos Agentes Comunitários de Saúde e Agentes de Combate às Endemias o piso salarial nacional, fixado pela Lei Federal n° 13.708, de 14/08/2018, no valor de R$1250,00 (mil duzentos e cinquenta reais).</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>João Alberto Silva, José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/319/req_96-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/319/req_96-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal que encaminhe a esta Câmara informações sobre os critérios e o pagamento de adicional de insalubridade e periculosidade aos auxiliares e ajudantes de serviços gerias, serventes escolares e servidores que trabalham com limpeza predial; e sobre a se a existência de algum estudo ou laudo sobre as condições de trabalho de todos os servidores públicos (relativo à sua exposição a agentes insalubres e situações perigosas).</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/389/req_116-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/389/req_116-2019.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Excelentíssimo Senhor Prefeito Municipal analisar, junto com o setor jurídico da prefeitura, a maneira juridicamente possível para ser contratado um veterinário para prestar serviços ao município até que seja realizado concurso público, e, definida essa maneira, providenciar a contratação desse profissional.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/530/req_147-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/530/req_147-2019.pdf</t>
   </si>
   <si>
     <t>Senhor Prefeito Municipal realizar os procedimentos necessários para que o Município passe a conceder o adicional de insalubridade aos Agentes Comunitários de Saúde e aos Agentes de Combate a Endemias da Prefeitura Municipal, nos termos da Lei federal nº' 13.342/2016, de 3 de outubro de 2016, e aos médicos, enfermeiros e técnicos de enfermagem contratados, conforme legislação pertinente.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/599/req_163-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/599/req_163-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal providenciar para que o funcionário da prefeitura conhecido por "Tonhão", que exerce o cargo de Ajudante de Serviços Gerais, seja colocado para executar serviços mais leves, pelo fato de estar passando por tratamento oncológico.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/698/req_224-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/698/req_224-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Sr. Prefeito Municipal encaminhar Projeto de Lei à Câmara Municipal concedendo reajuste aos vencimentos dos servidores públicos da Prefeitura Municipal de Pedralva.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/582/ind_3-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/582/ind_3-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal criar por lei "vale-transporte" para ser concedido aos funcionários públicos da Prefeitura Municipal de Pedralva que residem em outros municípios.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e  Redação</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/625/emenda_plc_01-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/625/emenda_plc_01-2019.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 Aditiva ao Projeto de Lei Complementar nº 1/2019 - Dá nova redação ao § 1° do art. 21 da Lei Complementar n° 17/2010, de 07/01/2010, que "Dispõe sobre o Plano de Cargos, Carreiras, Vencimentos e Remuneração dos Profissionais do Magistério da Educação Básica Pública da Prefeitura Municipal de Pedralva, e dá outras providências".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -591,68 +591,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/88/pl_01-2019_-_revisao_vencimentos_profissionais_magisterio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/261/pl_014-2019_-_piso_salarial_agentes_comunitarios_pSdIMg0.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/377/pl_016-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/572/pl_021-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/587/plc_01-2019_-_alteracao_lei_plano_de_carreira_supervisor.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/86/req_02-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/137/req_31_2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/319/req_96-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/389/req_116-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/530/req_147-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/599/req_163-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/698/req_224-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/582/ind_3-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/625/emenda_plc_01-2019.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/88/pl_01-2019_-_revisao_vencimentos_profissionais_magisterio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/261/pl_014-2019_-_piso_salarial_agentes_comunitarios_pSdIMg0.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/377/pl_016-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/572/pl_021-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/587/plc_01-2019_-_alteracao_lei_plano_de_carreira_supervisor.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/86/req_02-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/137/req_31_2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/319/req_96-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/389/req_116-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/530/req_147-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/599/req_163-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/698/req_224-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/582/ind_3-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/625/emenda_plc_01-2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="45" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="129" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="128.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>