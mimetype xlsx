--- v0 (2025-12-05)
+++ v1 (2026-03-23)
@@ -54,1257 +54,1257 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Evaristo Ribeiro de Oliveira, José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/87/req_03-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/87/req_03-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do departamento de obras, para ser feita manutenção em trechos da Estrada dos Bairros Barra Mansa e Cubatão, a saber: 1) Passar a máquina e fazer saídas de água na subida que inicia na propriedade do senhor Toninho Lalá e finaliza no final da descida, no outro lado, próximo a Igrejinha; e 2) Passar a máquina, aterrar, cascalhar e fazer saídas de água no trecho que inicia na ponte conhecida por "ponte do Virço" e segue até à casa do senhor conhecido por "Lucianinho", no Bairro Cubatão.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/100/req_09-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/100/req_09-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal realizar a manutenção de trecho de estrada do Bairro Paulino Paixão, que dá acesso ao Bairro Correias, Tamanduá, Pipa e Pedrão.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Deildo Nunes Pereira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/105/req_12-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/105/req_12-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal realizar, através da equipe de obras da prefeitura, recuperação de uma ponte e de um trecho da estrada do Bairro Cubatão, situados na estrada municipal, logo após o pesqueiro do "Sonera".</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/108/req_15-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/108/req_15-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal que seja realizada manutenção de trecho de estrada do Bairro Posses e acesso pelo Bairro Bela Vista e Segredo.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Evaristo Ribeiro de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/119/04_-_requerimento_07-03-2019_-_estrada_posses.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/119/04_-_requerimento_07-03-2019_-_estrada_posses.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal que realize, através do departamento de obras, manutenção de emergência em trechos da estrada do Bairro Posses, a saber: 1. Baixada do Joaquim Correia (aterrar e cascalhar), pedido feito pelo senhor Renato; 2. Trecho da senhora Sema (cascalhar e limpar bueiro); e 3. Trecho do senhor Araci (cascalhar próximo ao bueiro e rampear o barranco por uma extensão de aproximadamente 200 metros, este último poderá ser realizado no período da seca).</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/122/req_18-2019__manutencao_estradas_estiva_castelhano_....pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/122/req_18-2019__manutencao_estradas_estiva_castelhano_....pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal realizar manutenção nas estradas municipais de acesso ao Bairro Estiva, Castelhano, Cafarnaum, Belo Ramo, Santo Antônio e Floresta.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/124/req_20-2019_estrada_rocinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/124/req_20-2019_estrada_rocinha.pdf</t>
   </si>
   <si>
     <t>Reitera ao Exmo. Senhor Prefeito Municipal pedido formulado por intermédio de Requerimento lido na sessão plenária do dia 10 de agosto de 2018, que também foi reiterado na sessão do dia 15 de outubro de 2018, para que seja realizada a manutenção de trecho da estrada do BAIRRO ROCINHA.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/125/req_21-2019_ponte_barra_mansa_-_onde_morreram_pessoas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/125/req_21-2019_ponte_barra_mansa_-_onde_morreram_pessoas.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar para que o departamento de obras conserte, imediatamente, o buraco existente na ponte situada na estrada do Bairro Barra Mansa, em frente a olaria do Osvaldo, local onde há dez anos ocorreu um acidente onde veio a falecer 4 pessoas.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/128/req_22_2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/128/req_22_2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal providenciar, através do departamento de obras, para ser realizado serviço emergencial de cascalhamento e roçagem, nas seguintes estradas: 1) Estrada do Bairro Pipa, iniciando antes da fábrica de polpa de bananas do senhor Haroldo e seguindo até a estação do Pedrão, pela via principal; 2) Estrada de acesso ao Bairro Lagoa e Pedrão, iniciando no pesqueiro da Vanusa e seguindo até chegar nestes dois bairros; e 3) Toda extensão da estrada do Bairro Correias.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/130/req_24_2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/130/req_24_2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Sr. Prefeito Municipal enviar uma retroescavadeira ao Bairro Castelhano, para limpar a valeta que se encontra entupida, próximo à casa do senhor Rogério e Lisomar.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/131/req_25_2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/131/req_25_2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Sr. Prefeito Municipal providenciar, através do departamento de obras, para ser aterrado e cascalhado trecho da estrada do Bairro Vintém, sentido Bairro Cubatãozinho.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/132/req_26_2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/132/req_26_2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal encaminhar o responsável do setor de obras para melhorias necessárias na estrada do Bairro Rocinha, de acesso à residência da senhora Silvana Silveira Rodrigues.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/134/req_28_02019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/134/req_28_02019.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal encaminhar o responsável do setor de obras para melhorias nas estradas dos bairros Correias, Baixadão, Usina do Pedrão e Pedrão.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/135/req_29_2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/135/req_29_2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, para que, através do Departamento de Obras, realize a seguinte providência manutenção na estrada municipal do bairro Cubatãozinho, de acesso às propriedades dos senhores: Antônia da Silveira Justino, Gustavo da Silveira Justino, Lorival dos Santos, Zezinho do Brejo, Sebastião Rafael, Vilma Bernardo, Zezinho Cremente, Paulo Sérgio, Pedro de Oliveira Justino, Maria do Carmo, Marisa e Gilmar, Ed, Tião Lima, Leni, Lourenço e Benedito Amaro.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/138/req_32_2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/138/req_32_2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do departamento de obras, para realizar manutenção nas estradas de acesso às lavouras de café.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/140/req_34_2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/140/req_34_2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do setor de obras, para ser consertada a ponte situada na estrada principal do Bairro Pitangueiras, próximo à escola municipal, trocando os pranchões quebrados.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/141/req_35_2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/141/req_35_2019.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Senhor Prefeito Municipal providenciar, através do setor de obras, para ser feita manutenção nos trechos mais precários da estrada municipal que liga o Bairro Pitangueiras ao Bairro Limeira.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/143/req_37_2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/143/req_37_2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do departamento de obras, para realizar manutenção em estrada do Bairro Balaio.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/159/req_41-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/159/req_41-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar, através do Departamento de Obras, a reconstrução do bueiro localizado no Bairro Estiva, próximo a igreja, trecho que é calçado.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/161/req_43-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/161/req_43-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal providenciar, através do departamento de obras, para ser cascalhado e aterrado trecho da estrada do Bairro Bela Vista, iniciando no asfalto e seguindo até o retiro do Paulinho Correia.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/187/req_045-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/187/req_045-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar para ser reparado o estrago deixado nas estradas dos Bairros Barra Mansa, Cubatão, Cubatãozinho e Anhumas, pela emprega que passou por Pedralva, no início do ano, aterrando fios de fibra ótica; e encaminhar o termo de autorização expedido pelo Prefeito para que a empresa abrisse valetas na estrada para aterrar os fios.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/206/req_047-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/206/req_047-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do departamento de obras, para ser construído bueiro no trecho da estrada do Bairro Barra Mansa situado no local conhecido por "trevo do Zé Luiz".</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/208/req_048-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/208/req_048-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar, através do departamento de obras, para ser feita manutenção na estrada municipal do Bairro Anhumas, que inicia na loja de materiais de construção do "Chico Zé" e finaliza na junção com a Avenida Antonio Firmino Ferreira, mais conhecida como "estrada do antigo matadouro".</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Denis Wellinton de Souza, Francisco de Assis Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/209/req_050-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/209/req_050-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Sr. Prefeito Municipal realizar, através do departamento de obras, manutenção na estrada de acesso às propriedades dos senhores Joaquim Correia, Luiz Carlos, Moacir e Evaristo e estrada dos demais moradores que esteja precisando de manutenção.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/205/req_051-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/205/req_051-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal construir a ponte no trecho de estrada do bairro Pedrão, que serve como atalho para o Bairro Tamanduá, próximo à propriedade dos senhores Zé Neto e Dito Neto.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/210/req_052-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/210/req_052-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, para que, através do Departamento de Obras, realize a manutenção em toda extensão da estrada municipal do bairro Posses, chegando até as propriedades dos Senhores Amado Sampaio e Vicente Sampaio, bem como o trecho que passa pela residência do senhor Araci, contemplando todo o trajeto do bairro.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/215/req_055-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/215/req_055-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, para que, através do Departamento de Obras, realize a seguinte providência: manutenção em toda extensão da estrada municipal do bairro Abertão, chegando até as propriedades dos Senhores Sebastião Ailton, Luciano, Antônio Osório, Sebastião Dauri, Milton, Sebastião Arnaldo, Marildo, Mareio, Vanderlei e Mauricio, contemplando todo o trajeto do bairro.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/216/req_056-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/216/req_056-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal encaminhar o responsável do setor de obras para melhorias nas estradas do Bairro Balaio e seguindo pela estrada principal até o Bairro Três Paineiras.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/217/req_057-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/217/req_057-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, para que, através do Departamento de Obras, realize a seguinte providência: Manutenção na estrada municipal do Bairro Contendas, que dá acesso às propriedades dos senhores: Sebastião Chagas, Corrêa e Basílio.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/218/req_058-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/218/req_058-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal encaminhar o responsável do setor de obras para melhorias na estrada do Bairro Rezende.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/219/req_059-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/219/req_059-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal realizar o calçamento no trecho de estrada do Bairro Pitangueiras, próximo á propriedade do jovem Paulo Otávio de Souza.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/224/req_064-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/224/req_064-2019.pdf</t>
   </si>
   <si>
     <t>Reitera ao Exmo. Senhor Prefeito Municipal o requerimento feito no dia 18 de fevereiro de 2019, para que seja realizado a manutenção nos acessos aos bairros Campestre, Tamanduá, Correias, Pipa e Pedrão.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/227/req_065-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/227/req_065-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do departamento de obras, para serem realizadas as seguintes melhorias na estrada do Bairro Cubatão: 1) Aterrar a estrada e refazer a valeta em frente ao Pesqueiro do "Sonera"; 2) Cortar a curva próximo à Santa Cruz, lado esquerdo sentido Cubatãozinho/Cubatão; 3) Construir bueiro próximo à casa do senhor Celau; 4) Construir bueiro próximoa  entrada para a casa da senhora Mariana Lopes; 5) Cascalhar e aterrar estrada de acesso à antiga escola, que hoje abriga a sede da ESF; e 6) Aterrar trecho deste o pesqueiro do "Sonera" até a entrada do "Cardoso".</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira, João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/231/req_069-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/231/req_069-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, para que, através do Departamento de Obras, realize manutenção em toda extensão da estrada municipal do Bairro Barra Mansa.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/236/req_072-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/236/req_072-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, para que, através do Departamento de Obras, realize manutenção no bueiro do Bairro Estiva, e no calçamento.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/239/req_075-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/239/req_075-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, para que, através do Departamento de Obras, realize manutenção em toda extensão da estrada municipal do bairro Pedrão, que dá acesso ao Bairro Lagoa.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/240/req_076-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/240/req_076-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, para que, através do Departamento de Obras, tome a seguinte providência: Manutenção em toda extensão da estrada municipal do bairro Pedrão, além do trecho que se inicia na fábrica de polpa de banana do Senhor Aroldo, passando pelo bairro Pipa, em frente ao Pesqueiro da Vanuza e dando acesso à Estação do Pedrão.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/243/req_079-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/243/req_079-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, para que, através do Departamento de Obras, tome a seguinte providência: Manutenção em toda extensão da estrada municipal dos bairros Serrinha e Lagoa.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/245/req_081-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/245/req_081-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal realizar, através do departamento de obras, manutenção em trecho da estrada do Bairro Vintém, que inicia na saída da rodovia e segue até encontrar com o rio, onde existiu uma ponte.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/249/req_084-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/249/req_084-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal demolir a ponte existente e construir nova em uma estrada vicinal do Bairro Sertãozinho, situada próximo ao prédio do grupo escolar.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/263/req_091-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/263/req_091-2019.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Senhor Prefeito Municipal providenciar, através do setor de obras, para ser consertada a ponte situada na estrada principal do Bairro Pitangueiras, próximo à escola municipal, trocando os pranchões quebrados e pregando os que estão soltos.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/322/req_99-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/322/req_99-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do setor de obras, para serem realizados procedimentos para tampar o buraco existente no trecho da estrada do Bairro Posses, em frente à casa da senhora Iracema.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/350/req_105-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/350/req_105-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Sr. Prefeito Municipal realizar manutenção nas estradas municipais de acesso aos Bairros Estiva, Castelhano, Cafarnaum, Belo Ramo, Santo Antônio e Floresta.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/351/req_106-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/351/req_106-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal que seja realizado calçamento no Bairro Jaboticabal, bem como a manutenção de trecho daquela estrada.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/371/req_110-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/371/req_110-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal, para que através do departamento de obras, realize o seguinte serviço: alargar trecho da estrada do Bairro Contendas, situado entre a porteira de baixo e a porteira de cima de entrada para a fazenda da senhora Rosiani, no ponto onde é cortado por um bueiro.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/387/req_114-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/387/req_114-2019.pdf</t>
   </si>
   <si>
     <t>Reitera ao Exmo. Senhor Prefeito Municipal pedido formulado por intermédio por requerimentos apresentados nas sessões dos dias 10 de agosto de 2018, 15 de outubro de 2018 e 11 de março de 2019, para que seja realizada a manutenção de trecho da estrada do Bairro Rocinha.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/388/req_116-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/388/req_116-2019.pdf</t>
   </si>
   <si>
     <t>Reitera ao Exmo. Senhor Prefeito Municipal requerimento feito nos dias 17 de dezembro de 2018, 18 de fevereiro de 2019 e 22 de abril de 2019, para que seja realizado a manutenção nos acessos aos bairros Campestre, Tamanduá, Correias, Pipa e Pedrão.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/475/041_-_requerimento_05-08-2019_-_manutencao_ponte_hQF0CGz.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/475/041_-_requerimento_05-08-2019_-_manutencao_ponte_hQF0CGz.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar para, através do departamento de obras, ser feita manutenção na ponte situada na estrada municipal do Bairro Campestre, logo após a entrada para a fazenda do senhor Ivan Faria Santiago.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/478/014_-_requerimento_05-08-2019_-_estrada_valtinho_LXbmCx7.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/478/014_-_requerimento_05-08-2019_-_estrada_valtinho_LXbmCx7.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do departamento de obras, para ser construído aterro na estrada de acesso para a residência do senhor Valtinho Pereira, no Bairro Pitangueiras.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/479/015_-_requerimento_05-08-2019_-_pedra_-_estrada__ynxqTl8.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/479/015_-_requerimento_05-08-2019_-_pedra_-_estrada__ynxqTl8.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do departamento de obras, para ser retirada uma pedra existente na beirada da estrada do Bairro Barra Mansa, sentido “Fundão”, em uma curva próximo à entrada para a residência do senhor Manoel.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/483/011_-_requerimento_05-08-2019_-_manutencao_estra_EwMlY8k.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/483/011_-_requerimento_05-08-2019_-_manutencao_estra_EwMlY8k.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar, através do departamento de obras, para construir bueiros, passar a patrol e cascalhar estrada que liga Bairro Pitangueiras ao Bairro Três Paineiras, local conhecido por “grota do rosa”.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/485/016_-_requerimento_12-08-2019_-_ponte_barra_mans_1UIKWVn.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/485/016_-_requerimento_12-08-2019_-_ponte_barra_mans_1UIKWVn.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senho Prefeito Municipal fazer parceria com o Prefeito de São José do Alegre para melhorias na ponte situada na estrada municipal do Bairro Barra Mansa, divisa do Município de Pedralva com o Município de São José do Alegre, localizada próximo à propriedade do senhor Dalino.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/486/042_-_requerimento_12-08-2019_-_cascalho_nas_sub_mor9gEc.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/486/042_-_requerimento_12-08-2019_-_cascalho_nas_sub_mor9gEc.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar para que o departamento de obras coloque cascalho em dois trechos da estrada municipal de acesso ao Bairro Cubatão, a saber: 1) subida do Anhumas sentido Cubatãozinho e 2) Subida do Cubatãozinho sentido Cubatão.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/492/013_-_requerimento_19-08-2019_-_bueiro_contendas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/492/013_-_requerimento_19-08-2019_-_bueiro_contendas.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal, para que através do departamento de obras, realize o seguinte serviço: Alargar trecho da estrada do Bairro Contendas, situado entre a porteira de baixo e a porteira de cima de entrada para a fazenda da senhora Rosiani, no ponto onde é cortado por um bueiro.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/500/req_133-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/500/req_133-2019.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Excelentíssimo Senhor Prefeito Municipal, para que através do departamento de obras, realize o seguinte serviço:Passar a patrol, cascalhar, fazer saídas de água e construir bueiros na estrada principal do Bairro Balaio, conhecida como "Serra do Balaio", iniciando próximo à lavoura de bananas do senhor "Tião Peti" até a virada do morro que dá acesso ao Bairro Três Paineiras, seguindo até a casa do senhor Arnaldo.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Evaristo Ribeiro de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/502/req_145-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/502/req_145-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar para que o serviço de engenharia civil da prefeitura juntamente com o departamento de obras realize estudo para alargar o trecho da estrada do Bairro Contendas, situado na subida de acesso para o Bairro Pitangueiras, local onde uma das laterais está desbarrancando.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/503/req_136-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/503/req_136-2019.pdf</t>
   </si>
   <si>
     <t>Reitera ao Prefeito Municipal requerimento feito nos dias 17 de dezembro de 2018, 18 de fevereiro de 2019 e 22 de abril de 2019, e 24 de junho de 2019, para que seja realizada a manutenção nos acessos aos Bairros Campestre, tamanduá, Correias, Pipa e Pedrão.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/504/req_137-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/504/req_137-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar para que sejam sinalizadas as estradas rurais, com placas indicativas da localização de cada bairro.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Deildo Nunes Pereira, Denis Wellinton de Souza, Evaristo Ribeiro de Oliveira, João Alberto Silva, José Paulo da Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/505/req_138-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/505/req_138-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar para que o departamento de obras realize manutenção em toda extensão da estrada municipal do Bairro Cubatão, colocando cascalho, limpando as saídas de água e os bueiros, roçando o mato das laterais e demais serviços que forem necessários.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/523/req_142-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/523/req_142-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar para ser construído o calçamento das Ruas do Córrego Fundo que não são calçadas e a instalação de iluminação pública nos postes existentes no local.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/536/047_-_requerimento_16-09-2019_-_calcamento_em_fr_kUCZ2ER.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/536/047_-_requerimento_16-09-2019_-_calcamento_em_fr_kUCZ2ER.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal calçar em frente à Igrejinha do Bairro Abertão.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/584/req_156-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/584/req_156-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal fazer manutenção na estrada de acesso ao Bairro Cabeçote, iniciando no Bairro Posses até a propriedade do senhor "Juca Américo".</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>Denis Wellinton de Souza, Evaristo Ribeiro de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/586/req_158-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/586/req_158-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Sr. Prefeito Municipal cascalhar estrada que dá acesso para várias residências no Bairro Estiva, sendo uma dessas residências de propriedade do médico Antonio José de Souza.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/595/req_159-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/595/req_159-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal fazer manutenção na estrada situada no Bairro Pedrão, via de acesso à "Pedra do Pedrão" e à várias residências, entre elas a residência do senhor Sebastião Fernandes.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/596/req_160-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/596/req_160-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, passar a patrol e cascalhar trecho da estrada situada no Bairro Lagoa, próxima à Igreja, iniciando no Bar do Nem seguindo até a casa do Márcio, filho do Pedro Veloso.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/597/161-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/597/161-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal providenciar para que o departamento de obras faça manutenção na estrada que liga o Bairro Tamanduá ao Bairro Vintém.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/607/req_164-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/607/req_164-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal construir bueiro na estrada vicinal situada no Bairro Sertãozinho, próximo à Igreja e a entrada para a propriedade do senhor Claudio, por uma extensão de doze metros.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/608/req_165-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/608/req_165-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal providenciar para ser feita manutenção em um bueiro situado na estrada principal do Bairro Cafarnaum, próximo à residência do senhor Zé Cardoso.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/614/req_168-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/614/req_168-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal, realizar manutenção na estrada do Bairro Limeira que liga nas serras do Bairro Balaio e do Bairro Abertão.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/615/req_169-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/615/req_169-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Ex.mo. Senhor Prefeito Municipal realizar manutenção na estrada de acesso à propriedade do senhor Cido, no Bairro Balaio.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/617/req_171-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/617/req_171-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar, através do departamento de obras, para ser colocado cascalho nos pontos críticos da estrada de acesso ao Bairro Lagoa.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/618/req_172-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/618/req_172-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal calçar trecho de aproximadamente 130m na estrada do Bairro Cubatão, margeando as residências situadas naquela localidade, conforme mapa abaixo.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/620/req_174-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/620/req_174-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal providenciar para ser feita manutenção na estrada municipal do Bairro Paulino Paixão, iniciando após o calçamento e a Mercearia do "Márcio do Zé Pereira", seguindo até o seu final.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/622/req_176-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/622/req_176-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal providenciar para ser feita manutenção na estrada municipal do Bairro Anhumas, iniciando na saída da rodovia, em frente ao comércio de materiais de construção do "Chico Zé", seguindo até encontrar com a Avenida Antonio Firmino Ferreira Neto.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>Denis Wellinton de Souza</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/628/req_117-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/628/req_117-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal, para que, através do departamento de obras, realize os seguintes serviços na estrada Municipal do Bairro Cafarnaum: 1. Trocar uma manilha do bueiro situado em frente à residência do senhor Zé Cardoso; 2. Refazer bueiro entupido localizado em frente à casa do senhor Roni Cardoso; 3. Construir um bueiro no trecho de estrada em frente ao terreno do senhor Joaquim Arildo; e 4. Melhorias do trecho de estrada que inicia próximo à casa da senhora Roseli Cardoso e segue até a casa do senhor Joaquim Arildo.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/629/req_178-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/629/req_178-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal passar a patrol e roçar a beirada da estrada por toda extensão da localidade conhecida por "Bachadão" e cascalhar o trecho próximo à casa da família da senhora Andréia, funcionária do Sicoob.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/630/req_179-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/630/req_179-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal passar a patrol e aterrar pontos críticos da estrada do Bairro Pipa.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/631/req_180-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/631/req_180-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal cascalhar estrada que liga Bairro Santo Antônio ao Bairro Cafarnaum, conhecida como "vai e vem".</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/632/req_181-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/632/req_181-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal fazer levantamento para reforma da ponte situada na estrada municipal de acesso ao Bairro Barra Mansa.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, João Alberto Silva, José Paulo da Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/635/req_184-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/635/req_184-2019.pdf</t>
   </si>
   <si>
     <t>Reiterando ao Exmo. Senhor Prefeito Municipal requerimento feito nos dias 17 de dezembro de 2018, 18 de fevereiro, 22 de abril, 24 de Junho e 26 de Agosto de 2019, para que seja realizada a manutenção nos acessos aos bairros Campestre, tamanduá, Correias e Pipa.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Evaristo Ribeiro de Oliveira, José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/643/req_190-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/643/req_190-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do departamento de obras, para ser construído aterro na estrada de acesso para a residência do senhor Francisco de Assis Vilas Boas, Lucas Antonio Realino Vilas Boas, Maria dos Reis Vilas Boas, Maurilio Antonio Vilas Boas, Sebastião José Vilas Boas (Zezé), Ronaldo Pereira da Silva, Maria do Carmo Pereira Silva, José Valter Pereira (Valtinho Pereira), José Geraldo Vilas Boas e Isaías Vilas Boas e familiares do saudoso Eupídio Faria, no Bairro Pitangueiras.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/646/req_192-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/646/req_192-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar para serem realizados os serviços necessários no trecho da estrada do Bairro Tamanduá situado próximo da ponte de concreto, onde algumas pedras estão ressaltadas e nelas carros estão raspando o assoalho.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/651/req_197-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/651/req_197-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito realizar operação tapa-buracos na estrada municipal que inicia no Bairro Campestre e segue pelo Bairro Tamanduá.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar para ser feita manutenção nos trechos da estrada principal do Bairro Pedrão, que se encontram em situação crítica, impossibilitando a passagem do ônibus escolar nos dias de chuva.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/661/req_200-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/661/req_200-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja providenciada a retirada de árvore caída na estrada do Bairro Jaboticabal.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/663/req_202-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/663/req_202-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal providenciar para ser trocada uma manilha, que se encontra quebrada, do bueiro localizado na estrada do Bairro Contendas, sendo o terceiro bueiro na subida para o Bairro Pitangueiras.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/670/req_206-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/670/req_206-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar para serem realizadas melhorias em três pontos da estrada principal que liga o bairro Pitangueiras ao Bairro Limeira, que ficam lisos nos dias de chuva, para que o ônibus escolar possa estar indo buscar e levar os alunos até o Bairro Limeira nos dias de chuva.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/671/req_207-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/671/req_207-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar para ser feita manutenção em dois trechos da estrada principal do Bairro Cubatão, situado após o Bar do Maurício, sentido Cubatão/Barra Mansa.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/672/req_208-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/672/req_208-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito providenciar para que o departamento de obras aterre, coloque cascalho e faça saída de água em trecho da estrada principal do Bairro Santo Antonio, próximo a Fazenda Santana.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/676/req_210-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/676/req_210-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal providenciar para ser feita roçagem do mato na beirada da estrada municipal do Bairro Bela Vista, próximo à fábrica.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/678/req_212-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/678/req_212-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal informar se a prefeitura irá retirar os pedaços da árvore que caiu na estrada do Bairro Jaboticabal ou se é de responsabilidade do proprietário retirar. Sendo de responsabilidade da prefeitura, solicito que sejam retirados os pedaços de madeira, o quanto antes.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/683/req_213-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/683/req_213-2019.pdf</t>
   </si>
   <si>
     <t>Reitera ao Exmo. Senhor Prefeito Municipal requerimento feito nos dias 17 de dezembro de 2018, 18 de fevereiro, 22 de abril, 24 de Junho, 26 de Agosto, e 28 de outubro de 2019, para que seja realizada a manutenção nos acessos aos bairros Campestre, Tamanduá, Correias, Pipa e Pedrão, especialmente para realizar o cascalhamento destas vias, como também promover a retirada dos montes de terra acumulados em trechos da estrada.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/685/req_214-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/685/req_214-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal roçar a beirada das estradas dos Bairros Anhumas, Cubatão, Cubatãozinho e Vintém e fazer as saídas de água.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/686/req_215-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/686/req_215-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal consertar bueiro existente em frente ao segundo portão da fazenda da Senhora Rosiane, no Bairro Contenda, por onde está vazando água, que corre pelo meio da estrada.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/687/req_216-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/687/req_216-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal desentupir bueiro situado no Bairro Estiva, trecho calçado, próximo as residências dos cidadãos Maria da Penha, Fernando do Loto e Elenice Aparecida.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/690/req_218-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/690/req_218-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal manutenção em estradas do Bairro Furnas: estrada de acesso à propriedade do senhor Claudinho da "Agropecuária São Judas Tadeu" e estrada de acesso à propriedade do senhor Clóvis.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/691/req_219-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/691/req_219-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito patrolar e cascalhar estrada localizada no Bairro Posses, de acesso à propriedade do senhor Antonio Pinto.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>Requerimento (Câmara Jovem)</t>
   </si>
   <si>
     <t>Maria Clara Gonçalves Dias</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/510/req_13-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/510/req_13-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal sinalizar as ruas da cidade e as estradas da zona rural.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>João Marcos Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/517/req_19-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/517/req_19-2019.pdf</t>
   </si>
   <si>
     <t>Solicitação a Exmo Sr. Prefeito Municipal a manutenção na ponte rural que dá acesso aos bairros Limeira e Abertão.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Ana Kelly Faria Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/656/req_jovem_23-2019_.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/656/req_jovem_23-2019_.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para ser feita manutenção na ponte situada na estrada do Bairro Alecrim, próximo à Igreja.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>Ketrym Maria Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/657/req_jovem_24-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/657/req_jovem_24-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal sinalizar as estradas rurais, com placas indicativas da localização dos bairros.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1611,68 +1611,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/87/req_03-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/100/req_09-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/105/req_12-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/108/req_15-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/119/04_-_requerimento_07-03-2019_-_estrada_posses.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/122/req_18-2019__manutencao_estradas_estiva_castelhano_....pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/124/req_20-2019_estrada_rocinha.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/125/req_21-2019_ponte_barra_mansa_-_onde_morreram_pessoas.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/128/req_22_2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/130/req_24_2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/131/req_25_2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/132/req_26_2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/134/req_28_02019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/135/req_29_2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/138/req_32_2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/140/req_34_2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/141/req_35_2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/143/req_37_2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/159/req_41-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/161/req_43-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/187/req_045-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/206/req_047-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/208/req_048-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/209/req_050-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/205/req_051-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/210/req_052-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/215/req_055-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/216/req_056-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/217/req_057-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/218/req_058-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/219/req_059-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/224/req_064-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/227/req_065-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/231/req_069-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/236/req_072-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/239/req_075-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/240/req_076-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/243/req_079-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/245/req_081-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/249/req_084-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/263/req_091-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/322/req_99-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/350/req_105-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/351/req_106-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/371/req_110-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/387/req_114-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/388/req_116-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/475/041_-_requerimento_05-08-2019_-_manutencao_ponte_hQF0CGz.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/478/014_-_requerimento_05-08-2019_-_estrada_valtinho_LXbmCx7.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/479/015_-_requerimento_05-08-2019_-_pedra_-_estrada__ynxqTl8.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/483/011_-_requerimento_05-08-2019_-_manutencao_estra_EwMlY8k.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/485/016_-_requerimento_12-08-2019_-_ponte_barra_mans_1UIKWVn.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/486/042_-_requerimento_12-08-2019_-_cascalho_nas_sub_mor9gEc.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/492/013_-_requerimento_19-08-2019_-_bueiro_contendas.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/500/req_133-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/502/req_145-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/503/req_136-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/504/req_137-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/505/req_138-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/523/req_142-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/536/047_-_requerimento_16-09-2019_-_calcamento_em_fr_kUCZ2ER.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/584/req_156-2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/586/req_158-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/595/req_159-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/596/req_160-2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/597/161-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/607/req_164-2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/608/req_165-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/614/req_168-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/615/req_169-2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/617/req_171-2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/618/req_172-2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/620/req_174-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/622/req_176-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/628/req_117-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/629/req_178-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/630/req_179-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/631/req_180-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/632/req_181-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/635/req_184-2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/643/req_190-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/646/req_192-2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/651/req_197-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/661/req_200-2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/663/req_202-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/670/req_206-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/671/req_207-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/672/req_208-2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/676/req_210-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/678/req_212-2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/683/req_213-2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/685/req_214-2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/686/req_215-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/687/req_216-2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/690/req_218-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/691/req_219-2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/510/req_13-2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/517/req_19-2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/656/req_jovem_23-2019_.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/657/req_jovem_24-2019.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/87/req_03-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/100/req_09-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/105/req_12-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/108/req_15-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/119/04_-_requerimento_07-03-2019_-_estrada_posses.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/122/req_18-2019__manutencao_estradas_estiva_castelhano_....pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/124/req_20-2019_estrada_rocinha.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/125/req_21-2019_ponte_barra_mansa_-_onde_morreram_pessoas.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/128/req_22_2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/130/req_24_2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/131/req_25_2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/132/req_26_2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/134/req_28_02019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/135/req_29_2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/138/req_32_2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/140/req_34_2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/141/req_35_2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/143/req_37_2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/159/req_41-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/161/req_43-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/187/req_045-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/206/req_047-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/208/req_048-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/209/req_050-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/205/req_051-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/210/req_052-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/215/req_055-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/216/req_056-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/217/req_057-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/218/req_058-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/219/req_059-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/224/req_064-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/227/req_065-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/231/req_069-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/236/req_072-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/239/req_075-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/240/req_076-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/243/req_079-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/245/req_081-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/249/req_084-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/263/req_091-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/322/req_99-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/350/req_105-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/351/req_106-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/371/req_110-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/387/req_114-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/388/req_116-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/475/041_-_requerimento_05-08-2019_-_manutencao_ponte_hQF0CGz.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/478/014_-_requerimento_05-08-2019_-_estrada_valtinho_LXbmCx7.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/479/015_-_requerimento_05-08-2019_-_pedra_-_estrada__ynxqTl8.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/483/011_-_requerimento_05-08-2019_-_manutencao_estra_EwMlY8k.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/485/016_-_requerimento_12-08-2019_-_ponte_barra_mans_1UIKWVn.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/486/042_-_requerimento_12-08-2019_-_cascalho_nas_sub_mor9gEc.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/492/013_-_requerimento_19-08-2019_-_bueiro_contendas.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/500/req_133-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/502/req_145-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/503/req_136-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/504/req_137-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/505/req_138-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/523/req_142-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/536/047_-_requerimento_16-09-2019_-_calcamento_em_fr_kUCZ2ER.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/584/req_156-2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/586/req_158-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/595/req_159-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/596/req_160-2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/597/161-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/607/req_164-2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/608/req_165-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/614/req_168-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/615/req_169-2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/617/req_171-2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/618/req_172-2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/620/req_174-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/622/req_176-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/628/req_117-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/629/req_178-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/630/req_179-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/631/req_180-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/632/req_181-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/635/req_184-2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/643/req_190-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/646/req_192-2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/651/req_197-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/661/req_200-2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/663/req_202-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/670/req_206-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/671/req_207-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/672/req_208-2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/676/req_210-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/678/req_212-2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/683/req_213-2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/685/req_214-2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/686/req_215-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/687/req_216-2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/690/req_218-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/691/req_219-2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/510/req_13-2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/517/req_19-2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/656/req_jovem_23-2019_.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/657/req_jovem_24-2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H102"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="149.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="133.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="132.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>