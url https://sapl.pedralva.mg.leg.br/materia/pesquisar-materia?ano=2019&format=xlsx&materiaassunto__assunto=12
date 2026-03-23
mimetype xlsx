--- v0 (2025-12-06)
+++ v1 (2026-03-23)
@@ -54,243 +54,243 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/139/req_33_2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/139/req_33_2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Sr. Prefeito Municipal providenciar, através da Secretaria Municipal de Educação, para ser solucionado o problema de abastecimento de água na Escola Municipal localizada no Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/145/req_39_2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/145/req_39_2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal e à Companhia de Saneamento de Minas Gerais, COPASA, verificar e realizar reparos para findar o vazamento da rede de esgoto e manilhamento de águas pluviais que está ocorrendo na tubulação na esquina da Rua Coronel Machado com a Rua Poeta João Carneiro de Rezende, conforme fotos que acompanham a presente proposição.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/146/req_40_2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/146/req_40_2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal informar se há estabelecido um cronograma de coleta de lixo nos bairros rurais, e se não houver, indica-se que este seja criado, para que se possibilite aos moradores que se programem para a coleta. Na hipótese de ser este já existente, requer-se que seja encaminhado à Câmara de Vereadores.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/222/req_062-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/222/req_062-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, para que, através do Departamento de Meio Ambiente, tome a seguinte providência: manutenção na rede de esgoto do Bairro Pedrão.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/229/req_067-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/229/req_067-2019.pdf</t>
   </si>
   <si>
     <t>Solicita aos responsáveis pela Copasa em Pedralva desentupir e consertar a tubulação de esgoto situada atrás das casas localizadas às margens da Rodovia Tancredo Neves, próximo ao trevo de saída da cidade sentido São Lourenço.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira, José Paulo da Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/250/req_085-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/250/req_085-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal e à Companhia de Saneamento de Minas Gerais, COPASA, solucionar situação da saída da rede de esgoto das residências localizadas na Avenida Tancredo Neves, próximas à residência do Sr. José Carmo da Silveira, no trevo da cidade.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/488/030_-_requerimento_12-08-2019_-_copasa_-_escolo__ww8EjVU.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/488/030_-_requerimento_12-08-2019_-_copasa_-_escolo__ww8EjVU.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal e à Companhia de Saneamento de Minas Gerais – COPASA informarem se as gravações de vídeo e imagens em anexo, tratam-se de esgoto sendo jogado diretamente e sem qualquer tratamento no Ribeirão Anhumas. Se sim, requer providências imediatas para a solução do problema.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>João Alberto Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/490/040_-_requerimento_12-08-2019_-_esgoto_bairro_paulino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/490/040_-_requerimento_12-08-2019_-_esgoto_bairro_paulino.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar o desentupimento da rede de esgoto do Bairro Paulino Paixão.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/501/134-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/501/134-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar a limpeza do canal água pluvial que desemboca no Bairro Bica, próximo à Academia da Saúde.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/520/req_139-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/520/req_139-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal enviar, de imediato, a retroescavadeira e funcionários para canalizar a rede de esgoto no Bairro Lagoa.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/522/req_141-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/522/req_141-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal providenciar, através do Departamento de Obras, para ser construída rede para escoamento de água pluvial em trecho da Rua 7 de Maio, no Bairro São José, iniciando em frente à residência do senhor Sebastião Manoel Rodrigues, seguindo paralelo as residências dos senhores Benedito Geraldo Rodrigues, Osmar Rodrigues e José Capitulino de Oliveira e das senhoras Audivina Barbosa Rodrigues, Maria Celeste da Silva Rodrigues, Cleonice Aparecida Apolinário e Mariana Luzia de O. Correia.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, João Alberto Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/531/req_148-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/531/req_148-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar o desentupimento da rede de esgoto do Bairro Paulino Paixão, bem como realizar estudo para verificação das razões deste entupimento ser rotineiro.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/636/req_185-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/636/req_185-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal que seja realizada a coleta do lixo nos Bairros da Pitangueiras e Balaio, bem como nos bairros adjacentes que por ventura essa coleta ainda não tenha se efetivado.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/641/req_188-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/641/req_188-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal instalar lixeiras nos bairros rurais, em locais com maior aglomeração de residências.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/581/ind_04-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/581/ind_04-2019.pdf</t>
   </si>
   <si>
     <t>Indica à gerência local e regional da COPASA estender a rede coletora de esgotamento sanitário no Bairro São José, margeando a Rua Dona Maria Cibele, para que possa ser canalizado o esgoto das residências dessa rua e da Rua Vereador Onofre Firmino Ferreira.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -597,68 +597,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/139/req_33_2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/145/req_39_2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/146/req_40_2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/222/req_062-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/229/req_067-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/250/req_085-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/488/030_-_requerimento_12-08-2019_-_copasa_-_escolo__ww8EjVU.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/490/040_-_requerimento_12-08-2019_-_esgoto_bairro_paulino.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/501/134-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/520/req_139-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/522/req_141-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/531/req_148-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/636/req_185-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/641/req_188-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/581/ind_04-2019.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/139/req_33_2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/145/req_39_2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/146/req_40_2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/222/req_062-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/229/req_067-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/250/req_085-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/488/030_-_requerimento_12-08-2019_-_copasa_-_escolo__ww8EjVU.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/490/040_-_requerimento_12-08-2019_-_esgoto_bairro_paulino.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/501/134-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/520/req_139-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/522/req_141-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/531/req_148-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/636/req_185-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/641/req_188-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/581/ind_04-2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="63.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="131.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="130.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>