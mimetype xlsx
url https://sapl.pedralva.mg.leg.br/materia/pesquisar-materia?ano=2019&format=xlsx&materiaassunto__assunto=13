--- v0 (2026-01-20)
+++ v1 (2026-03-23)
@@ -54,936 +54,936 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>João Alberto Silva, José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/577/pl_023-2019_-_nome_de_rua_geraldo_de_deus.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/577/pl_023-2019_-_nome_de_rua_geraldo_de_deus.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Municipal.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Denis Wellinton de Souza</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/638/pl_032-2019_-_nome_rua_giovane.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/638/pl_032-2019_-_nome_rua_giovane.pdf</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/681/pl_035-2019_-_nome_rua_jose_da_costa_paiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/681/pl_035-2019_-_nome_rua_jose_da_costa_paiva.pdf</t>
   </si>
   <si>
     <t>Estende a denominação da Rua José da Costa Paiva.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Josimar Silva de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/703/pl_036-2019_-_revoga_lei_1.759-2018_-_rua_jovino_bonette.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/703/pl_036-2019_-_revoga_lei_1.759-2018_-_rua_jovino_bonette.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei Municipal n° 1.759/2018, de 29 de agosto de 2018, que "Denomina Logradouro Municipal".</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PLJ</t>
   </si>
   <si>
     <t>Projeto de Lei Jovem (Câmara Jovem)</t>
   </si>
   <si>
     <t>Maria Clara Gonçalves Dias</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/653/projeto_de_lei_jovem_04-2019_-_cacambas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/653/projeto_de_lei_jovem_04-2019_-_cacambas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a colocação e permanência de caçambas de coleta de terra e entulho nas vias e logradouros públicos do município.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/98/req_07-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/98/req_07-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal realizar, através do departamento de obras, conserto em dois pontos no calçamento da Rua Frei Orestes Girard, a saber: 1) Na junção com a Rua Coronel Carneiro e 2) na junção com a Rua Josefina de Oliveira Monti.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/120/04_-_requerimento_07-03-2019_-_proibido_estacion_gYbLTP5.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/120/04_-_requerimento_07-03-2019_-_proibido_estacion_gYbLTP5.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal que instale placa indicativa de “proibido estacionar no horário das 6h às 7h, das 11h às 13h e das 17h às 18h” no trecho da Rua Casemiro Osório que inicia no ponto onde é cortada pela Rua Poeta Carneiro de Rezende até o ponto onde é cortada pela Rua José Belmiro Monti.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/144/req_38_2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/144/req_38_2019.pdf</t>
   </si>
   <si>
     <t>Reitera ao Exmo. Senhor Prefeito Municipal o requerimento apresentado em 10 de dezembro de 2018, que requereria informações acerca de quais providências foram tomadas pela Administração Municipal para reparação da pavimentação da Rua Poeta João Carneiro de Rezende e Pedro Monti, logradouros que tiveram o calçamento trocado no ano de 2016 pela RX Construtora LTDA, e que posteriormente, em relatório de comissão especial desta  Casa, embasado em perícia técnica, foi constatado erro de execução da obra.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/145/req_39_2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/145/req_39_2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal e à Companhia de Saneamento de Minas Gerais, COPASA, verificar e realizar reparos para findar o vazamento da rede de esgoto e manilhamento de águas pluviais que está ocorrendo na tubulação na esquina da Rua Coronel Machado com a Rua Poeta João Carneiro de Rezende, conforme fotos que acompanham a presente proposição.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/160/req_42-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/160/req_42-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal informar o motivo pelo qual não foi reconstruído o quebra-molas que existia na Rua Frei Orestes Girard antes de ser trocado o calçamento e providenciar para ser reconstruído.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/188/req_046-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/188/req_046-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar para que, através do Departamento de Obras, sejam consertados os buracos no calçamento da Avenida Cláudio Rodrigues de Souza.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/207/req_049-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/207/req_049-2019.pdf</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/221/req_061-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/221/req_061-2019.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Sr. Prefeito Municipal prestar informações quanto ao funcionamento do terminal rodoviário, durante o período em que estiver sendo feita a troca do calçamento de trecho da Rua Pedro Monti e do pátio da rodoviária, a saber: 1) Será instalada placa informando o local de embarque e desembarque na Rua Coronel Canuto? 2) Os passageiros deverão continuar comprando a passagem no terminal da rodoviária? Se sim, será instalada placa no local de embarque e desembarque informando que deverão comprar a passagem no guichê da rodoviária? 3) Os banheiros da rodoviária continuarão funcionando normalmente? Se sim, será colocada placa informando aos passageiros que para utilizar banheiro deverão se dirigir à rodoviária? 4) Qual a previsão para finalização do calçamento?</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/223/req_064-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/223/req_064-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal que seja realizada manutenção em calçamento da Rua Coronel Machado, em frente ao Mini Mercado.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/229/req_067-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/229/req_067-2019.pdf</t>
   </si>
   <si>
     <t>Solicita aos responsáveis pela Copasa em Pedralva desentupir e consertar a tubulação de esgoto situada atrás das casas localizadas às margens da Rodovia Tancredo Neves, próximo ao trevo de saída da cidade sentido São Lourenço.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/232/req_070-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/232/req_070-2019.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal encaminhar à Câmara Municipal cópia do projeto de engenharia da canalização de água pluvial de trecho da Rua Pedro Monti ligando com o pátio da rodoviária e com a Rua Coronel Canuto.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/241/req_077-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/241/req_077-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, para que, através do Departamento de Obras Urbanas, seja construído um quebra-mola na Rua Frei Oreste Girardi, em frente às residências n°s 200 e 205, na baixada do Bairro Bica.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/242/req_078-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/242/req_078-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, para que, através do Departamento de Obras Urbanas, faça a manutenção no calçamento da Rua Josino Tomé.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/247/req_082-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/247/req_082-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal realizar manutenção na Rua Coronel Estevam de Rezende, trecho que inicia na esquina com a Rua Pedro Monti e finaliza em frente à Escola Amplera.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira, José Paulo da Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/250/req_085-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/250/req_085-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal e à Companhia de Saneamento de Minas Gerais, COPASA, solucionar situação da saída da rede de esgoto das residências localizadas na Avenida Tancredo Neves, próximas à residência do Sr. José Carmo da Silveira, no trevo da cidade.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/252/req_087-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/252/req_087-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal que seja realizada manutenção em calçamento da Rua José Belmiro Monti, em especial nas proximidades do Estádio Monti, conforme fotos em anexo.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/264/req_092-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/264/req_092-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal realizar manutenção em calçamento da Rua Rio Branco, em especial em trecho próximo no cruzamento com a Rua São Sebastião, no Bairro São José.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/265/req_093-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/265/req_093-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar o calçamento das Ruas Joaquim Carlos de Paiva Caldas e Miguel Piazza Filho, no Loteamento Antônio Monti.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Francisco de Assis Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/318/req_95-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/318/req_95-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Sr. Prefeito Municipal trocar o calçamento da Rua Professor Cláudio de Souza Bustamante, localizada no Bairro Bica, substituindo as pedras "pé de moleque" por bloquetes.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/323/req_100-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/323/req_100-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal que seja realizada manutenção em calçamento da Rua Coronel Canuto, próximo ao Açougue do Marcelo.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/324/req_101-2018.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/324/req_101-2018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal que seja realizada manutenção em calçamento da Rua José Belmiro Monti, próximo a Loja Para Todos.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/341/req_102-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/341/req_102-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do setor de obras, para serem feitos os reparos necessários na ponte situada na Rua Jovino Bonette, no Bairro Bela Vista, próximo ao portão da garagem da prefeitura.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do setor de obras, para ser substituída a grade do bueiro localizado na Avenida Claudio Rodrigues de Souza, no Bairro Anhumas, alguns metros após a residência do senhor Gerson Luiz Correa.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/343/req_104-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/343/req_104-2019.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Senhor Prefeito Municipal seja realizada manutenção em calçamento da Rua Doutor Macêdo, com os piores locais em frente à Padaria da Edwiges, como também, em frente ao Açougue do Maurício.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, José Paulo da Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/352/req_107-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/352/req_107-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal que seja colocada iluminação pública na Rua Jovino Bonette, no Bairro Bela Vista, bem como seja verificada a necessidade de se instalar algum instrumento redutor de velocidade na referida via.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/369/req_108-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/369/req_108-2019.pdf</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/370/req_109-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/370/req_109-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal realizar, através do departamento de obras, manutenção em toda extensão da Avenida Flávio Antônio de Abreu Paiva.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>Evaristo Ribeiro de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/384/req_111-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/384/req_111-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal, para que através do departamento responsável pelas obras no perímetro urbano, realize o seguinte serviço: Construir Faixa Elevada na Travessa José Fortes Bustamante, em frente ao Clube Operário, e na Rua Coronel Canuto, aproximadamente cinco metros após a esquina com a Rua Pedro Monti, sentido Santa Casa.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/385/req_112-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/385/req_112-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Departamento de Edificações e Estradas de Rodagem de Minas Gerais - DEER/MG, verificar as condições do trecho da Rodovia MG 347, entre o Km 38 e 39, que passa pelo Bairro Furnas, e, posteriormente, realizar serviço de recapagem no local, para retirar as ondulações que se formaram na pista.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/480/026_-_requerimento_05-08-2019_-_manutencao_rua_c_KlM1mDQ.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/480/026_-_requerimento_05-08-2019_-_manutencao_rua_c_KlM1mDQ.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar manutenção em calçamento da Rua Coronel Estevam Rezende, especialmente na altura da esquina com a Rua Pedro Monti.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>Denis Wellinton de Souza, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/481/027_-_requerimento_05-08-2019_-_deer_sinalizacao_jiOgRom.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/481/027_-_requerimento_05-08-2019_-_deer_sinalizacao_jiOgRom.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal e ao DEER realizar a pintura e colocar uma placa sinalizadora indicando a existência de redutor de velocidade (quebra-molas), na MG-347, nas intermediações da entrada da cidade de Pedralva, em frente ao Restaurante Panela Velha.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/482/010_-_requerimento_05-08-2019_-_quebra-molas_-_r_TPthlyH.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/482/010_-_requerimento_05-08-2019_-_quebra-molas_-_r_TPthlyH.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal a construção de quebra-molas na Rua Dona Maria Cibele: Um em frente ao bar do Senhor João Mariano e um em frente ao cruzamento com a Rua Juca Osório e próximo à casa do senhor Dito Maia.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>José Paulo da Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/489/029_-_requerimento_12-08-2019_-_correcao_nas_boc_RWyvqTe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/489/029_-_requerimento_12-08-2019_-_correcao_nas_boc_RWyvqTe.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja corrigido as bocas de lobo colocadas na Rua Cel. Carneiro, no chamado Morro do Maurição.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/493/032_-_requerimento_19-08-2019_-_quebra-molas_bai_mMe7nLe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/493/032_-_requerimento_19-08-2019_-_quebra-molas_bai_mMe7nLe.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar a colocação de um quebra-molas e sinalização na via recentemente calçada no Bairro Usina.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/494/033_-_requerimento_19-08-2019_-_esgoto_bairro_usina.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/494/033_-_requerimento_19-08-2019_-_esgoto_bairro_usina.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar a limpeza e desentupimento das saídas de esgoto do Bairro Usina.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/521/req_140-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/521/req_140-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal fazer o calçamento na última rua localizada no final do Bairro São José, via de acesso às residências dos cidadãos Carlão, Marcio, Alex, Joaquim, Milton Taboinha, Marquinho Realino, Luizinho, Dona Fátima, Vítor, Claudio, Gilmar, Silvana, Olívia, Geisi, Luana e Elizangela.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/522/req_141-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/522/req_141-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal providenciar, através do Departamento de Obras, para ser construída rede para escoamento de água pluvial em trecho da Rua 7 de Maio, no Bairro São José, iniciando em frente à residência do senhor Sebastião Manoel Rodrigues, seguindo paralelo as residências dos senhores Benedito Geraldo Rodrigues, Osmar Rodrigues e José Capitulino de Oliveira e das senhoras Audivina Barbosa Rodrigues, Maria Celeste da Silva Rodrigues, Cleonice Aparecida Apolinário e Mariana Luzia de O. Correia.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/524/req_143-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/524/req_143-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizada manutenção do calçamento próximo ao passeio da Travessa José Costa Fortes Bustamante.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/525/req_144-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/525/req_144-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja providenciada as medidas necessárias para que se proceda a identificação dos imóveis localizados em logradouros públicos que receberam denominações por meio de Lei Municipal.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/526/req_145-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/526/req_145-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao encarregado pela COPASA em Pedralva, resolver o problema de vazamento de água que está ocorrendo na Rua Casemiro Osório, em frente ao Bar do Luciano, no Bairro São José.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/527/req_146-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/527/req_146-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal construir rampas de acesso para deficientes físicos nas calçadas, principalmente em frente à estabelecimentos comerciais, estabelecimentos de saúde, escolas, entre outros.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/532/req_149-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/532/req_149-2019.pdf</t>
   </si>
   <si>
     <t>Solicita Prefeito Municipal que seja realizada manutenção em calçamento da Rua Padre Marino, especialmente na altura da esquina com as Ruas Zezé Canuto e Dona Maria Cibele.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/585/req_157-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/585/req_157-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Sr. Prefeito Municipal calçar o trecho de rua em frente ao Lar da Criança Nossa Senhora de Fátima.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/609/req_166-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/609/req_166-2019.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito Municipal providenciar para ser feita pintura de faixa-amarela no trecho da Rua Pedro Monti que inicia em frente à rodoviária e segue até ser cortado pela Rua Poeta João Carneiro de Rezende, lado direito no sentido Centro/Bairro São José.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/610/req_167-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/610/req_167-2019.pdf</t>
   </si>
   <si>
     <t>Solicita informações e pede de providências do Prefeito Municipal para que seja realizada manutenção em calçamento nos pontos mais críticos da Rua José Belmiro Monti, Coronel Machado e Coronel Canuto.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/619/req_173-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/619/req_173-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal incluir na programação de ruas a serem calçadas pela prefeitura até o final do atual mandato, a rua situada no Bairro São José, cujo início parte da Rua Onofre Ferreira Firmino, de onde segue por aproximadamente 90m, conforme mapa abaixo.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/637/req_186-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/637/req_186-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal estudar a possibilidade de retirar o quebra-molas, existente na Rua Juvenil Geraldo Teixeira, do local onde se encontra localizado e reconstruí-lo alguns metros antes ou depois, de forma que não continue em frente à garagem da casa existente naquele local.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/642/req_189-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/642/req_189-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal providenciar junto ao setor de obras para ser consertado um desnível que se formou no calçamento da Rua Prefeito Lafaiete da Costa Paiva, no trecho após o quebra-molas e antes da curva.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/644/req_191-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/644/req_191-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito a construção de um quebra-molas no trecho da Rua Pedro Monti situado entre a Rua São Sebastião e a Rua Zezé Canuto, local onde existe um muro, no Bairro São José.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/647/req_193-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/647/req_193-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar, por meio da Secretaria Municipal de Promoção Social, para ser concedida assistência à Senhora Luciana, com o fornecimento de alguns itens de materiais de construção, necessários para reparos em sua casa, situada na Rua José de Oliveira Lopes, n° 426, esquina com a Rua Rio Branco, no Bairro São José; e enviar engenheiro civil para avaliar as condições do barranco e do calçamento no trecho de esquina da Rua José de Oliveira Lopes com a Rua Rio Branco, que confronta com o terreno da senhora Luciana, que está desbarrancando e o calçamento cedendo.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>Denis Wellinton de Souza, Francisco de Assis Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/648/req_194-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/648/req_194-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito executar as medidas necessárias para recuperar o calçamento no trecho da Rua Coronel Canuto cortado pela Rua Casemiro Osório e pela Rua Coronel Machado.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/649/req_195-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/649/req_195-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal providenciar para que o departamento de serviços públicos faça limpeza nas ruas do Parque Residencial "Claudio de Souza Bustamante".</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/650/req_196-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/650/req_196-2019.pdf</t>
   </si>
   <si>
     <t>Solicita Prefeito Municipal que seja realizada manutenção em calçamento da Rua Dona Miquita, especialmente nas proximidades da Vidraçaria Martins.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/660/req_199-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/660/req_199-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal algumas informações sobre a realização de capina química em algumas ruas da cidade, a saber: 1) Em quais ruas será realizada a aplicação? 2) Embora não esclarecida na publicação, já se apurou que o herbicida a ser aplicado trata-se do Arsenal NA. Tal informação procede? 3) Na hipótese de ser mesmo este o produto, o período de reentrada informado pela Prefeitura na publicação seria de apenas 2 horas. Tal informação procede? Ressalta-se que a própria bula do produto aponta como necessário um interstício de ao menos 24 horas sem contato humano ou animal. 4) Quais os riscos e efeitos decorrentes da exposição ao herbicida, esclarecendo, por gentileza, em dois tópicos: Contato após e dentro do período de 24 horas da aplicação. 5) Que medidas estão sendo tomadas para evitar o contato das pessoas e animais com os locais de aplicação durante o intervalo de reentrada?</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/666/req_204-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/666/req_204-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal limpar o bueiro localizado na beirada da rodovia, no Bairro Paulino Paixão, próximo ao mercado do Márcio Pereira.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/668/req_205-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/668/req_205-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal manter a capina química no perímetro urbano do município de Pedralva.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/692/req_220-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/692/req_220-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizada a sinalização gráfica horizontal indicando os fluxos e a delimitação do pátio da rodoviária.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/693/req_221-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/693/req_221-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal realizar manutenção no calçamento da Rua Padre Marino, trecho entre a Rua Poeta João Carneiro de Rezende e Rua José dos Santos Marques.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/695/req_223-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/695/req_223-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal realizar manutenção por toda extensão da Avenida Geralda de Lima Souza e da Avenida Antonio Firmino Ferreira Neto, situadas no Bairro Anhumas.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal realizar melhorias na Rua Geraldo Benedito da Silva, localizada no loteamento implantado contíguo ao Bairro São José (colocar cascalho e providenciar para ser calçada).</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Requerimento (Câmara Jovem)</t>
   </si>
   <si>
     <t>Graziela Pires Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/256/req_01-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/256/req_01-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao sr. Prefeito Municipal que seja realizado pelo departamento de Meio Ambiente e de Agropecuária, um estudo para que se possa realizar a arborização e jardinagem das ruas da cidade, mas especialmente das entradas.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Thalles Marcos Rodrigues Piazza</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/516/req_17-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/516/req_17-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a construção de um quebra-molas no trecho da Rua Pedro Monti situado entre a Rua São Sebastião e a Rua Zezé Canuto, local onde existe um muro, no Bairro São José.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Ketrym Maria Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/518/req_20-2019_gvEH9mS.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/518/req_20-2019_gvEH9mS.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal pleitear junto ao Departamento de Estrada de Rodagem – DEER a construção de redutores de velocidade e faixa de pedestre na Rodovia MG-347, na altura do Bairro Rezende, em frente ao ponto de ônibus, limite de municípios de Cristina e Pedralva.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito que providencie junto ao setor responsável pela conservação das pontes e estradas públicas do município de Pedralva, para que sejam realizados os procedimentos necessários para melhorias em uma ponte no Bairro Anhumas, conhecida como “ponte do matadouro”.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito que providence, junto ao setor responsável, para que sejam realizadas melhorias nas ruas Gil Evaristo da Silva, Joaquim Carlos de Paiva Caldas e Miguel Piazza Filho, localizadas no loteamento encontrado contíguo ao Bairro Bica com acesso pela Rua Frei Orestes Girard e pela Rua Doutor Macêdo.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção (Câmara Jovem)</t>
   </si>
   <si>
     <t>Fabrício Silva Magalhães</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/498/01_-_mocao_aplauso_25-06-2019_-_prefeito.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/498/01_-_mocao_aplauso_25-06-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>A Câmara Jovem do município de Pedralva, manifesta votos de aplausos e congratulações ao Sr. Josimar Silva de Freitas, pelos relevantes trabalhos prestados na reforma da Rua Pedro Monti.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1290,68 +1290,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/577/pl_023-2019_-_nome_de_rua_geraldo_de_deus.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/638/pl_032-2019_-_nome_rua_giovane.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/681/pl_035-2019_-_nome_rua_jose_da_costa_paiva.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/703/pl_036-2019_-_revoga_lei_1.759-2018_-_rua_jovino_bonette.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/653/projeto_de_lei_jovem_04-2019_-_cacambas.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/98/req_07-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/120/04_-_requerimento_07-03-2019_-_proibido_estacion_gYbLTP5.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/144/req_38_2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/145/req_39_2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/160/req_42-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/188/req_046-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/207/req_049-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/221/req_061-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/223/req_064-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/229/req_067-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/232/req_070-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/241/req_077-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/242/req_078-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/247/req_082-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/250/req_085-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/252/req_087-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/264/req_092-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/265/req_093-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/318/req_95-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/323/req_100-2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/324/req_101-2018.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/341/req_102-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/343/req_104-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/352/req_107-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/369/req_108-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/370/req_109-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/384/req_111-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/385/req_112-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/480/026_-_requerimento_05-08-2019_-_manutencao_rua_c_KlM1mDQ.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/481/027_-_requerimento_05-08-2019_-_deer_sinalizacao_jiOgRom.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/482/010_-_requerimento_05-08-2019_-_quebra-molas_-_r_TPthlyH.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/489/029_-_requerimento_12-08-2019_-_correcao_nas_boc_RWyvqTe.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/493/032_-_requerimento_19-08-2019_-_quebra-molas_bai_mMe7nLe.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/494/033_-_requerimento_19-08-2019_-_esgoto_bairro_usina.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/521/req_140-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/522/req_141-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/524/req_143-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/525/req_144-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/526/req_145-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/527/req_146-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/532/req_149-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/585/req_157-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/609/req_166-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/610/req_167-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/619/req_173-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/637/req_186-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/642/req_189-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/644/req_191-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/647/req_193-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/648/req_194-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/649/req_195-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/650/req_196-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/660/req_199-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/666/req_204-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/668/req_205-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/692/req_220-2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/693/req_221-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/695/req_223-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/256/req_01-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/516/req_17-2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/518/req_20-2019_gvEH9mS.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/498/01_-_mocao_aplauso_25-06-2019_-_prefeito.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/577/pl_023-2019_-_nome_de_rua_geraldo_de_deus.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/638/pl_032-2019_-_nome_rua_giovane.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/681/pl_035-2019_-_nome_rua_jose_da_costa_paiva.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/703/pl_036-2019_-_revoga_lei_1.759-2018_-_rua_jovino_bonette.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/653/projeto_de_lei_jovem_04-2019_-_cacambas.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/98/req_07-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/120/04_-_requerimento_07-03-2019_-_proibido_estacion_gYbLTP5.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/144/req_38_2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/145/req_39_2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/160/req_42-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/188/req_046-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/207/req_049-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/221/req_061-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/223/req_064-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/229/req_067-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/232/req_070-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/241/req_077-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/242/req_078-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/247/req_082-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/250/req_085-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/252/req_087-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/264/req_092-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/265/req_093-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/318/req_95-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/323/req_100-2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/324/req_101-2018.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/341/req_102-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/343/req_104-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/352/req_107-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/369/req_108-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/370/req_109-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/384/req_111-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/385/req_112-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/480/026_-_requerimento_05-08-2019_-_manutencao_rua_c_KlM1mDQ.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/481/027_-_requerimento_05-08-2019_-_deer_sinalizacao_jiOgRom.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/482/010_-_requerimento_05-08-2019_-_quebra-molas_-_r_TPthlyH.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/489/029_-_requerimento_12-08-2019_-_correcao_nas_boc_RWyvqTe.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/493/032_-_requerimento_19-08-2019_-_quebra-molas_bai_mMe7nLe.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/494/033_-_requerimento_19-08-2019_-_esgoto_bairro_usina.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/521/req_140-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/522/req_141-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/524/req_143-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/525/req_144-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/526/req_145-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/527/req_146-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/532/req_149-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/585/req_157-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/609/req_166-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/610/req_167-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/619/req_173-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/637/req_186-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/642/req_189-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/644/req_191-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/647/req_193-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/648/req_194-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/649/req_195-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/650/req_196-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/660/req_199-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/666/req_204-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/668/req_205-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/692/req_220-2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/693/req_221-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/695/req_223-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/256/req_01-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/516/req_17-2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/518/req_20-2019_gvEH9mS.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/498/01_-_mocao_aplauso_25-06-2019_-_prefeito.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="64.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="133.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="132.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>