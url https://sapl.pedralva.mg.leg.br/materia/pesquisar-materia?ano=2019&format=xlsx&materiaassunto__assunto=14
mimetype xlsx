--- v0 (2025-12-05)
+++ v1 (2026-03-24)
@@ -54,291 +54,291 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Josimar Silva de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/92/pl_05-2019_-_credito_suplementar_r_200.00000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/92/pl_05-2019_-_credito_suplementar_r_200.00000.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2019, crédito suplementar no valor de R$ 200.000,00, para reforço de dotação orçamentária, e dá outras providências.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/93/pl_06-2019_-_subvencao_social_as_entidades_2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/93/pl_06-2019_-_subvencao_social_as_entidades_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de subvenção social às Entidades para o exercício de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/94/pl_07-2019_-_contribuicao_financeira_a_sampe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/94/pl_07-2019_-_contribuicao_financeira_a_sampe.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de contribuição financeira à Sociedade Amigos do Menor Pedralvense – SAMPE para o exercício de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/118/pl_08-2019_-_contribuicao_financeira_a_casa_da_crianca.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/118/pl_08-2019_-_contribuicao_financeira_a_casa_da_crianca.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Pedralva conceder contribuição financeira a Sociedade de Educação e Assistência Frei Orestes - S.E.A.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/203/pl_011-2019_-_credito_suplementar_orcamento_-_saude.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/203/pl_011-2019_-_credito_suplementar_orcamento_-_saude.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2019 crédito suplementar no valor de R$ 1.172.600,00, para reforço de dotações orçamentárias, e dá outras providências.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/204/pl_012-2019_-ldo_2018-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/204/pl_012-2019_-ldo_2018-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração e execução da lei orçamentária de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/376/pl_015-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/376/pl_015-2019.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2019, crédito suplementar no valor de RS 135.564,00, para reforço de dotação orçamentária, e dá outras providências.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/572/pl_021-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/572/pl_021-2019.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2019, crédito suplementar no valor de R$ 304.000,00, para reforço de dotação orçamentária, e dá outras providências.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/588/pl_024-2019_-_orcamento_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/588/pl_024-2019_-_orcamento_2020.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Pedralva para o exercício de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/589/pl_025-2019_-_alteracoes_ppa_2018-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/589/pl_025-2019_-_alteracoes_ppa_2018-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do Plano Plurianual de Ações para o quadriênio 2018 à 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/592/pl_028-2019_-_credito_suplementar_saude_-_atend._FF8B1It.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/592/pl_028-2019_-_credito_suplementar_saude_-_atend._FF8B1It.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2019, crédito suplementar no valor de R$ 90.000,00, para reforço de dotação orçamentária, e dá outras providências.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/680/pl_034-2019_-_subvencao_santa_casa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/680/pl_034-2019_-_subvencao_santa_casa.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a subvencionar a Santa Casa de Misericórdia de Pedralva, a abrir crédito especial e dá outras providências.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFOFF - Comissão de Finanças, Orçamento e Fiscalização Financeira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/349/pdl_003-2019_aprovacao_da_contas_de_2015.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/349/pdl_003-2019_aprovacao_da_contas_de_2015.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do município de Pedralva relativas ao exercício de 2015.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/598/req_162-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/598/req_162-2019.pdf</t>
   </si>
   <si>
     <t>Encaminha ao Executivo o relatório das despesas pagas pela Prefeitura Municipal no mês de agosto de 2019 e solicita averiguação pelo Executivo se as informações estão corretas. Solicita ainda, caso achem necessário, que sejam feitas sugestões para elaboração dos próximos relatórios mensais.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/621/req_175-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/621/req_175-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal informações se Prefeitura Municipal já possui planejamento prévio de como serão empregados os recursos provenientes da repartição do bônus de assinatura referente à licitação dos volumes excedentes ao contrato de cessão onerosa dos Campos de Petróleo do Pré-Sal, cujos critérios de divisão entre os entes estatais foram regulamentados pela Lei n° 13.885 de 17/10/2019?</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/102/emenda_no_1_-_pl_06-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/102/emenda_no_1_-_pl_06-2019.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 - Modificativa  ao Projeto de Lei nº 6/2019 - Dispõe sobre a concessão de subvenção social às Entidades para o exercício de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/103/emenda_no_1_-_pl_07-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/103/emenda_no_1_-_pl_07-2019.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 - Modificativa ao Projeto de Lei nº 7/2019 - Dispõe sobre a concessão de contribuição financeira à Sociedade Amigos do Menor Pedralvense - SAMPE para o exercício de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e  Redação</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/665/emenda_pl_024-2019_-_loa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/665/emenda_pl_024-2019_-_loa.pdf</t>
   </si>
   <si>
     <t>Emenda n º 1 - Modificativa e Supressiva ao Projeto de Lei nº 24/2019 - Estima a receita e fixa a despesa do Município de Pedralva para o exercício de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/682/emenda_pl_034-2019_subvencao_santa_casa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/682/emenda_pl_034-2019_subvencao_santa_casa.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 - Modificativa ao Projeto de Lei nº 34/2019 - Autoriza o Executivo Municipal a subvencionar a Santa Casa de Misericórdia de Pedralva, a abrir crédito especial e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -645,68 +645,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/92/pl_05-2019_-_credito_suplementar_r_200.00000.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/93/pl_06-2019_-_subvencao_social_as_entidades_2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/94/pl_07-2019_-_contribuicao_financeira_a_sampe.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/118/pl_08-2019_-_contribuicao_financeira_a_casa_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/203/pl_011-2019_-_credito_suplementar_orcamento_-_saude.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/204/pl_012-2019_-ldo_2018-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/376/pl_015-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/572/pl_021-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/588/pl_024-2019_-_orcamento_2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/589/pl_025-2019_-_alteracoes_ppa_2018-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/592/pl_028-2019_-_credito_suplementar_saude_-_atend._FF8B1It.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/680/pl_034-2019_-_subvencao_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/349/pdl_003-2019_aprovacao_da_contas_de_2015.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/598/req_162-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/621/req_175-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/102/emenda_no_1_-_pl_06-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/103/emenda_no_1_-_pl_07-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/665/emenda_pl_024-2019_-_loa.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/682/emenda_pl_034-2019_subvencao_santa_casa.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/92/pl_05-2019_-_credito_suplementar_r_200.00000.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/93/pl_06-2019_-_subvencao_social_as_entidades_2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/94/pl_07-2019_-_contribuicao_financeira_a_sampe.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/118/pl_08-2019_-_contribuicao_financeira_a_casa_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/203/pl_011-2019_-_credito_suplementar_orcamento_-_saude.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/204/pl_012-2019_-ldo_2018-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/376/pl_015-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/572/pl_021-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/588/pl_024-2019_-_orcamento_2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/589/pl_025-2019_-_alteracoes_ppa_2018-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/592/pl_028-2019_-_credito_suplementar_saude_-_atend._FF8B1It.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/680/pl_034-2019_-_subvencao_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/349/pdl_003-2019_aprovacao_da_contas_de_2015.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/598/req_162-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/621/req_175-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/102/emenda_no_1_-_pl_06-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/103/emenda_no_1_-_pl_07-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/665/emenda_pl_024-2019_-_loa.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/682/emenda_pl_034-2019_subvencao_santa_casa.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="61.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="129.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="128.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>