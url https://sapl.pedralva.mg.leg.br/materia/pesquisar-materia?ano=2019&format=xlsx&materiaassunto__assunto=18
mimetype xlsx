--- v0 (2026-01-21)
+++ v1 (2026-03-23)
@@ -54,273 +54,273 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Josimar Silva de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/89/pl_02-2019_-_disciplina_feiras_e_ventos_com_propo_4uAWyWu.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/89/pl_02-2019_-_disciplina_feiras_e_ventos_com_propo_4uAWyWu.pdf</t>
   </si>
   <si>
     <t>Disciplina a realização de feiras e eventos com propósito comerciais no âmbito do Município de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/90/pl_03-2019_-_disciplina_comercio_ambulante.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/90/pl_03-2019_-_disciplina_comercio_ambulante.pdf</t>
   </si>
   <si>
     <t>Disciplina o Comércio Ambulante no âmbito do Município de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/593/pl_029-2019_-_revogando_lei_preservacao_eucalipt_TXWMdQC.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/593/pl_029-2019_-_revogando_lei_preservacao_eucalipt_TXWMdQC.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei Municipal n° 1.770/2018, de 22 de outubro de 2018, que "Dispõe sobre a preservação dos eucaliptos centenários existentes à margem de estrada municipal no Bairro Campestre".</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/612/pl_031-2019_-_mae_navegante.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/612/pl_031-2019_-_mae_navegante.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário de Eventos do Município de Pedralva a data comemorativa em homenagem à Nossa Senhora Mãe Navegante.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Comissão Especial - CE</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/507/pdl_05_2019_comenda_chiinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/507/pdl_05_2019_comenda_chiinho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Comenda “Antônio Nélcio de Abreu, o Chinho” no ano de 2019.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e  Redação</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/639/substitutivo_pl_029-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/639/substitutivo_pl_029-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei Municipal nº 1.770/2018, que "dispõe sobre a proteção dos eucaliptos centenários existentes à margem da estrada municipal do Bairro Campestre".</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/633/req_182-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/633/req_182-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal informações a respeito da conta específica do Fundo Municipal de Cultura, os recursos depositados na mesma no ano de 2019, bem como em quais atividades foram aplicados e em quais valores.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>Requerimento (Câmara Jovem)</t>
   </si>
   <si>
     <t>Thalles Marcos Rodrigues Piazza</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que sejam melhoradas as políticas públicas voltadas para o esporte no município.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/109/emenda_pl_02-2019_-_feiras_comerciais_-_revogacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/109/emenda_pl_02-2019_-_feiras_comerciais_-_revogacao.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 - Aditiva ao Projeto de Lei nº 2/2019 - Disciplina a realização de feiras e eventos com propósito comerciais no âmbito do Município de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/110/emenda_pl_03-2019_-_comercio_ambulante_b-1.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/110/emenda_pl_03-2019_-_comercio_ambulante_b-1.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 - Supressiva ao Projeto de Lei nº 3/2019 - Disciplina o Comércio Ambulante no âmbito do Município de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/111/emenda_pl_03-2019_-_comercio_ambulante_b-2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/111/emenda_pl_03-2019_-_comercio_ambulante_b-2.pdf</t>
   </si>
   <si>
     <t>Emenda nº 2 - Modificativa ao Projeto de Lei nº 3/2019 - Disciplina o Comércio Ambulante no âmbito do Município de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/112/emenda_pl_03-2019_-_comercio_ambulante_b-3.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/112/emenda_pl_03-2019_-_comercio_ambulante_b-3.pdf</t>
   </si>
   <si>
     <t>Emenda nº 3 - Modificativa ao Projeto de Lei nº 3/2019 - Disciplina o Comércio Ambulante no âmbito do Município de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/113/emenda_pl_03-2019_-_comercio_ambulante_b-4.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/113/emenda_pl_03-2019_-_comercio_ambulante_b-4.pdf</t>
   </si>
   <si>
     <t>Emenda nº 4 - Aditiva ao Projeto de Lei nº 3/2019 - Disciplina o Comércio Ambulante no âmbito do Município de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/114/emenda_pl_03-2019_-_comercio_ambulante_b-5_-_trailers.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/114/emenda_pl_03-2019_-_comercio_ambulante_b-5_-_trailers.pdf</t>
   </si>
   <si>
     <t>Emenda nº 5 - Modificativa, Supressiva e Aditiva ao Projeto de Lei nº 3/2019 - Disciplina o Comércio Ambulante no âmbito do Município de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/115/emenda_pl_03-2019_-_comercio_ambulante_b-6.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/115/emenda_pl_03-2019_-_comercio_ambulante_b-6.pdf</t>
   </si>
   <si>
     <t>Emenda nº 6 - Modificativa ao Projeto de Lei nº 3/2019 - Disciplina o Comércio Ambulante no âmbito do Município de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/116/emenda_pl_03-2019_-_comercio_ambulante_b-7_-_art._9o.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/116/emenda_pl_03-2019_-_comercio_ambulante_b-7_-_art._9o.pdf</t>
   </si>
   <si>
     <t>Emenda nº 7 - Modificativa ao Projeto de Lei nº 3/2019 - Disciplina o Comércio Ambulante no âmbito do Município de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/117/emenda_pl_03-2019_-_comercio_ambulante_b-8_-_art_11.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/117/emenda_pl_03-2019_-_comercio_ambulante_b-8_-_art_11.pdf</t>
   </si>
   <si>
     <t>Emenda nº 8 - Modificativa ao Projeto de Lei nº 3/2019 - Disciplina o Comércio Ambulante no âmbito do Município de Pedralva e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -627,68 +627,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/89/pl_02-2019_-_disciplina_feiras_e_ventos_com_propo_4uAWyWu.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/90/pl_03-2019_-_disciplina_comercio_ambulante.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/593/pl_029-2019_-_revogando_lei_preservacao_eucalipt_TXWMdQC.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/612/pl_031-2019_-_mae_navegante.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/507/pdl_05_2019_comenda_chiinho.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/639/substitutivo_pl_029-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/633/req_182-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/109/emenda_pl_02-2019_-_feiras_comerciais_-_revogacao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/110/emenda_pl_03-2019_-_comercio_ambulante_b-1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/111/emenda_pl_03-2019_-_comercio_ambulante_b-2.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/112/emenda_pl_03-2019_-_comercio_ambulante_b-3.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/113/emenda_pl_03-2019_-_comercio_ambulante_b-4.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/114/emenda_pl_03-2019_-_comercio_ambulante_b-5_-_trailers.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/115/emenda_pl_03-2019_-_comercio_ambulante_b-6.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/116/emenda_pl_03-2019_-_comercio_ambulante_b-7_-_art._9o.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/117/emenda_pl_03-2019_-_comercio_ambulante_b-8_-_art_11.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/89/pl_02-2019_-_disciplina_feiras_e_ventos_com_propo_4uAWyWu.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/90/pl_03-2019_-_disciplina_comercio_ambulante.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/593/pl_029-2019_-_revogando_lei_preservacao_eucalipt_TXWMdQC.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/612/pl_031-2019_-_mae_navegante.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/507/pdl_05_2019_comenda_chiinho.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/639/substitutivo_pl_029-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/633/req_182-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/109/emenda_pl_02-2019_-_feiras_comerciais_-_revogacao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/110/emenda_pl_03-2019_-_comercio_ambulante_b-1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/111/emenda_pl_03-2019_-_comercio_ambulante_b-2.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/112/emenda_pl_03-2019_-_comercio_ambulante_b-3.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/113/emenda_pl_03-2019_-_comercio_ambulante_b-4.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/114/emenda_pl_03-2019_-_comercio_ambulante_b-5_-_trailers.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/115/emenda_pl_03-2019_-_comercio_ambulante_b-6.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/116/emenda_pl_03-2019_-_comercio_ambulante_b-7_-_art._9o.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/117/emenda_pl_03-2019_-_comercio_ambulante_b-8_-_art_11.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="45" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="131.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="131" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="210.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>