--- v0 (2026-01-20)
+++ v1 (2026-03-21)
@@ -54,69 +54,69 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/533/018_-_requerimento_16-09-2019_-_revitalizacao_do_L7gEd6M.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/533/018_-_requerimento_16-09-2019_-_revitalizacao_do_L7gEd6M.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal  providenciar para ser feita manutenção no jardim da Praça Carneiro de Rezende (conserto dos bancos, limpeza, plantio de flores e outras medidas necessárias).</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Requerimento (Câmara Jovem)</t>
   </si>
   <si>
     <t>Ana Vitória Ribeiro Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/511/req_13-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/511/req_13-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar campanha para, em parceria com os moradores da cidade, realizar ações para embelezamento da cidade, como construção de passeios onde não existe, pintura em muros, plantio de árvores e flores e instalação de portal nas entradas da cidade, placas informativas sobre os atrativos da cidade, entre outros.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -423,68 +423,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/533/018_-_requerimento_16-09-2019_-_revitalizacao_do_L7gEd6M.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/511/req_13-2019.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/533/018_-_requerimento_16-09-2019_-_revitalizacao_do_L7gEd6M.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/511/req_13-2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="130.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="129.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>