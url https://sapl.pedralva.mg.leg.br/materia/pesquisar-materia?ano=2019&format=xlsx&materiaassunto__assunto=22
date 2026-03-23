--- v0 (2025-12-06)
+++ v1 (2026-03-23)
@@ -54,714 +54,714 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/612/pl_031-2019_-_mae_navegante.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/612/pl_031-2019_-_mae_navegante.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário de Eventos do Município de Pedralva a data comemorativa em homenagem à Nossa Senhora Mãe Navegante.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Comissão Especial - CE</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/184/pdl_01-2019_-_titulo_de_amigo_de_pedralva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/184/pdl_01-2019_-_titulo_de_amigo_de_pedralva.pdf</t>
   </si>
   <si>
     <t>Concede Título de Amigo de Pedralva.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/185/pdl_02-2019_-_titulo_de_cidadao_honorario.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/185/pdl_02-2019_-_titulo_de_cidadao_honorario.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário Pedralvense.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/506/pdl_04_2019_medalha_do_merito_educacional.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/506/pdl_04_2019_medalha_do_merito_educacional.pdf</t>
   </si>
   <si>
     <t>Concede Título de Mérito Educacional “Professor José Raimundo de Faria, o Zé Grande”.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/507/pdl_05_2019_comenda_chiinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/507/pdl_05_2019_comenda_chiinho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Comenda “Antônio Nélcio de Abreu, o Chinho” no ano de 2019.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/679/pdl_06-2019_-_medalha_do_merito_legislativo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/679/pdl_06-2019_-_medalha_do_merito_legislativo.pdf</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Evaristo Ribeiro de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/675/req_209-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/675/req_209-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal construir nova ponte sobre o rio que corta a estrada municipal que passa pelo Bairro Córrego Fundo, estrada conhecida por "atalho do morro frio".</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Deildo Nunes Pereira, Denis Wellinton de Souza, Evaristo Ribeiro de Oliveira, Francisco de Assis Silva, José Paulo da Silva, Marcos Batista, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/121/01_-_mocao_de_pesar_07-03-2019_-_falecimento_mae_dgaEdF8.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/121/01_-_mocao_de_pesar_07-03-2019_-_falecimento_mae_dgaEdF8.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da Senhora Regina Nogueira da Silva, mãe do Nobre Colega Vereador João Alberto Silva.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira, João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/163/mocao_de_pesar_03-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/163/mocao_de_pesar_03-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor Tomé Augusto Ribeiro.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/213/moc_03-2019_aplauso.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/213/moc_03-2019_aplauso.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a senhora Silvia Helena Ribeiro, funcionária pública municipal recentemente aposentada no cargo de auxiliar de serviços gerais da Prefeitura de Pedralva.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/214/moc_04-2019_pesar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/214/moc_04-2019_pesar.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor Benedito Gomes Salgado.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>João Alberto Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/225/mo_05-2019_pesar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/225/mo_05-2019_pesar.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor José Abel Vilas Bôas.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/226/mo_06-2019_pesar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/226/mo_06-2019_pesar.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da senhora Sebastian Magalhães Carvalho Rodrigues.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/234/moc_07-2019_-_pesar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/234/moc_07-2019_-_pesar.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor Antônio Vicente Batista, conhecido por "Tonico", servidor público municipal.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/255/mo_08-2019_aplauso.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/255/mo_08-2019_aplauso.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a todos os envolvidos com a organização e execução das festividades em comemoração aos 132 anos do Município de Pedralva (Solenidades do dia 7 de maio e Rodeio).</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/259/03_-_mocao_de_pesar_13-05-2019_-_prefeito_da_pedra.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/259/03_-_mocao_de_pesar_13-05-2019_-_prefeito_da_pedra.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar em solidariedade aos familiares, pelo falecimento do senhor José Airton Pereira, Prefeito da vizinha cidade de Conceição das Pedras.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/344/mo_10-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/344/mo_10-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao senhor José Benedito Malaquias, funcionário público municipal recentemente aposentado no cargo de Motorista da Prefeitura de Pedralva, que durante muitos anos de sua vida dedicou seus préstimos a nossa cidade com dedicação e lealdade.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/345/mo_11-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/345/mo_11-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso aos alunos atletas, aos professores treinadores Gilmar Gomes, Fábio Monti e Fernando, a todos os servidores colaboradores, bem como, aos diretores da Escola Estadual Comendador Mário Goulart Santiago, pela excelente participação na Etapa Microrregional dos Jogos Escolares de Minas Gerais no ano de 2019.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/346/mo_12-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/346/mo_12-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso aos alunos atletas, ao professor treinador Rodrigo de Oliveira Rosa, a todos os servidores colaboradores, Nino, Débora, além do jovem Buzina, bem como, aos diretores da Escola Estadual Professor Arcádio do Nascimento Moura, pela excelente participação na Etapa Microrregional dos Jogos Escolares de Minas Gerais no ano de 2019.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/347/mo_13-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/347/mo_13-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar em solidariedade aos familiares, pelo falecimento do senhor Benedito Milton da Silva, popularmente conhecido como Milton do Gás.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Deildo Nunes Pereira, Denis Wellinton de Souza, Evaristo Ribeiro de Oliveira, Francisco de Assis Silva, João Alberto Silva, José Paulo da Silva, Marcos Batista, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/348/mo_14-2019_.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/348/mo_14-2019_.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar em solidariedade aos familiares, pelo falecimento da senhora Stellamaris Berg Monteiro Custódio, médica pediatra servidora da Prefeitura de Pedralva.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/372/mo_15-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/372/mo_15-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da senhora Jorgina Vilas Boas Barbedo, ilustre moradora do Bairro Pitangueiras, onde nasceu e viveu por toda sua vida.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Deildo Nunes Pereira, Evaristo Ribeiro de Oliveira, Francisco de Assis Silva, João Alberto Silva, José Paulo da Silva, Marcos Batista, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/373/mo_16-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/373/mo_16-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor José Wagner Monti.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/374/mo_17-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/374/mo_17-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor Márcio Ribeiro de Barros, Tabelião do Cartório de Registro de Imóveis da Comarca de Pedralva.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/375/mo_18-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/375/mo_18-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor José Raimundo Soares, servidor público municipal aposentado.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/476/06_-_mocao_aplauso_-_pedrock.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/476/06_-_mocao_aplauso_-_pedrock.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso aos organizadores da 19ª Edição do Pedrock Festival, em razão da brilhante realização do evento, realizado nos dias 19, 20 e 21 de julho.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/477/07_-_mocao_aplauso_-_prefeito_-_calcamento_rua_p_cb1mFiN.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/477/07_-_mocao_aplauso_-_prefeito_-_calcamento_rua_p_cb1mFiN.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Prefeito Municipal de Pedralva, senhor Josimar Silva de Freitas, pelo trabalho de troca do calçamento e construção de rede pluvial realizado na Rua Pedro Monti.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/528/mo_21-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/528/mo_21-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar falecimento do senhor Enéas de Oliveira Caldas.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/529/mo_22-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/529/mo_22-2019.pdf</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/569/06_-_mocao_de_pesar_16-09-2019_-_maria_beatriz_oliveira.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/569/06_-_mocao_de_pesar_16-09-2019_-_maria_beatriz_oliveira.pdf</t>
   </si>
   <si>
     <t>Moção Pesar pelo falecimento da senhora Maria Beatriz Oliveira, ilustre moradora deste município.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/570/08_-_mocao_aplauso_-_investigador_policia_civil_-_nelson.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/570/08_-_mocao_aplauso_-_investigador_policia_civil_-_nelson.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso, a ser encaminhada a Nelson da Hora Vieira, investido na carreira de Investigador de Polícia, lotado na Delegacia de Polícia Civil de Pedralva, pelos excelentes serviços prestados à comunidade pedralvense.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/571/09_-_mocao_aplauso_-_delegado_policia_civil_-_ma_xeYq6BY.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/571/09_-_mocao_aplauso_-_delegado_policia_civil_-_ma_xeYq6BY.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso, a ser encaminhada a Marcel Ângelo Porto de Oliveira, Delegado de Polícia, lotado na Delegacia de Polícia Civil  de Pedralva, pelos excelentes serviços prestados à comunidade pedralvense.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/600/mo_26-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/600/mo_26-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a ser encaminhada a Exma. Dra. Promotora de Justiça desta Comarca de Pedralva, Dra. Claudia Lopes Silva Scioli, pelo excelente trabalho que desenvolve em prol dos municípios desta Comarca.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/601/mo_27-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/601/mo_27-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a ser encaminhada ao Exmo. Dr. Juiz de Direito desta Comarca de Pedralva, Dr. Daniel Teodoro Mattos da Silva, pelo excelente trabalho que desenvolve em prol dos municípios desta Comarca.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/602/mo_28-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/602/mo_28-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a todos os servidores municipais e cidadãos que estiveram envolvidos no 1º Baile da Melhor Idade, realizado pelo Centro de Referência de Assistência Social.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/603/mo_29-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/603/mo_29-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da senhora Maria Eunice Rezende Abreu, ilustre moradora de Pedralva, onde nasceu e viveu por toda sua vida.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/604/mo_30-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/604/mo_30-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da Sra. Maria Eunice Rezende Abreu,</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/605/mo_31-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/605/mo_31-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar apresentando solidariedade e sentimentos aos familiares do senhor José Mário de Oliveira, ilustre morador do Bairro Tamanduá á, pela sua morte ocorrida no dia 13 de outubro de 2019.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/606/mo_32-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/606/mo_32-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Consulado FlaPedra e as senhoras Maria Ronilda da Silva, Rosilane Aparecida Costa, Patrícia Milene Bertolani e Laís Moreira, e seus familiares e amigos, sendo todos os agraciados organizadores de diversos eventos em comemoração ao Dia das Crianças ocorridos em nosso município, no último dia 12 de outubro.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/613/mo_31-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/613/mo_31-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do da senhora Lourdes de Oliveira Gomes, ilustre moradora deste município.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/626/mo_34-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/626/mo_34-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento, ocorrido no dia 18 de outubro, do jovem Matheus José Carvalho Silveira, ilustre morador deste município.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Denis Wellinton de Souza</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/627/mo_35-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/627/mo_35-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar externando os mais elevados sentimentos de pesar pelo falecimento do jovem Matheus José Carvalho Silveira, ilustre morador deste município, ocorrido no dia 18 de outubro.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/652/mo_36-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/652/mo_36-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar apresentando sinceras condolências e profundo respeito aos familiares da senhora Vicentina Olímpia da Silva Rangel, ilustre moradora do Bairro Bica, neste município, pela sua morte ocorrida no dia 9 de novembro de 2019.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/667/mo_37-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/667/mo_37-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da senhora Maria Candida de Carvalho Lima, ocorrido no dia 24 de novembro, ilustre moradora do Bairro Cubatãozinho, neste município, aos 89 anos</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/673/mo_38-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/673/mo_38-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar externando os mais elevados sentimentos de pesar pelo falecimento da senhora Sebastiana Maria Raimundo, ilustre moradora deste município, ocorrido no dia 28 de novembro.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/674/mo_39-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/674/mo_39-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da senhora Sebastiana Maria Raimundo, ocorrido no dia 28 de novembro, aos 101 anos, ilustre moradora deste município, onde nasceu e viveu por toda sua vida.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/684/mo_40-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/684/mo_40-2019.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso, a ser encaminhada ao senhor Antônio José da Costa, funcionário pública municipal recentemente aposentado no cargo de Ajudante de Serviços Gerais da Prefeitura de Pedralva, que desde o ano de 1994 dedicou seus préstimos a nossa cidade com dedicação e lealdade.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/696/mo_41-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/696/mo_41-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao atleta Samuel de Lima Gonçalves, praticante de Mountain Bike.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/697/mo_42-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/697/mo_42-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso aos comerciantes Maria Aparecida Braga Monti e João Francisco da Silva, proprietários do Bar da Pepê, Bruno Vivian Saltes Fernandes de Abreu e Bruno Saltes de Mascarenhas e Silva, proprietários do Le Petit Gourmet, e Dionísio Rezende Lopes, proprietário do Bar do Dionísio, pela iniciativa de promover apresentações musicais ecléticas e gratuitas aos fins de semana nas proximidades da Praça Municipal de Pedralva/MG.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/701/mo_43-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/701/mo_43-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Senhor Vítor Corrêa, pai do ex-vereador Gerson Luiz Correa, ocorrido no dia 21 de dezembro.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Denis Wellinton de Souza, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/702/mo_44-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/702/mo_44-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Senhor José Carlos Soares, por ato de solidariedade para com um próximo ao prestar atendimento a um acidentado nas margens da rodovia que liga Pedralva a cidade de São José do Alegre, já passada altas horas da madrugada.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>Moção (Câmara Jovem)</t>
   </si>
   <si>
     <t>Fabrício Silva Magalhães</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/498/01_-_mocao_aplauso_25-06-2019_-_prefeito.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/498/01_-_mocao_aplauso_25-06-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>A Câmara Jovem do município de Pedralva, manifesta votos de aplausos e congratulações ao Sr. Josimar Silva de Freitas, pelos relevantes trabalhos prestados na reforma da Rua Pedro Monti.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>Ketrym Maria Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/655/mo_jovem_2-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/655/mo_jovem_2-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao presidente e funcionários da SAMPE, pelo carinho e atenção com que receberam os vereadores jovens em sua sede, no dia 4 de outubro.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1068,68 +1068,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/612/pl_031-2019_-_mae_navegante.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/184/pdl_01-2019_-_titulo_de_amigo_de_pedralva.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/185/pdl_02-2019_-_titulo_de_cidadao_honorario.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/506/pdl_04_2019_medalha_do_merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/507/pdl_05_2019_comenda_chiinho.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/679/pdl_06-2019_-_medalha_do_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/675/req_209-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/121/01_-_mocao_de_pesar_07-03-2019_-_falecimento_mae_dgaEdF8.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/163/mocao_de_pesar_03-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/213/moc_03-2019_aplauso.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/214/moc_04-2019_pesar.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/225/mo_05-2019_pesar.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/226/mo_06-2019_pesar.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/234/moc_07-2019_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/255/mo_08-2019_aplauso.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/259/03_-_mocao_de_pesar_13-05-2019_-_prefeito_da_pedra.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/344/mo_10-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/345/mo_11-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/346/mo_12-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/347/mo_13-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/348/mo_14-2019_.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/372/mo_15-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/373/mo_16-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/374/mo_17-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/375/mo_18-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/476/06_-_mocao_aplauso_-_pedrock.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/477/07_-_mocao_aplauso_-_prefeito_-_calcamento_rua_p_cb1mFiN.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/528/mo_21-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/529/mo_22-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/569/06_-_mocao_de_pesar_16-09-2019_-_maria_beatriz_oliveira.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/570/08_-_mocao_aplauso_-_investigador_policia_civil_-_nelson.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/571/09_-_mocao_aplauso_-_delegado_policia_civil_-_ma_xeYq6BY.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/600/mo_26-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/601/mo_27-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/602/mo_28-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/603/mo_29-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/604/mo_30-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/605/mo_31-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/606/mo_32-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/613/mo_31-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/626/mo_34-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/627/mo_35-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/652/mo_36-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/667/mo_37-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/673/mo_38-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/674/mo_39-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/684/mo_40-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/696/mo_41-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/697/mo_42-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/701/mo_43-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/702/mo_44-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/498/01_-_mocao_aplauso_25-06-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/655/mo_jovem_2-2019.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/612/pl_031-2019_-_mae_navegante.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/184/pdl_01-2019_-_titulo_de_amigo_de_pedralva.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/185/pdl_02-2019_-_titulo_de_cidadao_honorario.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/506/pdl_04_2019_medalha_do_merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/507/pdl_05_2019_comenda_chiinho.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/679/pdl_06-2019_-_medalha_do_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/675/req_209-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/121/01_-_mocao_de_pesar_07-03-2019_-_falecimento_mae_dgaEdF8.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/163/mocao_de_pesar_03-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/213/moc_03-2019_aplauso.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/214/moc_04-2019_pesar.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/225/mo_05-2019_pesar.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/226/mo_06-2019_pesar.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/234/moc_07-2019_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/255/mo_08-2019_aplauso.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/259/03_-_mocao_de_pesar_13-05-2019_-_prefeito_da_pedra.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/344/mo_10-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/345/mo_11-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/346/mo_12-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/347/mo_13-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/348/mo_14-2019_.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/372/mo_15-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/373/mo_16-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/374/mo_17-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/375/mo_18-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/476/06_-_mocao_aplauso_-_pedrock.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/477/07_-_mocao_aplauso_-_prefeito_-_calcamento_rua_p_cb1mFiN.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/528/mo_21-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/529/mo_22-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/569/06_-_mocao_de_pesar_16-09-2019_-_maria_beatriz_oliveira.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/570/08_-_mocao_aplauso_-_investigador_policia_civil_-_nelson.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/571/09_-_mocao_aplauso_-_delegado_policia_civil_-_ma_xeYq6BY.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/600/mo_26-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/601/mo_27-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/602/mo_28-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/603/mo_29-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/604/mo_30-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/605/mo_31-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/606/mo_32-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/613/mo_31-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/626/mo_34-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/627/mo_35-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/652/mo_36-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/667/mo_37-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/673/mo_38-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/674/mo_39-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/684/mo_40-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/696/mo_41-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/697/mo_42-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/701/mo_43-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/702/mo_44-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/498/01_-_mocao_aplauso_25-06-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/655/mo_jovem_2-2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="184.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="132.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="131.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>