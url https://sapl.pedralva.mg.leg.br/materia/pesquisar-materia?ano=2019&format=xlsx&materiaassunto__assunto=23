--- v0 (2025-12-05)
+++ v1 (2026-03-20)
@@ -54,180 +54,180 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Mesa Diretora da Câmara - MESADIR</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/91/pl_04-2019_-_revisao_vencimento_servidores_da_camara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/91/pl_04-2019_-_revisao_vencimento_servidores_da_camara.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos vencimentos dos servidores da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Denis Wellinton de Souza, Evaristo Ribeiro de Oliveira, João Alberto Silva, José Paulo da Silva, Marcos Batista, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/186/proposta_de_emenda_a_lom_01-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/186/proposta_de_emenda_a_lom_01-2019.pdf</t>
   </si>
   <si>
     <t>Altera o parágrafo único do art. 17 da Lei Orgânica Municipal, para abolir a votação secreta na Câmara Municipal de Pedralva-MG.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/104/req_11-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/104/req_11-2019.pdf</t>
   </si>
   <si>
     <t>Solicita a votação, em regime de urgência especial, do Projeto de Lei nº 06/2019 e Projeto de Lei nº 07/2019.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Marcos Batista</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/162/req_44-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/162/req_44-2019.pdf</t>
   </si>
   <si>
     <t>Justifica ao Exmo. Sr. Presidente da Câmara Municipal a falta na reunião da Sessão Ordinária da Câmara Municipal, realizada no dia 25 de março de 2018.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/248/req_083-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/248/req_083-2019.pdf</t>
   </si>
   <si>
     <t>Solicita a votação, em regime de urgência especial, do Projeto de Lei nº 013/2019.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, José Paulo da Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/662/req_201-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/662/req_201-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Presidente da Câmara Municipal que seja verificada a possibilidade e viabilidade de contratação de perito Engenheiro Florestal para elaboração de laudo técnico que possa respaldar a discussão do Projeto de Lei 029/2019, bem como do substitutivo apresentado, que visam a revogação/flexibilização da Lei Municipal n° 1.770/18. Sendo possível, a suspensão da tramitação do projeto se mostra necessária.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>Requerimento (Câmara Jovem)</t>
   </si>
   <si>
     <t>Fabrício Silva Magalhães</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/391/req_05-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/391/req_05-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Nobre Presidente da Câmara Municipal, Sr. Deildo Nunes Pereira, que seja alterado a Legislação vigente que regulamenta a Câmara Jovem, para que as reuniões ordinárias sejam quinzenais.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/508/req_10-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/508/req_10-2019.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Nobre Presidente da Câmara Municipal, que seja extinto o recesso legislativo de julho.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>RCE</t>
   </si>
   <si>
     <t>Relatório da Comissão de Ética</t>
   </si>
   <si>
     <t>CEDP - Comissão de Ética e Decoro Parlamentar</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/496/relatorio_final_-_denuncia_contra_vereador_marco_K6fWoKn.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/496/relatorio_final_-_denuncia_contra_vereador_marco_K6fWoKn.pdf</t>
   </si>
   <si>
     <t>Apuração de representação apresentada por cidadão para averiguar a ocorrência de práticas incompatíveis com o exercício parlamentar pelo Vereador Marcos Batista.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -534,68 +534,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/91/pl_04-2019_-_revisao_vencimento_servidores_da_camara.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/186/proposta_de_emenda_a_lom_01-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/104/req_11-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/162/req_44-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/248/req_083-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/662/req_201-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/391/req_05-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/508/req_10-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/496/relatorio_final_-_denuncia_contra_vereador_marco_K6fWoKn.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/91/pl_04-2019_-_revisao_vencimento_servidores_da_camara.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/186/proposta_de_emenda_a_lom_01-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/104/req_11-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/162/req_44-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/248/req_083-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/662/req_201-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/391/req_05-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/508/req_10-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/496/relatorio_final_-_denuncia_contra_vereador_marco_K6fWoKn.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="143.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="130.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="129.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>