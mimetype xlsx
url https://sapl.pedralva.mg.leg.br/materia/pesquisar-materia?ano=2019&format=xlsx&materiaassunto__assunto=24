--- v0 (2025-12-06)
+++ v1 (2026-03-24)
@@ -54,141 +54,141 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Josimar Silva de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/93/pl_06-2019_-_subvencao_social_as_entidades_2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/93/pl_06-2019_-_subvencao_social_as_entidades_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de subvenção social às Entidades para o exercício de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/94/pl_07-2019_-_contribuicao_financeira_a_sampe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/94/pl_07-2019_-_contribuicao_financeira_a_sampe.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de contribuição financeira à Sociedade Amigos do Menor Pedralvense – SAMPE para o exercício de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/118/pl_08-2019_-_contribuicao_financeira_a_casa_da_crianca.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/118/pl_08-2019_-_contribuicao_financeira_a_casa_da_crianca.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Pedralva conceder contribuição financeira a Sociedade de Educação e Assistência Frei Orestes - S.E.A.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/237/req_073-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/237/req_073-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, para que, através da Assistência Social e do CRAS, tome a providência dê ampla divulgação sobre a tarifa social criada pela COPASA.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/647/req_193-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/647/req_193-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar, por meio da Secretaria Municipal de Promoção Social, para ser concedida assistência à Senhora Luciana, com o fornecimento de alguns itens de materiais de construção, necessários para reparos em sua casa, situada na Rua José de Oliveira Lopes, n° 426, esquina com a Rua Rio Branco, no Bairro São José; e enviar engenheiro civil para avaliar as condições do barranco e do calçamento no trecho de esquina da Rua José de Oliveira Lopes com a Rua Rio Branco, que confronta com o terreno da senhora Luciana, que está desbarrancando e o calçamento cedendo.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CFOFF - Comissão de Finanças, Orçamento e Fiscalização Financeira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/102/emenda_no_1_-_pl_06-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/102/emenda_no_1_-_pl_06-2019.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 - Modificativa  ao Projeto de Lei nº 6/2019 - Dispõe sobre a concessão de subvenção social às Entidades para o exercício de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/103/emenda_no_1_-_pl_07-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/103/emenda_no_1_-_pl_07-2019.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 - Modificativa ao Projeto de Lei nº 7/2019 - Dispõe sobre a concessão de contribuição financeira à Sociedade Amigos do Menor Pedralvense - SAMPE para o exercício de 2019 e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -495,68 +495,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/93/pl_06-2019_-_subvencao_social_as_entidades_2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/94/pl_07-2019_-_contribuicao_financeira_a_sampe.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/118/pl_08-2019_-_contribuicao_financeira_a_casa_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/237/req_073-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/647/req_193-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/102/emenda_no_1_-_pl_06-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/103/emenda_no_1_-_pl_07-2019.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/93/pl_06-2019_-_subvencao_social_as_entidades_2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/94/pl_07-2019_-_contribuicao_financeira_a_sampe.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/118/pl_08-2019_-_contribuicao_financeira_a_casa_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/237/req_073-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/647/req_193-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/102/emenda_no_1_-_pl_06-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/103/emenda_no_1_-_pl_07-2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="61.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="125.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="124.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>