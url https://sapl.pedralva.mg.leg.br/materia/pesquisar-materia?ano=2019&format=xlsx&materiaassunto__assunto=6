--- v0 (2025-12-06)
+++ v1 (2026-03-21)
@@ -54,252 +54,252 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Josimar Silva de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/491/pl_019-2019_-_regulamentacao_transporte_escolar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/491/pl_019-2019_-_regulamentacao_transporte_escolar.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.460/09, de 29/10/2009, que "Dispõe sobre a regulamentação do transporte escolar externo e dá outras providências".</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/590/pl_026-2019_-_pagamento_multa_transito_-_prefeitura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/590/pl_026-2019_-_pagamento_multa_transito_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de multas decorrentes de infrações de trânsito cometidas por condutores de veículos do serviço público municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/101/req_010-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/101/req_010-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal realizar manutenção no telhado da rodoviária, que devido a diversos buracos ali existentes, tem abrigado aves que defecam no local, trazendo sujeira e riscos à saúde dos usuários do terminal, bem como a sua estrutura física.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/120/04_-_requerimento_07-03-2019_-_proibido_estacion_gYbLTP5.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/120/04_-_requerimento_07-03-2019_-_proibido_estacion_gYbLTP5.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal que instale placa indicativa de “proibido estacionar no horário das 6h às 7h, das 11h às 13h e das 17h às 18h” no trecho da Rua Casemiro Osório que inicia no ponto onde é cortada pela Rua Poeta Carneiro de Rezende até o ponto onde é cortada pela Rua José Belmiro Monti.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/207/req_049-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/207/req_049-2019.pdf</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/230/req_068-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/230/req_068-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal realizar, através do Departamento de Obras, melhorias no espaço onde o ônibus escolar faz retorno no Bairro Santo Antonio, localizado no pátio existente em frente à escola.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/238/req_074-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/238/req_074-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, para que, através da Secretaria Municipal de Saúde, disponibilize a esta Casa cópia do inteiro teor dos Pactos realizados no setor de Epidemiologia (Programas de esquistossomose, Leishmaniose e dengue), formulado entre a Prefeitura Municipal de Pedralva e o Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/320/req_97-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/320/req_97-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, junto aos setores competentes, para serem realizados os reparos necessários nos veículos utilizados no transporte escolar, que apresentam algum tipo de problema.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/321/req_98-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/321/req_98-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, junto ao setor de educação, medidas para resolver o problema que vem ocorrendo com o transporte dos alunos da pré-escola que estudam na Escola do Bairro Santo Antonio, em função dos veículos que estão sendo utilizados no transporte desses alunos não apresentarem condições adequadas para o transporte.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/583/req_155-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/583/req_155-2019.pdf</t>
   </si>
   <si>
     <t>Solicita informações e providências ao Prefeito Municipal sobre se o município dispõe de dispositivos de retenção para transporte em veículos de passeio e coletivos de pacientes menores que 7 anos e meio? Se não, quando necessário esse transporte, se são os responsáveis pelo acompanhamento das crianças quem devem providenciar o equipamento de segurança para elas? Ainda na hipótese de não dispor o município das chamadas cadeirinhas de transporte para crianças, aproveita-se então, para indicar a aquisição pelo município destes dispositivos em quantidade compatível com a demanda.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Requerimento (Câmara Jovem)</t>
   </si>
   <si>
     <t>Ketrym Maria Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/258/req_03-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/258/req_03-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal medidas para detectar os fatores que contribuem para a deterioração dos veículos utilizados no transporte escolar.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Ana Kelly Faria Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/514/req_16-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/514/req_16-2019.pdf</t>
   </si>
   <si>
     <t>Solicita Prefeito Municipal instalar placas indicativas de embarque e desembarque de alunos e de velocidade permitida para trânsito próximo às escolas e aos pontos de embarque e desembarque de estudantes, tanto no perímetro urbano como na zona rural e também nos pontos existentes na rodovia.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/582/ind_3-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/582/ind_3-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal criar por lei "vale-transporte" para ser concedido aos funcionários públicos da Prefeitura Municipal de Pedralva que residem em outros municípios.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CSPOAM - Comissão de Serviço Público, Obras e Administração Municipal</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/624/emenda_1_pl_26-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/624/emenda_1_pl_26-2019.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 - Modificativa ao Projeto de Lei nº 26/2019 - Dispõe sobre o pagamento de multas decorrentes de infrações de trânsito cometidas por condutores de veículos do serviço público municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/623/emenda_2_-_pl_26-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/623/emenda_2_-_pl_26-2019.pdf</t>
   </si>
   <si>
     <t>Emenda nº 2 - Modificativa ao Projeto de Lei nº 26/2019 - Dispõe sobre o pagamento de multas decorrentes de infrações de trânsito cometidas por condutores de veículos do serviço público municipal, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -606,68 +606,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/491/pl_019-2019_-_regulamentacao_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/590/pl_026-2019_-_pagamento_multa_transito_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/101/req_010-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/120/04_-_requerimento_07-03-2019_-_proibido_estacion_gYbLTP5.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/207/req_049-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/230/req_068-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/238/req_074-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/320/req_97-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/321/req_98-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/583/req_155-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/258/req_03-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/514/req_16-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/582/ind_3-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/624/emenda_1_pl_26-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/623/emenda_2_-_pl_26-2019.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/491/pl_019-2019_-_regulamentacao_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/590/pl_026-2019_-_pagamento_multa_transito_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/101/req_010-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/120/04_-_requerimento_07-03-2019_-_proibido_estacion_gYbLTP5.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/207/req_049-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/230/req_068-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/238/req_074-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/320/req_97-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/321/req_98-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/583/req_155-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/258/req_03-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/514/req_16-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/582/ind_3-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/624/emenda_1_pl_26-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/623/emenda_2_-_pl_26-2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="66.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="130.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="129.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>