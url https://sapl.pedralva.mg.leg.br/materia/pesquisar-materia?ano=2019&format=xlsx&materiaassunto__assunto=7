--- v0 (2025-12-06)
+++ v1 (2026-03-18)
@@ -54,216 +54,216 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PLJ</t>
   </si>
   <si>
     <t>Projeto de Lei Jovem (Câmara Jovem)</t>
   </si>
   <si>
     <t>Maria Clara Gonçalves Dias</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/653/projeto_de_lei_jovem_04-2019_-_cacambas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/653/projeto_de_lei_jovem_04-2019_-_cacambas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a colocação e permanência de caçambas de coleta de terra e entulho nas vias e logradouros públicos do município.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Evaristo Ribeiro de Oliveira, João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/95/req_04-2019_-_manutencao_sede_associacao_bairro_s_XcUboE9.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/95/req_04-2019_-_manutencao_sede_associacao_bairro_s_XcUboE9.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal que realize melhorias no posto de atendimento da Estratégia Saúde da Família do Bairro Sertãozinho, a saber: 1. Cercar com muro ou tela toda área em volta do imóvel; e 2. Pintar e fazer pequenos reparos na estrutura do imóvel.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/98/req_07-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/98/req_07-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal realizar, através do departamento de obras, conserto em dois pontos no calçamento da Rua Frei Orestes Girard, a saber: 1) Na junção com a Rua Coronel Carneiro e 2) na junção com a Rua Josefina de Oliveira Monti.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/100/req_09-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/100/req_09-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal realizar a manutenção de trecho de estrada do Bairro Paulino Paixão, que dá acesso ao Bairro Correias, Tamanduá, Pipa e Pedrão.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Deildo Nunes Pereira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/105/req_12-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/105/req_12-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal realizar, através da equipe de obras da prefeitura, recuperação de uma ponte e de um trecho da estrada do Bairro Cubatão, situados na estrada municipal, logo após o pesqueiro do "Sonera".</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/140/req_34_2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/140/req_34_2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do setor de obras, para ser consertada a ponte situada na estrada principal do Bairro Pitangueiras, próximo à escola municipal, trocando os pranchões quebrados.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>Evaristo Ribeiro de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/228/req_066-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/228/req_066-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal fazer manutenção no prédio da rodoviária (pintura das paredes e conserto dos banheiros e portas).</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/232/req_070-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/232/req_070-2019.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal encaminhar à Câmara Municipal cópia do projeto de engenharia da canalização de água pluvial de trecho da Rua Pedro Monti ligando com o pátio da rodoviária e com a Rua Coronel Canuto.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/262/req_090-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/262/req_090-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal providenciar, através da Secretaria Municipal de Saúde, para ser fornecido os materiais necessários para construção de forro nas salas do prédio da escola desativada do Bairro Posse, onde, atualmente, funciona o posto de atendimento da Estratégia Saúde da Família.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/640/req_187-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/640/req_187-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar para que a Secretaria Municipal de Educação realize reforma urgente na Escola Municipal "Joaquim Gonçalves da Silva Braga", localizada no Bairro Lagoa, neste município.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Evaristo Ribeiro de Oliveira, José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/643/req_190-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/643/req_190-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do departamento de obras, para ser construído aterro na estrada de acesso para a residência do senhor Francisco de Assis Vilas Boas, Lucas Antonio Realino Vilas Boas, Maria dos Reis Vilas Boas, Maurilio Antonio Vilas Boas, Sebastião José Vilas Boas (Zezé), Ronaldo Pereira da Silva, Maria do Carmo Pereira Silva, José Valter Pereira (Valtinho Pereira), José Geraldo Vilas Boas e Isaías Vilas Boas e familiares do saudoso Eupídio Faria, no Bairro Pitangueiras.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Requerimento (Câmara Jovem)</t>
   </si>
   <si>
     <t>Ketrym Maria Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/658/req_jovem_25-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/658/req_jovem_25-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar, junto ao setor responsável pela conservação dos prédios públicos municipais, para serem realizados os procedimentos necessários para impedir que pombos e maritacas continuem entrando no forro das salas onde funciona a SAMPE, no prédio da rodoviária.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -570,68 +570,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/653/projeto_de_lei_jovem_04-2019_-_cacambas.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/95/req_04-2019_-_manutencao_sede_associacao_bairro_s_XcUboE9.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/98/req_07-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/100/req_09-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/105/req_12-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/140/req_34_2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/228/req_066-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/232/req_070-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/262/req_090-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/640/req_187-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/643/req_190-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/658/req_jovem_25-2019.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/653/projeto_de_lei_jovem_04-2019_-_cacambas.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/95/req_04-2019_-_manutencao_sede_associacao_bairro_s_XcUboE9.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/98/req_07-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/100/req_09-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/105/req_12-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/140/req_34_2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/228/req_066-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/232/req_070-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/262/req_090-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/640/req_187-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/643/req_190-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2019/658/req_jovem_25-2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="63" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="131.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="130.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>