--- v0 (2025-12-05)
+++ v1 (2026-03-19)
@@ -54,366 +54,366 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Josimar Silva de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/705/pl_01-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/705/pl_01-2020.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos Servidores Públicos Municipais e dá outras providências.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/729/pl_06-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/729/pl_06-2020.pdf</t>
   </si>
   <si>
     <t>Cria a Coordenadoria Municipal de Proteção e Defesa Civil (COMPDEC) do Município de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/878/pl_21_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/878/pl_21_2020.pdf</t>
   </si>
   <si>
     <t>Cria e denomina o Centro Municipal de Educação Infantil Prefeito José Fernandes Sobrinho e dá outras providências.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>José Paulo da Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/911/pl_25_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/911/pl_25_2020.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Controle de Natalidade de Cães e Gatos no Município de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFOFF - Comissão de Finanças, Orçamento e Fiscalização Financeira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/732/pdl_01-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/732/pdl_01-2020.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do município de Pedralva relativas ao exercício de 2017.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/707/sub_ao_pl_01-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/707/sub_ao_pl_01-2020.pdf</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/767/req_42-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/767/req_42-2020.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal informações quanto à pesquisa de opinião pública realizada pela Prefeitura para avaliação da Administração Municipal nos mais diversos setores, a qual foi custeada com recursos públicos, a saber: 1) Informações quanto ao processo de contratação da empresa responsável pela pesquisa; 2) Informações gerais da empresa contratada; 3) Informações quanto ao período de realização da pesquisa e à metodologia aplicada; 5) Questionário completo aplicado; 6) O número de entrevistas; 7) Os resultados apurados; e 8) Valor e origem dos recursos despendidos na pesquisa.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/811/req_72-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/811/req_72-2020.pdf</t>
   </si>
   <si>
     <t>Reitera ao Prefeito Municipal solicitação de informações quanto à pesquisa de opinião pública realizada pela Prefeitura para avaliação da Administração Municipal nos mais diversos setores. A sondagem administrativa em questão foi custeada com recursos públicos, razão pela qual, utiliza-se do presente expediente para reiterar informações que não foram respondidas em ofício de resposta encaminhados a esta Casa: 1) Informações quanto ao processo de contratação da empresa responsável pela pesquisa, apresentando especialmente as justificativas para que a sondagem tenha sua realizada e para que fosse feito procedimento de dispensa de licitação para escolha da contratada; 2) Questionário completo aplicado; 3) Os resultados apurados; e 4) Valor e origem dos recursos despendidos na pesquisa.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/819/req_76-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/819/req_76-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal informar, com a apresentação de documentos (processo licitatório, empenhos e nota fiscal), como é feito o pagamento à oficina mecânica denominada "Oficina do Cheiroso", localizada em Itajubá-MG, a qual realiza manutenção em máquinas leves da prefeitura de Pedralva.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/873/req_110_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/873/req_110_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a verificação junto às Secretarias e Departamentos da Administração Municipal, a possibilidade de cumprimento por meio de transmissão ou gravação online das determinações da Emenda à Lei Orgânica Municipal n° 13 de 2018, que instituiu a obrigação de realização de Audiências Públicas para que os Secretários e Diretores de Departamentos prestem contas de suas gestões referentes ao ano anterior.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>Denis Wellinton de Souza, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/928/req_149_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/928/req_149_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja viabilizada a implantação de projeto que vise incentivar a transferência de veículos registrados em outros Município para o Município de Pedralva, nos moldes como outras cidades efetivaram.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/932/req_153_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/932/req_153_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizado um estudo de viabilidade para instalação de painéis solares nos prédios públicos do município, e para que possam aprofundar na análise sobre a questão, requer sejam encaminhadas à Câmara, cópias das contas de energia de todos os prédios públicos, referente aos últimos 3 meses.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/934/req_155_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/934/req_155_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja informado, à Câmara, qual o planejamento adotado pela administração municipal para que a Creche Municipal, que já se encontra em fase de finalização, esteja em pleno funcionamento no ano de 2021. Pede que, entre as informações a serem encaminhadas, estejam englobadas eventuais providências tomadas para aquisição de mobiliário e sobre estudo do quantitativo de contratações que se farão necessárias, discriminando por cargos, respondendo especialmente as perguntas que constam na justificativa do requerimento.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/937/req_157_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/937/req_157_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja encaminhado a esta casa parecer fundamentado justificando o não pagamento de adicional de insalubridade aos Agentes Comunitários de Saúde; apontando legislações, jurisprudências ou fundamentos de ordem financeira, para que assim, possam compreender, se a decisão é de ordem jurídica ou financeira.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/938/req_158_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/938/req_158_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja informado o número adquirido e o valor unitário pago nos totens para disponibilização de álcool em gel e os locais onde foram instalados.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/950/req_166_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/950/req_166_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que sejam informadas quais medidas já foram tomadas ou planejadas para execução das Leis Municipal n° 1.822 e 1.823 de 2020, que, respectivamente, preveem a transmissão online das sessões de licitação e a criação de plataforma digital para acompanhamento das obras no município.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/951/req_167_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/951/req_167_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Presidente da Câmara que seja informado à Prefeitura sobre as obrigações impostas pela Emenda à Lei Orgânica Municipal n° 13/2018, que instituiu a obrigação de convocação pela Câmara Municipal dos responsáveis pelos órgãos da administração municipal, para que estes venham a prestar contas anuais de sua gestão em Audiência Pública. No mesmo sentido, tendo em vista o não cumprimento pela Prefeitura Municipal desta obrigação no exercício de 2019, requer que sejam estas apresentações referentes aos anos de 2019 e 2020.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>Evaristo Ribeiro de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/957/req_170_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/957/req_170_2020.pdf</t>
   </si>
   <si>
     <t>Sugere ao Presidente da Câmara que seja apresentado, pela Mesa Diretora da Casa, projeto de lei fixando novos valores para os agentes políticos de Pedralva, para o mandato que se inicia em 1° de janeiro de 2021, nos seguintes valores: 1) Vereador: Manter o valor atual que é de R$ 1.914,37 (um mil, novecentos e quatorze reais e trinta e sete centavos); 2) Vice-Prefeito: reduzir em 10% (dez por cento) o valor atual que é de 2.702,29 (dois mil, setecentos e dois reais e vinte e nove centavos); 3) Prefeito: reduzir em 30% (trinta por cento) o valor atual que é de R$ 10.809,17 (dez mil, oitocentos e nove reais e dezessete centavo); 4) Secretários Municipais: Manter o valor atual que é de R$ 3.783,21 (três mil, setecentos e oitenta e três reais e vinte e um centavos).</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira, João Alberto Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/967/req-177-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/967/req-177-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal informar as razões que justificaram o pedido endereçado ao Departamento de Estradas de Rodagem do Estado de Minas Gerais, o DEER, para que fosse efetivada a desafetação de 3km da MG-347, quilômetros, 46 ao 49, para que o município assumisse a responsabilidade pela manutenção e administração do trecho.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/991/req-193-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/991/req-193-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal informar, com a devida comprovação documental, as razões de o assentamento dos meios-fios e execução de sarjetas na obras de calçamento da rua Dona Miquita, estar sendo realizado por servidores e material da Prefeitura Municipal e não pela empresa licitada e contratada para tal, a saber, DURO NA QUEDA CONSTRUÇÕES LTDA (CNPJ sob o n° 26.614.327/0001-47).</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/994/req-195-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/994/req-195-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja encaminhado as seguintes informações à Câmara: 1) A prefeitura informou a empresa responsável pela execução das obras de calçamento na Rua Poeta João Carneiro de Rezende, sobre as avarias existentes no asfalto recém colocado? 2) A empresa fará as correções? 3) Quando a empresa retomará as obras para entrega de todo o objeto do contrato? 4) A Prefeitura identificou alguma ação necessária que possa melhorar a captação das águas pluviais?</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e  Redação</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/770/emenda_pl_06-2020_-_compdec.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/770/emenda_pl_06-2020_-_compdec.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 - Modificativa ao Projeto de Lei nº 6/2020 - Cria a Coordenadoria Municipal de Proteção e Defesa Civil (COMPDEC) do Município de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>CSPOAM - Comissão de Serviço Público, Obras e Administração Municipal</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/771/emenda_pl_36-2019_-_regovacao_nome_rua_jovino_bonette.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/771/emenda_pl_36-2019_-_regovacao_nome_rua_jovino_bonette.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 - Aditiva ao Projeto de Lei nº 36/2019 - Dispõe sobre a revogação da Lei Municipal n° 1.759/2018, de 29 de agosto de 2018, que "Denomina Logradouro Municipal".</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/983/emenda_pl_026_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/983/emenda_pl_026_2020.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 - Modificativa e Supressiva ao Projeto de Lei nº 26/2020 - Estima a receita e fixa a despesa do Município de Pedralva para o exercício financeiro de 2021 e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -720,68 +720,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/705/pl_01-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/729/pl_06-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/878/pl_21_2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/911/pl_25_2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/732/pdl_01-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/707/sub_ao_pl_01-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/767/req_42-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/811/req_72-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/819/req_76-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/873/req_110_2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/928/req_149_2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/932/req_153_2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/934/req_155_2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/937/req_157_2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/938/req_158_2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/950/req_166_2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/951/req_167_2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/957/req_170_2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/967/req-177-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/991/req-193-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/994/req-195-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/770/emenda_pl_06-2020_-_compdec.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/771/emenda_pl_36-2019_-_regovacao_nome_rua_jovino_bonette.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/983/emenda_pl_026_2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/705/pl_01-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/729/pl_06-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/878/pl_21_2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/911/pl_25_2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/732/pdl_01-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/707/sub_ao_pl_01-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/767/req_42-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/811/req_72-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/819/req_76-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/873/req_110_2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/928/req_149_2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/932/req_153_2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/934/req_155_2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/937/req_157_2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/938/req_158_2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/950/req_166_2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/951/req_167_2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/957/req_170_2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/967/req-177-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/991/req-193-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/994/req-195-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/770/emenda_pl_06-2020_-_compdec.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/771/emenda_pl_36-2019_-_regovacao_nome_rua_jovino_bonette.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/983/emenda_pl_026_2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="66.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="129.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="129" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>