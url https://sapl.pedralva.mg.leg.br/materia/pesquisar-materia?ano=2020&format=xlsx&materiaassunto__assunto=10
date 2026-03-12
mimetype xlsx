--- v0 (2025-12-06)
+++ v1 (2026-03-12)
@@ -54,210 +54,210 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Josimar Silva de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/705/pl_01-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/705/pl_01-2020.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos Servidores Públicos Municipais e dá outras providências.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Mesa Diretora da Câmara - MESADIR</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/706/pl_02-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/706/pl_02-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos vencimentos dos servidores da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/730/pl_07-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/730/pl_07-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX, do Artigo 37 da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/731/plc_01-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/731/plc_01-2020.pdf</t>
   </si>
   <si>
     <t>Modifica o vencimento-base do cargo de Técnico de Educação e altera a Lei Complementar n° 019/2010, de 27/12/2010.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/793/plc_02-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/793/plc_02-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de vagas para o cargo efetivo de Motorista e dá outras providências.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/825/plc_03-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/825/plc_03-2020.pdf</t>
   </si>
   <si>
     <t>Altera carga horária dos cargos que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/826/plc_04-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/826/plc_04-2020.pdf</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/707/sub_ao_pl_01-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/707/sub_ao_pl_01-2020.pdf</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/757/req_33-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/757/req_33-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja estudada a possibilidade de viabilização da colocação de mais Profissionais Conservas nas estradas vicinais do município, especialmente pela contratação de mão de obra terceirizada residente nos bairros em que forem atuar.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/809/req_69-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/809/req_69-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal o pagamento de uma bonificação salarial aos servidores municipais que atuam na área de saúde, como forma de reconhecer e valorizar suas atitudes na linha de frente da pandemia do novo coronavírus COVID-19.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/866/req_104_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/866/req_104_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar os procedimentos necessários para avaliação das condições de trabalhos dos Agentes Comunitários de Saúde e Auxiliares de Serviços Gerais da Prefeitura Municipal, para que passem a receber o Adicional de Insalubridade.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/872/req_109_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/872/req_109_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja apontado qual o critério utilizado pelo município para o pagamento de ADICIONAL DE INSALUBRIDADE EM GRAU MÉDIO aos servidores lotados nas funções de separação de resíduos sólidos no Centro de Triagem e Compostagem Municipal. Não havendo laudo técnico anterior específico, requer seja realizada perícia técnica por profissional ou empresa especializada para verificação se a exposição aos agentes biológicos insalubres naturais da função está em acordo com o indicado pela Prefeitura.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/877/req_113_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/877/req_113_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal estudar a possibilidade de ser modificada a forma de concessão do auxilio alimentação dos servidores da Prefeitura Municipal de Pedralva, substituindo a cesta básica por vale-refeição.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -564,68 +564,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/705/pl_01-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/706/pl_02-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/730/pl_07-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/731/plc_01-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/793/plc_02-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/825/plc_03-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/826/plc_04-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/707/sub_ao_pl_01-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/757/req_33-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/809/req_69-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/866/req_104_2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/872/req_109_2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/877/req_113_2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/705/pl_01-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/706/pl_02-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/730/pl_07-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/731/plc_01-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/793/plc_02-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/825/plc_03-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/826/plc_04-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/707/sub_ao_pl_01-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/757/req_33-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/809/req_69-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/866/req_104_2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/872/req_109_2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/877/req_113_2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="32.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="92.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>