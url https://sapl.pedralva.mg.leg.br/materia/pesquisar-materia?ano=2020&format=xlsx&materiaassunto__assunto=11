--- v0 (2025-12-06)
+++ v1 (2026-03-12)
@@ -54,951 +54,951 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Evaristo Ribeiro de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/716/req_03-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/716/req_03-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar para serem realizadas as melhorias necessárias no trecho de estrada que liga o Bairro Sertãozinho ao Bairro Pitangueiras, local conhecido como "Subida do Tomás".</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/718/req_05-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/718/req_05-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja feita à manutenção de ponte localizada no Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/720/req_07-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/720/req_07-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja feita a manutenção paliativa de emergência em pontos críticos das estradas do Bairros Posses e Bela Vista.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/722/req_09-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/722/req_09-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja feita a manutenção paliativa de emergência em pontos críticos das estradas dos Bairros Vintém, Cubatãozinho, Cubatão e Barra, bem como, seja dada a manutenção preventiva e duradoura nestas mesmas estradas.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Denis Wellinton de Souza</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/734/req_11-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/734/req_11-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito realizar melhorias em toda extensão da estrada municipal que inicia no Bairro Campestre e segue pelo Bairro Tamanduá, dando atenção especial aos pontos onde a situação é crítica, como em frente à propriedade do senhor José Claudio Giovani e ao trevo de acesso ao Bairro Estiva e ao Bairro Campestre.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/735/req_12-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/735/req_12-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal realizar as melhorias necessárias em trecho de estrada do Bairro Cafarnaum, localizado no trevo de acesso para as residências da “Família Cardoso”.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/736/req_13-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/736/req_13-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito realizar melhorias em toda extensão da estrada municipal de acesso ao Bairro Pedrão, iniciando no Bairro Tamanduá, e por toda extensão da estrada municipal de acesso ao Bairro Correas.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Denis Wellinton de Souza, João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/740/req_17-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/740/req_17-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito fazer manutenção em toda extensão da estrada do Bairro Posses, dando atenção para os trechos de acesso à propriedade do senhor Antonio Pinto e à propriedade do senhor Amado Sampaio</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/741/req_18-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/741/req_18-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal manutenção em toda extensão da estrada municipal do bairro Serrinha, que dá acesso ao Bairro Lagoa, conforme o mapa abaixo:</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/742/req_19-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/742/req_19-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal manutenção em toda extensão da estrada municipal do bairro Pedrão, que dá acesso ao Bairro Lagoa.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/744/req_21-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/744/req_21-2020.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal manutenção em toda extensão da estrada municipal do bairro Furnas e de acesso a propriedade do senhor Antônio Vítor e suas ramificações, que dão acesso às propriedades dos senhores Clóvis, Claudinho, Alexandre e Cláudio.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/746/req_23-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/746/req_23-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal manutenção em toda extensão da estrada municipal do Bairro Jabuticabal, iniciando-se na Rua Doutor Macedo até a rodovia MG-347.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/749/req_26-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/749/req_26-2020.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Sr. Prefeito Municipal fazer manutenção na via de acesso ao Bairro Campestre, iniciando no final da Rua Prefeito Lafaiete da Costa Paiva e seguindo até a subida que faz divisa com a fazenda dos filhos do saudoso Ivan Rodrigues Carneiro.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/757/req_33-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/757/req_33-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja estudada a possibilidade de viabilização da colocação de mais Profissionais Conservas nas estradas vicinais do município, especialmente pela contratação de mão de obra terceirizada residente nos bairros em que forem atuar.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/758/req_34-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/758/req_34-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja providenciada as seguintes providências na Escola Municipal José Fortes Bustamante, no Bairro Santo Antônio: a) Limpeza da área externa, especialmente do parquinho; e b) Limpeza do barro de frente á escola e melhoria desta via que dá acesso ao portão.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/759/req_35-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/759/req_35-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja feita a manutenção paliativa de emergência em pontos críticos das estradas do Bairro Jaboticabal, bem como, seja dada a manutenção preventiva e duradoura nesta estrada, no período climático adequado.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/760/req_36-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/760/req_36-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito melhorar o escoamento da água de chuva em trecho da estrada do Bairro Tamanduá que liga ao Bairro Campestre, próximo à residência da senhora Andréa, aumentar a vazão do bueiro existente no local ou construir outro paralelo.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/768/req_43-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/768/req_43-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar, junto ao departamento de obras, para serem feitos os reparos necessários na ponte situada em estrada do Bairro Cubatão, de acesso para várias residências, próximo ao "Pesqueiro do Arnaldo".</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/769/req_44-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/769/req_44-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar, junto ao departamento de obras, para ser feita manutenção na estrada do Bairro Anhumas, iniciando em frente à loja de materiais de construção do "Chico Zé" seguindo até encontrar com a Avenida Antonio Firmino Ferreira Neto.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/772/req_45-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/772/req_45-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito realizar, através do departamento de obras, manutenção necessária no trecho da estrada do Bairro Cubatão, próximo à encruzilhada de acesso para os Bairros Barra Mansa e Sertãozinho.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/773/req_46-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/773/req_46-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito realizar, através do departamento de obras, as melhorias necessárias no trecho da estrada do Bairro Furnas, de acesso à residência do senhor Clovis e a outras residências.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/782/req_50-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/782/req_50-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito realizar, através do departamento de obras, manutenção nas estradas do Bairro Posses.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>José Paulo da Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/785/req_53-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/785/req_53-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja feita a manutenção paliativa de emergência em pontos críticos das estradas dos Bairros Pitangueiras e Contendas.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/786/req_54-2019.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/786/req_54-2019.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal que seja feita a manutenção paliativa de emergência em pontos críticos das estradas dos Bairros Posses e Bela Vista.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/796/req_59-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/796/req_59-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal reconstruir um pilar de pedra da ponte situada na estrada do Bairro Sertãozinho, próximo à "Venda a Ana".</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/797/req_60-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/797/req_60-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal manutenção em estrada do Bairro Fumas e na ponte situada nesta via, de acesso à propriedade do senhor Claudinho da "Agropecuária São Judas Tadeu", à propriedade do senhor Clóvis e demais propriedades.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/799/req_62-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/799/req_62-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja feita à manutenção de ponte que liga os Bairro Vintém e Tamanduá.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/801/req_64-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/801/req_64-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar para ser feita manutenção na estrada de chegada para a propriedade do senhor Jesus, localizada no Bairro Limeira divisa com o Bairro Três Paineiras.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/805/req_67-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/805/req_67-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito, para que através da Secretaria Municipal de Obras seja tomada a seguinte providência: manutenção na estrada principal de acesso ao Bairro Lagoa, iniciando na “Serrinha”, passando pelas ruas dentro do bairro e seguindo até a divisa com Maria da Fé.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/810/req_68-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/810/req_68-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito, para que através do Departamento Municipal de Obras seja tomada a seguinte providência: Manutenção na estrada principal do Bairro Correias e em suas ramificações.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/816/req_73-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/816/req_73-2020.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Senhor Prefeito Municipal, para que, através do Departamento de Obras, realizar manutenção em toda extensão do trecho da estrada municipal do bairro Pitangueiras, que dá acesso as propriedades dos Senhores(as): Maria dos Reis Vilas Boas, Maurilio Vilas Boas, Benedito Vilas Boas, Sebastião José Vilas Boas, Isaias Carvalho Vilas Boas, José Geraldo Vilas Boas, Ronaldo Pereira da Silva, José Valter Pereira da Silva, Maria do Carmo da Silva, José Irto Vilas Boas e familiares do saudoso Expedito Batista Faria.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/817/req_75-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/817/req_75-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal encaminhar o responsável do setor de obras para melhorias necessárias na estrada do bairro Pitangueiras, que dá acesso à residência do senhor José Arildo Vilas Boas.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/828/req_79-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/828/req_79-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal realizar manutenção na estrada municipal que liga o Bairro Lagoa ao Bairro Pedrão.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/832/req_83-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/832/req_83-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar, através do Departamento de Obras, para serem realizadas melhorias em estradas do Bairro Pipa: Manutenção em toda extensão da estrada conhecida como “atalho do Dito Oscar” e da estrada que inicia no “Pesqueiro da Vanusa”, ambas de acesso ao Bairro Pedrão (passar máquina, cascalhar, fazer saída de água, roçar).</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/842/req_87_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/842/req_87_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar para ser feita manutenção na estrada do Bairro Abertão que dá acesso ao Bairro Pitangueiras, iniciando no local conhecido como "Mato do Sebastião Milton" e seguindo até a porteira da "Fazenda Limeira", de propriedade do senhor José Belmiro Monti.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/843/req_88_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/843/req_88_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar para ser feita manutenção na ponte situada na estrada do Bairro Contendas, localizada após a entrada para a propriedade do senhor "Geraldo Cabeleireiro".</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/844/req_89_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/844/req_89_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar para ser retirada toda terra que se encontra amontoada na beirada da estrada do Bairro Anhumas, trecho que inicia na casa de materiais de construção do "Chico Zé" e segue até encontrar com a Avenida Antonio Firmino Ferreira Neto e com a Avenida Gabriel Firmino de Lima.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/845/req_90_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/845/req_90_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar para ser patrolada, cascalhada e roçada estrada que liga o Bairro Tamanduá (inicia próximo à Igrejinha) ao Bairro Vintém (finaliza no barracão de bananas do Tino).</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Denis Wellinton de Souza, Evaristo Ribeiro de Oliveira, João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/853/req_95_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/853/req_95_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que providencie para ser construído bueiro na estrada principal do Bairro Cafarnaum, próximo à residência da senhora Daniela, e, após construir o bueiro, aterrar a estrada.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/854/req_96_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/854/req_96_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que providencie para ser feita manutenção no trecho de estrada conhecido como "Serra dos Carula", que inicia na saída do Bairro Cafarnaum e segue até o trevo para o Bairro Alecrim.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/855/req_97_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/855/req_97_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que providencie para ser aterrado e cascalhado trecho da estrada do Bairro Rezende, iniciando na saída da rodovia e seguindo sentido Bairro Alecrim.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Francisco de Assis Silva, João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/863/req_102_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/863/req_102_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que faça manutenção na estrada principal do Bairro Angu (patrolar, cascalhar, roçar o mato das beiradas e limpar saídas de água), iniciando na saída da rodovia e seguindo até o "retiro de leite", situado na propriedade arrendada pelo Fernando.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/864/req_103_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/864/req_103_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que faça manutenção por toda extensão das estradas principais do Bairro Posses, dando atenção especial aos pontos críticos.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/868/req_105_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/868/req_105_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao prefeito municipal manutenção na estrada principal do Bairro Pedra Preta e em suas ramificações, dando atenção especial aos pontos críticos.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/880/req_114.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/880/req_114.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal manutenção em um trecho de estrada de aproximadamente 500m, situado na estrada principal que inicia no Bairro Tamanduá e dá acesso ao Bairro Pedrão, tendo seu início na encruzilhada próximo a Igrejinha, de onde segue até o ponto conhecido como "entrada para o Édson".</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/883/req_117.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/883/req_117.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal manutenção na estrada principal do Bairro Correias e em suas ramificações.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/887/req_120_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/887/req_120_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal manutenção da estrada do bairro Santo Antônio, sobretudo no trecho entre o atalho para o Bairro Carfanaum e a Fazenda do Santo Antônio.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/890/req_123_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/890/req_123_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja feita a manutenção da estrada do bairro Paulino Paixão.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/894/req_127_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/894/req_127_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal, de imediato, manutenção na estrada de lavouras de propriedade do senhor "Tonho do Onorfo" e na estrada do cafezal de propriedade do senhor "Fábio do Tomais", ambas localizadas no Bairro Pitangueiras.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/897/req_130_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/897/req_130_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar logística para aguagem de trechos de vias públicas, urbanas e rurais, em que o quadro de formações de poeira esteja mais evidente.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/898/req_131_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/898/req_131_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal manutenção na ponte existente no bairro Pitangueiras.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/899/req_132_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/899/req_132_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal limpeza das beiradas de via já calçada no bairro Pedrão.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/912/req_139_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/912/req_139_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal tomar providências para serem feitos, com urgências, os reparos necessários na ponte situada na estrada do Bairro Sertãozinho, próximo à "Venda a Ana".</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/914/req_141_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/914/req_141_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal construir nova ponte sobre o rio que corta a estrada municipal que passa pelo Bairro Córrego Fundo, estrada conhecida por "atalho do morro frio" e instalar placas informando que a estrada encontra-se interditada para trânsito de veículos, devido a ponte ter caído, até que se construa uma nova ponte.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/915/req_142_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/915/req_142_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizado reparos em ponte no Bairro Contendas que dá acesso ao Bairro Balaio.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/916/req_143_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/916/req_143_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizado reparos em pontes do Bairro Rocinha.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/917/req_144_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/917/req_144_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizada a restauração ou nova construção da ponte no Bairro Córrego Fundo, bem como seja efetivada a devida sinalização do local, enquanto o trabalho necessário não for executado.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/930/req_151_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/930/req_151_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal prestar assistência ao produtor rural Antônio Carlos, filho de "Chiquinho Domiciano", residente no Bairro Pitangueiras, realizando reparos na ponte que fica na estrada de aceso à sua propriedade.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/933/req_154_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/933/req_154_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal manutenção da estrada que liga o bairro da Lagoa ao bairro do Pedrão, sobretudo no trecho apontado nas fotos anexadas ao requerimento.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>João Alberto Silva, José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/940/req_160_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/940/req_160_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal cascalhar trecho da estrada do bairro Posses que inicia próximo à casa do senhor Moacir e finaliza no trevo próximo à casa de dona Iracema e aterrar o trecho em frente à Casa do senhor Marcelo.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/942/req_162_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/942/req_162_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar a colocação de lixeiras metálicas nos bairros rurais.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/948/req_164_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/948/req_164_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Muncipal instalar placas indicativas, nos dois sentidos de direção da ponte situada na estrada que liga Bairro Paulino Paixão ao Bairro Barra Mansa, informando o limite máximo de carga permitida, que sugere que seja limitado entre 10 e 15 toneladas.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/956/req_169_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/956/req_169_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para ser feito, de imediato, limpeza no córrego existente no Bairro Cubatão, o qual corre por alguns metros rente a estrada, atravessa uma ponte e segue pelos terrenos que margeiam a estrada principal, em frente ao "Pesqueiro do Arnaldo".</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/958/req_171_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/958/req_171_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para ser aterrado e ser construídas cabeças com pedras no bueiro existente na estrada de acesso para a propriedade do senhor Jorge dos Santos, no Bairro Correias.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/960/req_173_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/960/req_173_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal: 1) Informar de quem seria a responsabilidade pela manutenção dos chamados passadores de gados. 2) Sendo dos pecuaristas a responsabilidade, que sejam notificados os responsáveis pelos passadores de gado existentes na estrada que liga o Bairro Vintém ao Bairro Tamanduá para que realizem a manutenção dos mesmos. 3) Na hipótese de ser do Poder Público a responsabilidade, seja pelo dever em si, seja pela omissão em acionar terceiros em tese responsáveis, que a Prefeitura realize a manutenção dos referidos dispositivos.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/972/req-181-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/972/req-181-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para ser desentupido o bueiro localizado na estrada do Bairro Barra Mansa, na subida conhecida como "Morro do Lala", próximo aos eucaliptos.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Deildo Nunes Pereira, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/979/req-184-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/979/req-184-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizada a manutenção da estrada do Bairro Vintém, trecho de acesso à Granja do Lourival.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/980/req-185-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/980/req-185-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja reparada ou trocada manilha quebrada, de bueiro que se encontra na estrada principal do Bairro Posses.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/981/req-186-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/981/req-186-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizada a manutenção de trecho da estrada do Bairro Barra, sobretudo no morro que se estende das residências do Senhor Joel do Ervarino e do Wellinton Máximo.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/986/req-188-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/986/req-188-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal informar se foi solicitado recursos junto ao governo de Minas Gerais para execução do serviço de calçamento, que, através de requerimento, apresentou em 2017 e reapresentou em 2018, referente ao calçamento de trecho, de aproximadamente 150 metros, da estrada do Bairro Sertãozinho, situado entre o comércio da senhora Sandra e as residências das senhoras Eliana e Margarida, e apresentar uma posição definitiva se o calçamento será feito ou não e, se for feito, qual a previsão do serviço ser realizado.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/987/req-189-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/987/req-189-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal calçar o trecho da estrada do bairro Sertãozinho, situado entre a Igreja e o posto de atendimento da Estratégia Saúde da Família.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/988/req-190-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/988/req-190-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal reconstruir rede de esgoto no Bairro Lagoa, localizada na via principal.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/996/req-197-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/996/req-197-2020.pdf</t>
   </si>
   <si>
     <t>Solicita informações ao Prefeito Municipal, a saber: 1) Relatar tecnicamente, porém, de forma didática, quais os complicadores existentes no local, para a realização de obras na ponte do atalho do Córrego Fundo; 2) O responsável pela engenharia civil da Prefeitura tem acompanhado as obras realizadas? Há relatórios, pareceres, laudos ou qualquer outra documentação de autoria e/ou responsabilidade da engenharia civil relacionada às obras no local? 3) Há alguma planilha de custos realizada vislumbrando a construção de uma ponte de alvenaria no local? 4) Qual a previsão para nova intervenção local? O que a Prefeitura pretende fazer de diferente para que a obra tenha a durabilidade esperada? 5) Após duas intervenções que não tiveram a efetividade esperada, qual foi o custo destas obras para os cofres públicos? Especificar o custo dos materiais utilizados, bem como, as horas de trabalho exigidas e o número de servidores envolvidos e suas respectivas funções.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1305,68 +1305,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/716/req_03-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/718/req_05-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/720/req_07-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/722/req_09-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/734/req_11-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/735/req_12-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/736/req_13-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/740/req_17-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/741/req_18-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/742/req_19-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/744/req_21-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/746/req_23-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/749/req_26-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/757/req_33-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/758/req_34-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/759/req_35-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/760/req_36-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/768/req_43-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/769/req_44-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/772/req_45-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/773/req_46-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/782/req_50-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/785/req_53-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/786/req_54-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/796/req_59-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/797/req_60-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/799/req_62-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/801/req_64-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/805/req_67-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/810/req_68-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/816/req_73-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/817/req_75-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/828/req_79-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/832/req_83-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/842/req_87_2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/843/req_88_2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/844/req_89_2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/845/req_90_2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/853/req_95_2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/854/req_96_2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/855/req_97_2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/863/req_102_2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/864/req_103_2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/868/req_105_2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/880/req_114.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/883/req_117.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/887/req_120_2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/890/req_123_2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/894/req_127_2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/897/req_130_2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/898/req_131_2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/899/req_132_2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/912/req_139_2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/914/req_141_2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/915/req_142_2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/916/req_143_2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/917/req_144_2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/930/req_151_2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/933/req_154_2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/940/req_160_2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/942/req_162_2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/948/req_164_2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/956/req_169_2020.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/958/req_171_2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/960/req_173_2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/972/req-181-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/979/req-184-2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/980/req-185-2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/981/req-186-2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/986/req-188-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/987/req-189-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/988/req-190-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/996/req-197-2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/716/req_03-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/718/req_05-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/720/req_07-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/722/req_09-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/734/req_11-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/735/req_12-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/736/req_13-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/740/req_17-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/741/req_18-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/742/req_19-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/744/req_21-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/746/req_23-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/749/req_26-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/757/req_33-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/758/req_34-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/759/req_35-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/760/req_36-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/768/req_43-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/769/req_44-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/772/req_45-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/773/req_46-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/782/req_50-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/785/req_53-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/786/req_54-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/796/req_59-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/797/req_60-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/799/req_62-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/801/req_64-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/805/req_67-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/810/req_68-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/816/req_73-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/817/req_75-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/828/req_79-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/832/req_83-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/842/req_87_2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/843/req_88_2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/844/req_89_2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/845/req_90_2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/853/req_95_2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/854/req_96_2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/855/req_97_2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/863/req_102_2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/864/req_103_2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/868/req_105_2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/880/req_114.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/883/req_117.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/887/req_120_2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/890/req_123_2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/894/req_127_2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/897/req_130_2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/898/req_131_2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/899/req_132_2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/912/req_139_2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/914/req_141_2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/915/req_142_2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/916/req_143_2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/917/req_144_2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/930/req_151_2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/933/req_154_2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/940/req_160_2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/942/req_162_2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/948/req_164_2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/956/req_169_2020.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/958/req_171_2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/960/req_173_2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/972/req-181-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/979/req-184-2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/980/req-185-2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/981/req-186-2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/986/req-188-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/987/req-189-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/988/req-190-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/996/req-197-2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="66.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>