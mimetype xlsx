--- v0 (2025-12-05)
+++ v1 (2026-03-12)
@@ -54,309 +54,309 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Josimar Silva de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/777/pl_08-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/777/pl_08-2020.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2020, crédito suplementar no valor de R$ 299.500,00, para reforço de dotação orçamentária.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>João Alberto Silva, José Paulo da Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/791/pl_012-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/791/pl_012-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de corte de água na cidade de Pedralva/MG, durante o período de 90 dias, em virtude da pandemia Covid-19 (Coronavírus).</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/792/pl_013-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/792/pl_013-2020.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2020, crédito suplementar no valor de RS 609.000,00, para reforço de dotações orçamentárias.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/806/substitutivo_pl_013-2020_.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/806/substitutivo_pl_013-2020_.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2020, crédito suplementar no valor de RS 572.453,06, para reforço de dotações orçamentárias.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>José Paulo da Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/721/req_08-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/721/req_08-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja encaminhado relatório das ações tornadas pela administração municipal, e eventuais resultados já alcançados, no tocante ao controle da infestação de moscas na cidade.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/751/req_28-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/751/req_28-2020.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal e à Agência da COPASA que seja o mais breve possível finalizada a canalização e tapamento das vias abertas para abastecimento de água, em via do Bairro Usina.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/754/req_30-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/754/req_30-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal substituir por manilhas de 40cm o cano de PVC que atravessa a estrada do Bairro Contendas, logo após o ponto onde finaliza o calçamento, local conhecido por “Curva dos Vianas”.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Evaristo Ribeiro de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/774/req_47-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/774/req_47-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal aterrar as manilhas por onde é canalizada a água que abastece várias propriedades no Bairro Sertãozinho, em frente à quadra.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/784/req_52-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/784/req_52-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar rede de drenagem pluvial na Rua Benedito Gonçalves, no Bairro São José.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/813/req_70-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/813/req_70-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar Rede de Drenagem Pluvial na Rua Josina Tomé, no Bairro São José.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/812/req_71-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/812/req_71-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar Rede de Drenagem Pluvial Rua Benedito Gonçalves, no Bairro São José.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/829/req_80-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/829/req_80-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja refeito o dreno e canalização da mina d’água existente na Rua Geraldo Benedito da Silva.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/846/req_91_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/846/req_91_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal tomar as medidas cabíveis para ser feita limpeza nos lotes que se encontram sujos, situados no perímetro urbano.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/881/req_115.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/881/req_115.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar que o setor de obras da prefeitura troque as manilhas que estão quebradas do bueiro existente após a ponte de tábuas, na estrada do Bairro Anhumas, que inicia na saída da rodovia e em frente à casa de materiais de construção do Chico Zé.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/896/req_129_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/896/req_129_2020.pdf</t>
   </si>
   <si>
     <t>Solicita à Companhia de Saneamento Básico de Minas Gerais - COPASA solucionar, de forma definitiva, problema de entupimento da rede de esgoto da Rua Maria Cibele, no Bairro São José.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/947/req_163_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/947/req_163_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal limpar a valeta e a boca do bueiro localizado na beirada da rodovia, no Bairro Paulino Paixão, próximo ao mercado do Márcio Pereira.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira, José Paulo da Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/961/req_174_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/961/req_174_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizada a manutenção corretiva e definitiva de rede de esgoto no bairro Lagoa, com a colocação de manilhamento.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/988/req-190-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/988/req-190-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal reconstruir rede de esgoto no Bairro Lagoa, localizada na via principal.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e  Redação</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/780/emenda_pl_08-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/780/emenda_pl_08-2020.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 - Modificativa ao Projeto de Lei nº 8/2020 - Abre ao orçamento do Município de Pedralva, para o exercício de 2020, crédito suplementar no valor de R$ 299.500,00, para reforço de dotação orçamentária.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -663,68 +663,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/777/pl_08-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/791/pl_012-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/792/pl_013-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/806/substitutivo_pl_013-2020_.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/721/req_08-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/751/req_28-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/754/req_30-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/774/req_47-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/784/req_52-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/813/req_70-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/812/req_71-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/829/req_80-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/846/req_91_2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/881/req_115.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/896/req_129_2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/947/req_163_2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/961/req_174_2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/988/req-190-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/780/emenda_pl_08-2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/777/pl_08-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/791/pl_012-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/792/pl_013-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/806/substitutivo_pl_013-2020_.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/721/req_08-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/751/req_28-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/754/req_30-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/774/req_47-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/784/req_52-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/813/req_70-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/812/req_71-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/829/req_80-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/846/req_91_2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/881/req_115.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/896/req_129_2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/947/req_163_2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/961/req_174_2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/988/req-190-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/780/emenda_pl_08-2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="63.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="98.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="97.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="250.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>