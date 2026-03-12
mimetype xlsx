--- v0 (2025-10-04)
+++ v1 (2026-03-12)
@@ -54,709 +54,709 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/779/pl_010-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/779/pl_010-2020.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Municipal.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Josimar Silva de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/792/pl_013-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/792/pl_013-2020.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2020, crédito suplementar no valor de RS 609.000,00, para reforço de dotações orçamentárias.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/814/pl_015-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/814/pl_015-2020.pdf</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/806/substitutivo_pl_013-2020_.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/806/substitutivo_pl_013-2020_.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2020, crédito suplementar no valor de RS 572.453,06, para reforço de dotações orçamentárias.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/717/req_04-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/717/req_04-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja feita a manutenção de trecho da Rua Cel. Machado, especialmente próximo à loja da Lurdão e da Igreja Sara Nossa Terra.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>Denis Wellinton de Souza</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/733/req_10-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/733/req_10-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Sr. Prefeito Municipal calçar o trecho de rua em frente ao Lar da Criança Nossa Senhora de Fátima e construir uma cobertura em frente ao portão de entrada, para embarque e desembarque de alunos e funcionários, nos dias de chuva.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/737/req_14-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/737/req_14-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito construção de um quebra-molas no trecho da Rua Pedro Monti situado entre a Rua São Sebastião e a Rua Zezé Canuto, local onde existe um muro, no Bairro São José.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/738/req_15-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/738/req_15-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito manutenção no calçamento e construção de um quebra-molas na Rua São Sebastião, trecho que inicia onde essa rua é cortada pela Rua Pedro Monti até onde é cortada pela Rua Casemiro Osório.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/743/req_20-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/743/req_20-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal construir um quebra-molas ou uma faixa elevada na Rua Frei Orestes Girardi, em frente às residências de nº 200 e _x000D_
  nº 205, na baixada do Bairro Bica.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/750/req_27-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/750/req_27-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal estudar, junto com o departamento de obras, uma maneira de evitar que continue descendo terra no asfalto, no trecho da MG-347, trevo de acesso ao Bairro Tamanduá, e, após esse estudo, executar o serviço, de imediato</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Evaristo Ribeiro de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/763/req_38-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/763/req_38-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal e ao DEER-MG verificar as condições da ponte localizada na rodovia MG-347, no trecho que corta o Bairro Vintém, no Município de Pedralva.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/764/req_39-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/764/req_39-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal providenciar, através do departamento de obras, para serem construídos quebra-molas na Rua Dona Maria Cibele, um em frente ao bar do Senhor João Mariano e um em frente ao cruzamento com a Rua Juca Osório e próximo à casa do senhor Dito Maia.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/766/req_41-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/766/req_41-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja feita a limpeza da rua de acesso ao cemitério que se encontra com muito mato.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/775/req_48-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/775/req_48-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal verificar, através do departamento de obras, as condições da tampa do bueiro existente na Avenida Claudio Rodrigues de Souza e realizar os serviços que forem necessários para consertá-la.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/784/req_52-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/784/req_52-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar rede de drenagem pluvial na Rua Benedito Gonçalves, no Bairro São José.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/788/req_55-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/788/req_55-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar para serem pintados os quebra-molas do perímetro urbano, principalmente os da Avenida Tancredo Neves.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/789/req_56-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/789/req_56-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal calçar a viela existente no Bairro Jabuticabal, que tem seu início na Rua Dr. Macêdo, de acesso à residência do senhor conhecido por "Zé fecha roda" e mais seis residências.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/820/req_77-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/820/req_77-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal seja finalmente realizada a manutenção corretiva, efetiva e duradoura de trecho da Avenida Cláudio Rodrigues de Souza.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>José Paulo da Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/829/req_80-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/829/req_80-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja refeito o dreno e canalização da mina d’água existente na Rua Geraldo Benedito da Silva.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/831/req_82-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/831/req_82-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal verificar os dois quebra-molas construídos, recentemente, no trecho da rua do Bairro Bela Vista situado entre a garagem da prefeitura e a fábrica e tomar medidas para serem rebaixados.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/852/req_94_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/852/req_94_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que providencie para serem feitos os reparos necessários no calçamento do trecho da Rua Frei Orestes Girardi, situado entre a Rua Juvenil Geraldo Teixeira e Professor Claudio de Souza Bustamante, no Bairro Bica.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/856/req_98_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/856/req_98_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que coloque Redutores de Velocidade na Rua Prefeito Lafaiete da Costa Paiva.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/857/req_99_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/857/req_99_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que realize REDE DE DRENAGEM PLUVIAL na Rua Josino Tomé, no Bairro São José.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/858/req_100_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/858/req_100_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que realize REDE DE DRENAGEM PLUVIAL na Rua Benedito Gonçalves, no Bairro São José.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/862/req_101_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/862/req_101_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que construa um quebra-molas ou uma faixa elevada no trecho da Rua Pedro Monti, localizado entre a Rua Poeta João Carneiro de Rezende e a Rua José Belmiro Monti.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/869/req_106_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/869/req_106_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a fixação de placa indicativa no início da Rua José Carneiro Santiago, sentido Rua Dona Miquita/Avenida Tancredo Neves, informando que esta rua encontra-se temporariamente sem saída, por ter sido interditada como medida de restrição de acesso à cidade, devido ao Coronavírus.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/870/req_107_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/870/req_107_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar, imediatamente, o engenheiro civil e o diretor do departamento de obras da prefeitura visitem a Rua Gil Evaristo da Silva, para avaliar as condições da via e tomar as medidas necessárias para ser feito um serviço de manutenção que venha a manter a via em condições adequada e segura para trânsito.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/876/req_112_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/876/req_112_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal manutenção no calçamento da Rua Josefina de Oliveira Monti.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/897/req_130_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/897/req_130_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar logística para aguagem de trechos de vias públicas, urbanas e rurais, em que o quadro de formações de poeira esteja mais evidente.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/904/req_133_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/904/req_133_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal manutenção no calçamento da Rua Coronel Canuto, trecho entre a rodoviária e o posto de saúde.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/906/req_135_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/906/req_135_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja impedido para tráfego de caminhões e outros veículos pesados, trecho calçado com pedras de paralelepípedos na rua São Sebastião, no bairro São José.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/908/req_136_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/908/req_136_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a realização de manutenção corretiva, efetiva e duradoura de trecho da rua Padre Marino.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/913/req_140_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/913/req_140_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para ser recolhido o lixo que está jogado pelas beiradas da Rua Dr. Macedo e programar para que essa via passe a ser varrida com frequência.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>Denis Wellinton de Souza, João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/924/req_145_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/924/req_145_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar, com recursos próprios ou através do DEER (Departamento de Estrada de Rodagem), manutenção e melhorias na sinalização em toda extensão da Rodovia Tancredo Neves.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/931/req_152_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/931/req_152_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizada manutenção do calçamento próximo ao passeio da travessa José Costa Fortes Bustamante, especialmente do local apontado na foto anexa ao requerimento.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/939/req_159_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/939/req_159_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja reparada a grade boca de lobo na Rua Sebastião.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/941/req_161_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/941/req_161_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar calçamento da rua João Lopes Sobrinho.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira, João Alberto Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/953/req_168_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/953/req_168_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal colocar redutores de velocidade na rua Prefeito Lafaiete da Costa Paiva.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/959/req_172_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/959/req_172_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar planejamento e preparação para arborização das ruas Poeta João Carneiro de Rezende e Dona Miquita.</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/963/req-175-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/963/req-175-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito providenciar, através do departamento de obras, para ser construído quebra-molas na Rua Dona Maria Cibele, em frente ao cruzamento com a Rua Juca Osório e próximo à casa do senhor Dito Maia.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/966/req-176-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/966/req-176-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para ser instalada iluminação pública na via pública de acesso ao Bairro Bela Vista, iniciando na rodovia e seguindo até a fábrica.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/967/req-177-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/967/req-177-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal informar as razões que justificaram o pedido endereçado ao Departamento de Estradas de Rodagem do Estado de Minas Gerais, o DEER, para que fosse efetivada a desafetação de 3km da MG-347, quilômetros, 46 ao 49, para que o município assumisse a responsabilidade pela manutenção e administração do trecho.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/968/req-178-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/968/req-178-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar recapeamento de buraco na avenida Tancredo Neves, mais precisamente em frente à Oficina do Anísio.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/970/req-179-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/970/req-179-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal informar as razões da colocação de sinalização de parada obrigatória na Rua Pedro Monti, em ponto onde a Rua João Paulo II encontra com a mesma.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>Denis Wellinton de Souza, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/969/req-180-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/969/req-180-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar pintura do obstáculo e colocação de placa sinalizadora indicando a existência de redutor de velocidade (quebra-molas), na Avenida Tancredo Neves, nas intermediações da entrada da cidade de Pedralva, em frente ao Restaurante Panela Velha.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/976/req-183-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/976/req-183-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal tomar medidas cabíveis para que a empreiteira, responsável pelas obras de canalização do loteamento Alta Ville, agilize os serviços que estão sendo feitos na Avenida Flávio Antônio de Abreu Paiva e recomponha a via de forma a dar condições para trânsito, sem oferecer risco.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/985/req-187-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/985/req-187-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal implantar faixa de pedestres, com a devida sinalização, iniciando no ponto onde a Rua Coronel Canuto é cortada pela Rua Pedro Monti, em frente à B.Bless Modas, passando em frente à rodoviária e finalizando onde inicia a calçada em frente à loja de materiais elétricos da Ivone.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/989/req-191-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/989/req-191-2020.pdf</t>
   </si>
   <si>
     <t>Reitera requerimento, ao Prefeito Municipal, para realização rede de drenagem pluvial na rua Josino Tomé, no Bairro São José.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/990/req-192-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/990/req-192-2020.pdf</t>
   </si>
   <si>
     <t>Reitera requerimento, ao Prefeito Municipal, para realização de rede de drenagem pluvial na rua Benedito Gonçalves, no Bairro São José.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/992/req-194-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/992/req-194-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar a colocação de manilha de maior vazão para o curso das águas pluviais que descem no cemitério municipal com saída para a Rua Cabo Sebastião.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/994/req-195-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/994/req-195-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja encaminhado as seguintes informações à Câmara: 1) A prefeitura informou a empresa responsável pela execução das obras de calçamento na Rua Poeta João Carneiro de Rezende, sobre as avarias existentes no asfalto recém colocado? 2) A empresa fará as correções? 3) Quando a empresa retomará as obras para entrega de todo o objeto do contrato? 4) A Prefeitura identificou alguma ação necessária que possa melhorar a captação das águas pluviais?</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CSPOAM - Comissão de Serviço Público, Obras e Administração Municipal</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/771/emenda_pl_36-2019_-_regovacao_nome_rua_jovino_bonette.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/771/emenda_pl_36-2019_-_regovacao_nome_rua_jovino_bonette.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 - Aditiva ao Projeto de Lei nº 36/2019 - Dispõe sobre a revogação da Lei Municipal n° 1.759/2018, de 29 de agosto de 2018, que "Denomina Logradouro Municipal".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1063,68 +1063,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/779/pl_010-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/792/pl_013-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/814/pl_015-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/806/substitutivo_pl_013-2020_.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/717/req_04-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/733/req_10-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/737/req_14-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/738/req_15-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/743/req_20-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/750/req_27-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/763/req_38-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/764/req_39-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/766/req_41-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/775/req_48-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/784/req_52-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/788/req_55-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/789/req_56-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/820/req_77-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/829/req_80-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/831/req_82-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/852/req_94_2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/856/req_98_2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/857/req_99_2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/858/req_100_2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/862/req_101_2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/869/req_106_2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/870/req_107_2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/876/req_112_2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/897/req_130_2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/904/req_133_2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/906/req_135_2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/908/req_136_2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/913/req_140_2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/924/req_145_2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/931/req_152_2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/939/req_159_2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/941/req_161_2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/953/req_168_2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/959/req_172_2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/963/req-175-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/966/req-176-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/967/req-177-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/968/req-178-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/970/req-179-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/969/req-180-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/976/req-183-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/985/req-187-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/989/req-191-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/990/req-192-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/992/req-194-2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/994/req-195-2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/771/emenda_pl_36-2019_-_regovacao_nome_rua_jovino_bonette.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/779/pl_010-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/792/pl_013-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/814/pl_015-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/806/substitutivo_pl_013-2020_.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/717/req_04-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/733/req_10-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/737/req_14-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/738/req_15-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/743/req_20-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/750/req_27-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/763/req_38-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/764/req_39-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/766/req_41-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/775/req_48-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/784/req_52-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/788/req_55-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/789/req_56-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/820/req_77-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/829/req_80-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/831/req_82-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/852/req_94_2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/856/req_98_2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/857/req_99_2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/858/req_100_2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/862/req_101_2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/869/req_106_2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/870/req_107_2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/876/req_112_2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/897/req_130_2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/904/req_133_2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/906/req_135_2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/908/req_136_2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/913/req_140_2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/924/req_145_2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/931/req_152_2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/939/req_159_2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/941/req_161_2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/953/req_168_2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/959/req_172_2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/963/req-175-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/966/req-176-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/967/req-177-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/968/req-178-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/970/req-179-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/969/req-180-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/976/req-183-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/985/req-187-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/989/req-191-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/990/req-192-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/992/req-194-2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/994/req-195-2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/771/emenda_pl_36-2019_-_regovacao_nome_rua_jovino_bonette.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="66.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="129.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="129" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>