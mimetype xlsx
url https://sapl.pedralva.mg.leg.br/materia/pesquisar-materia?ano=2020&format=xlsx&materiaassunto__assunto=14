--- v0 (2025-12-06)
+++ v1 (2026-03-12)
@@ -54,324 +54,324 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Josimar Silva de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/705/pl_01-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/705/pl_01-2020.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos Servidores Públicos Municipais e dá outras providências.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Mesa Diretora da Câmara - MESADIR</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/706/pl_02-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/706/pl_02-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos vencimentos dos servidores da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/723/pl_03-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/723/pl_03-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de subvenção social às Entidades para exercício de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/724/pl_04-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/724/pl_04-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de contribuição financeira à Sociedade Amigos do Menor Pedralvense – SAMPE para o exercício de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/727/pl_05-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/727/pl_05-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a subvencionar a Santa Casa de Misericórdia de Pedralva, abrir crédito suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/777/pl_08-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/777/pl_08-2020.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2020, crédito suplementar no valor de R$ 299.500,00, para reforço de dotação orçamentária.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/778/pl_09-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/778/pl_09-2020.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2020 crédito suplementar no valor de R$ 501.025,00, para reforço de dotação orçamentária, e dá outras providências.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/790/pl_011-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/790/pl_011-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Pedralva conceder contribuição financeira a Sociedade de Educação e Assistência Social Frei Orestes — S.E.A.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/792/pl_013-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/792/pl_013-2020.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2020, crédito suplementar no valor de RS 609.000,00, para reforço de dotações orçamentárias.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/815/pl_016-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/815/pl_016-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a subvencionar a Sociedade Beneficente Dr. Geraldo Pinheiro Osório, abrir crédito suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/824/pl_017-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/824/pl_017-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial no orçamento do Município de Pedralva, para o exercício de 2020.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/901/pl_22_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/901/pl_22_2020.pdf</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/902/pl_23_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/902/pl_23_2020.pdf</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/903/pl_24_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/903/pl_24_2020.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 5° da Lei n° 1.800/19, de 06/12/2019, que estima a Receita e fixa a Despesa do Município para o exercício financeiro de 2020.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/945/pl_26_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/945/pl_26_2020.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Pedralva para o exercício financeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/946/pl_27_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/946/pl_27_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do Plano Plurianual de Ações para o quadriênio 2018/2021 e dá outras providências.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFOFF - Comissão de Finanças, Orçamento e Fiscalização Financeira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/732/pdl_01-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/732/pdl_01-2020.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do município de Pedralva relativas ao exercício de 2017.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/962/pdl-02-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/962/pdl-02-2020.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do município de Pedralva relativas ao exercício de 2018.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/707/sub_ao_pl_01-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/707/sub_ao_pl_01-2020.pdf</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/806/substitutivo_pl_013-2020_.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/806/substitutivo_pl_013-2020_.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2020, crédito suplementar no valor de RS 572.453,06, para reforço de dotações orçamentárias.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e  Redação</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/780/emenda_pl_08-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/780/emenda_pl_08-2020.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 - Modificativa ao Projeto de Lei nº 8/2020 - Abre ao orçamento do Município de Pedralva, para o exercício de 2020, crédito suplementar no valor de R$ 299.500,00, para reforço de dotação orçamentária.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/781/emenda_pl_09-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/781/emenda_pl_09-2020.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 - Modificativa ao Projeto de Lei nº 9/2020 - Abre ao orçamento do Município de Pedralva, para o exercício de 2020 crédito suplementar no valor de R$ 501.025,00, para reforço de dotação orçamentária, e dá outras providências.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/836/emenda_pl_016-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/836/emenda_pl_016-2020.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 - Modificativa ao Projeto de Lei nº 16/2020 - Autoriza o Executivo Municipal a subvencionar a Sociedade Beneficente Dr. Geraldo Pinheiro Osório, abrir crédito suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/935/emenda_pl_024-2020_comissao_de_financas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/935/emenda_pl_024-2020_comissao_de_financas.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 - Modificativa ao Projeto de Lei nº 24/2020 - Altera a redação do art. 5° da Lei n° 1.800/19, de 06/12/2019, que estima a Receita e fixa a Despesa do Município para o exercício financeiro de 2020.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -678,68 +678,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/705/pl_01-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/706/pl_02-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/723/pl_03-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/724/pl_04-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/727/pl_05-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/777/pl_08-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/778/pl_09-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/790/pl_011-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/792/pl_013-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/815/pl_016-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/824/pl_017-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/901/pl_22_2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/902/pl_23_2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/903/pl_24_2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/945/pl_26_2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/946/pl_27_2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/732/pdl_01-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/962/pdl-02-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/707/sub_ao_pl_01-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/806/substitutivo_pl_013-2020_.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/780/emenda_pl_08-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/781/emenda_pl_09-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/836/emenda_pl_016-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/935/emenda_pl_024-2020_comissao_de_financas.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/705/pl_01-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/706/pl_02-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/723/pl_03-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/724/pl_04-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/727/pl_05-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/777/pl_08-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/778/pl_09-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/790/pl_011-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/792/pl_013-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/815/pl_016-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/824/pl_017-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/901/pl_22_2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/902/pl_23_2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/903/pl_24_2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/945/pl_26_2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/946/pl_27_2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/732/pdl_01-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/962/pdl-02-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/707/sub_ao_pl_01-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/806/substitutivo_pl_013-2020_.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/780/emenda_pl_08-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/781/emenda_pl_09-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/836/emenda_pl_016-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/935/emenda_pl_024-2020_comissao_de_financas.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="61.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="115.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="114.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="213" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>