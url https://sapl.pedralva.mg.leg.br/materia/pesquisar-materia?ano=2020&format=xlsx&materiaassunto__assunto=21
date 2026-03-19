--- v0 (2025-10-04)
+++ v1 (2026-03-19)
@@ -54,207 +54,207 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/837/pl_018-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/837/pl_018-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de registro em áudio e vídeo e de transmissão ao vivo das sessões públicas dos processos licitatórios realizadas pelos órgãos do Município de Pedralva.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/838/pl_019-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/838/pl_019-2020.pdf</t>
   </si>
   <si>
     <t>Estabelece a criação de uma plataforma virtual para o acompanhamento das obras públicas da Prefeitura Municipal de Pedralva/MG, e dá outras providências.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/850/substitutivo_projeto_de_lei_019-2020_-_plataform_AI1e1I7.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/850/substitutivo_projeto_de_lei_019-2020_-_plataform_AI1e1I7.pdf</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/767/req_42-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/767/req_42-2020.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal informações quanto à pesquisa de opinião pública realizada pela Prefeitura para avaliação da Administração Municipal nos mais diversos setores, a qual foi custeada com recursos públicos, a saber: 1) Informações quanto ao processo de contratação da empresa responsável pela pesquisa; 2) Informações gerais da empresa contratada; 3) Informações quanto ao período de realização da pesquisa e à metodologia aplicada; 5) Questionário completo aplicado; 6) O número de entrevistas; 7) Os resultados apurados; e 8) Valor e origem dos recursos despendidos na pesquisa.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/811/req_72-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/811/req_72-2020.pdf</t>
   </si>
   <si>
     <t>Reitera ao Prefeito Municipal solicitação de informações quanto à pesquisa de opinião pública realizada pela Prefeitura para avaliação da Administração Municipal nos mais diversos setores. A sondagem administrativa em questão foi custeada com recursos públicos, razão pela qual, utiliza-se do presente expediente para reiterar informações que não foram respondidas em ofício de resposta encaminhados a esta Casa: 1) Informações quanto ao processo de contratação da empresa responsável pela pesquisa, apresentando especialmente as justificativas para que a sondagem tenha sua realizada e para que fosse feito procedimento de dispensa de licitação para escolha da contratada; 2) Questionário completo aplicado; 3) Os resultados apurados; e 4) Valor e origem dos recursos despendidos na pesquisa.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/818/req_75-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/818/req_75-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal providenciar através do setor responsável, esclarecimento sobre a devolução dos valores pagos na compra de ingresso, para o 25° Pedralva Rodeio Fest, a ser realizado entre os dias 14 a 17 de maio de 2020, junto com as festividades em comemoração ao aniversário municipal, cancelado por motivo do isolamento social para contenção da propagação do novo corona vírus (Covid 19).</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/819/req_76-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/819/req_76-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal informar, com a apresentação de documentos (processo licitatório, empenhos e nota fiscal), como é feito o pagamento à oficina mecânica denominada "Oficina do Cheiroso", localizada em Itajubá-MG, a qual realiza manutenção em máquinas leves da prefeitura de Pedralva.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/847/req_92_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/847/req_92_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja encaminhado a esta casa o cronograma de ações planejadas do Departamento de Obras para o mês de Junho de 2020, das ações na zona urbana e rural, sejam elas realizadas de forma direta ou indireta pela Prefeitura Municipal.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/873/req_110_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/873/req_110_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a verificação junto às Secretarias e Departamentos da Administração Municipal, a possibilidade de cumprimento por meio de transmissão ou gravação online das determinações da Emenda à Lei Orgânica Municipal n° 13 de 2018, que instituiu a obrigação de realização de Audiências Públicas para que os Secretários e Diretores de Departamentos prestem contas de suas gestões referentes ao ano anterior.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/886/req_119.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/886/req_119.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que encaminhe a esta Câmara algumas informações e documentos relacionados à licitação e execução do contrato nº 49/2020, destinado à prestação de serviços de consultoria e assessoria na área de engenharia à Prefeitura de Pedralva, a saber: 1) Cópia do contrato nº 33/2019, do processo licitatório nº 75/2020, do contrato nº 49/2020 e dos empenhos e notas fiscais expedidos em relação a esse contrato; 2) Relatório discriminando todos os serviços já prestados no contrato nº 49/2020; 3) Nome, número de inscrição no CREA/MG e copia de documento que comprove vínculo jurídico do engenheiro com a empresa contratada; 4) Dias e horário em que o engenheiro contratado comparece à Prefeitura pra prestar serviço; e 5) Justificar o pagamento adiantado de R$ 34.000,00 relativo ao contrato nº 49/2020, o aumento de 150% em relação ao contrato nº 33/2019 e a discrepância entre os valores do contrato nº 49/2020 em relação aos valores praticados pelas cidades vizinhas.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/893/req_126_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/893/req_126_2020.pdf</t>
   </si>
   <si>
     <t>Requer o encaminhamento a esta Casa os seguintes documentos referentes à Processo Licitatório n° 00075/2020 - Objeto:  contratação de empresa especializada para a prestação de serviços de consultoria e assessoria em área de engenharia, para atender a Administração Municipal, em consonância com solicitação feita pelos Departamentos de Obras e Serviços Públicos da Prefeitura Municipal de Pedralva: 1) Ata da sessão pública de licitação; 2) Cópia do contrato e eventuais aditivos; 3) Relação de pagamentos realizados até a presente data à empresa ADRIANA ALVES DE FREITAS- VERUM CONSTRUTORA.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/926/req_146_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/926/req_146_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que explique as razões da administração municipal ter optado em alterar o item "descrição de serviços", presentes da Planilha Descritiva/Estimativa do edital do processo licitatório n° 75/2020, referente à prestação de serviços de consultoria e assessoria na área de engenharia civil para a Prefeitura, passando a descrever os diversos projetos que deveriam ser confeccionados no decorrer do contrato, o que não ocorreu nos anos anteriores, quando a Prefeitura fez a contratação da mesma espécie de serviço.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/951/req_167_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/951/req_167_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Presidente da Câmara que seja informado à Prefeitura sobre as obrigações impostas pela Emenda à Lei Orgânica Municipal n° 13/2018, que instituiu a obrigação de convocação pela Câmara Municipal dos responsáveis pelos órgãos da administração municipal, para que estes venham a prestar contas anuais de sua gestão em Audiência Pública. No mesmo sentido, tendo em vista o não cumprimento pela Prefeitura Municipal desta obrigação no exercício de 2019, requer que sejam estas apresentações referentes aos anos de 2019 e 2020.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -561,68 +561,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/837/pl_018-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/838/pl_019-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/850/substitutivo_projeto_de_lei_019-2020_-_plataform_AI1e1I7.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/767/req_42-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/811/req_72-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/818/req_75-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/819/req_76-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/847/req_92_2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/873/req_110_2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/886/req_119.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/893/req_126_2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/926/req_146_2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/951/req_167_2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/837/pl_018-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/838/pl_019-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/850/substitutivo_projeto_de_lei_019-2020_-_plataform_AI1e1I7.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/767/req_42-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/811/req_72-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/818/req_75-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/819/req_76-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/847/req_92_2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/873/req_110_2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/886/req_119.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/893/req_126_2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/926/req_146_2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/951/req_167_2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="128.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="127.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>