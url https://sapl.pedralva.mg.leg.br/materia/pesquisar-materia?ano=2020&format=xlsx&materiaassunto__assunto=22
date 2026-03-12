--- v0 (2025-10-04)
+++ v1 (2026-03-12)
@@ -54,495 +54,495 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Denis Wellinton de Souza, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/712/mo_01-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/712/mo_01-2020.pdf</t>
   </si>
   <si>
     <t>Moção Pesar pelo falecimento do Senhor Benedito Vilas Boas, conhecido como Dito Isac, ocorrido no dia 28 de janeiro de 2020</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/713/mo_02-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/713/mo_02-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a ser encaminhada a senhora Rosali Bernardo, funcionária pública municipal recentemente aposentada no cargo de auxiliar de serviços gerais da Prefeitura de Pedralva, que durante anos de sua vida dedicou seus préstimos a nossa cidade com dedicação e lealdade.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/714/mo_03-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/714/mo_03-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a ser encaminhada ao senhor José Márcio Martins, funcionário público municipal recentemente aposentado no cargo de operador de máquinas pesadas da Prefeitura de Pedralva, que por 32 anos de sua vida dedicou seus préstimos a nossa cidade com dedicação e lealdade.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Denis Wellinton de Souza, João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Moção de Pesar externando os mais elevados sentimentos de pesar pelo falecimento do senhor Juarez Gonçalves Braga, ilustre morador deste município, ocorrido no dia 23 de fevereiro.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/787/mo_5-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/787/mo_5-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso, a ser encaminhada aos profissionais de educação física que atuam na Prefeitura Municipal de Pedralva, sendo eles: Natanael Francisco de Oliveira - Contratado pelo CRAS; Gentil Milton Simões de Toledo - Contratado pela saúde; e Adilson Lopes Rangel e Adrielie Aparecida Oliveira -Estagiários pelo CRAS.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/807/mo_6-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/807/mo_6-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso aos servidores e colaboradores da rede municipal de ensino, que criaram a página rede social “Facebook”, “Educação em Rede Solidária”.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/821/mo_8-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/821/mo_8-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor Sebastião Bernardo, morador do Bairro Cubatãozinho, ocorrido no dia 30 de abril.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/822/mo_9-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/822/mo_9-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso aos pedralvenses João César da Silva, Daniel Bustamante da Rosa e Plínio Rezende de Jesus, idealizadores do projeto "Cadin de Música", show musical transmitido pelo canal do YouTube "Conservatório à Distância".</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/823/mo_10-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/823/mo_10-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao jovem artista pedralvense, Deny Lopes, idealizador do projeto "Bar do Deny", live musical transmitida pelas redes sociais, com o objetivo de arrecadação de mantimentos para distribuição a famílias carentes e entidades filantrópicas.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/833/mo_11-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/833/mo_11-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a todos os agentes de segurança pública, que estiveram envolvidos nas ações advindas do terrível assalto às agências do Banco do Brasil e do Bradesco da cidade de Pedralva, em especial os membros das Polícias Militar e Civil de nossa cidade.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/834/mo_12-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/834/mo_12-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao gerente geral e demais funcionários da agência do Banco do Brasil de Pedralva, pelo imenso esforço e eficiência demonstrados para a retomada célere do funcionamento e atendimento bancário, mesmo após o terrível assalto com uso bombas que foi alvo a agência desta instituição na cidade de Pedralva.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/835/mo_13-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/835/mo_13-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso, a ser encaminhada à Padaria e Pizzaria do Noé, pelo belo gesto, praticado todos os dias, com a doação de café da manhã para os servidores da prefeitura de Pedralva que trabalham na coleta do lixo.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira, José Paulo da Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/848/mo_14_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/848/mo_14_2020.pdf</t>
   </si>
   <si>
     <t>Moção Pesar pelo falecimento do Senhor Benedito Cristiano Flávio, ocorrido no dia 16 de maio de 2020.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/849/mo_15_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/849/mo_15_2020.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso à farmácia Economize, como também ao Conselho Tutelar e pastoral da família, que colaboraram com a belíssima campanha de arrecadação de alimentos em prol de famílias em situação de vulnerabilidade em nossa cidade.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/859/mo_16_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/859/mo_16_2020.pdf</t>
   </si>
   <si>
     <t>Moção Pesar pelo falecimento do Senhor Benedito Fermino de Lima, ocorrido no dia 22 de maio de 2020.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/861/mo_17_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/861/mo_17_2020.pdf</t>
   </si>
   <si>
     <t>Moção Pesar pelo falecimento da Senhora Tereza Deolinda de Castro, ocorrido no dia 31 de maio de 2020.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/865/mo_18_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/865/mo_18_2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Senhor José Milton De Souza, o Miltão, ocorrido no dia 30 de maio de 2020.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/874/mo_19_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/874/mo_19_2020.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso, a ser encaminhada à SARA DOMITILA GONÇALVES SOARES, pela matéria intitulada "Pequenos negócios se reinventam durante a crise", publicada no site de notícias de São Lourenço "O São Lourenço Atual".</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/885/mo_20.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/885/mo_20.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da Senhora Isabel Dinis Pinto Reis, ocorrido no dia 19 de junho.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/900/mo_21_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/900/mo_21_2020.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso aos organizadores do XX PEDROCK FESTIVAL pelo belíssimo evento realizado de forma online.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/918/mo_22_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/918/mo_22_2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da Senhora Maria Eunice Caldas de Faria, ocorrido no dia 10 de agosto.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/919/mo_23_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/919/mo_23_2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da Senhora Maria de Lourdes Leite Braga, ocorrido no dia 13 de agosto.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>José Paulo da Silva, Marcos Batista, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/920/mo_24_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/920/mo_24_2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do jovem Emanuel de Vilas Boas Leandro, ocorrido no dia 13 de agosto.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/922/mo_25_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/922/mo_25_2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da jovem Sabrina Castro Souza, ocorrido no dia 24 de agosto.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/923/mo_26_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/923/mo_26_2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da jovem Sabrina Aparecida de Castro Souza, ocorrido no dia 24 de agosto.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/943/mo_27_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/943/mo_27_2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor José Valério Filho, Zezão, ocorrido no dia 28 de setembro.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/944/mo_28_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/944/mo_28_2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da senhora Ana Maria Faria da Silva, ocorrido no dia 25 de setembro.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/952/mo_29_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/952/mo_29_2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da Sra. Bernadete Ribeiro Braga, ocorrido no dia 30 de setembro de 2020.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/954/mo_30_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/954/mo_30_2020.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso para a youtuber pedralvense Ivanilda Marcellino Rosa pelo seu canal do Youtube, denominado "Dia a dia de uma mineirinha".</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Denis Wellinton de Souza, João Alberto Silva, José Paulo da Silva, Marcos Batista, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/955/mo_31_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/955/mo_31_2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Sr. Fausto Teixeira Paiva, ocorrido no dia 28 de setembro de 2020.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/964/mo-32-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/964/mo-32-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor José Vaudenhi Fagundes, ocorrido no dia 21 de outubro.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/965/mo-33-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/965/mo-33-2020.pdf</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/974/mo-34-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/974/mo-34-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso aos Senhores Luiz Carlos de Paula, Joaquim Norival de Paula, José Laércio Borges e Luiz Felipe Martins pela organização e realização da III Edição do Campeonato de Futebol Amador do Bairro Pedra Preta.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Deildo Nunes Pereira, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/977/mo-35-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/977/mo-35-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do sr. Marco Antônio Arakaki, ocorrido no dia 19 de novembro de 2020.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/978/mo-36-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/978/mo-36-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do sra. Benedita Batista de Oliveira, ocorrido no dia 15 de novembro de 2020.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/993/mo-37-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/993/mo-37-2020.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso ao senhor Antonio Fortes Bustamante e família, por suas conquistas com a produção de cafés especiais.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -849,68 +849,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/712/mo_01-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/713/mo_02-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/714/mo_03-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/787/mo_5-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/807/mo_6-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/821/mo_8-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/822/mo_9-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/823/mo_10-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/833/mo_11-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/834/mo_12-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/835/mo_13-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/848/mo_14_2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/849/mo_15_2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/859/mo_16_2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/861/mo_17_2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/865/mo_18_2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/874/mo_19_2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/885/mo_20.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/900/mo_21_2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/918/mo_22_2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/919/mo_23_2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/920/mo_24_2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/922/mo_25_2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/923/mo_26_2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/943/mo_27_2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/944/mo_28_2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/952/mo_29_2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/954/mo_30_2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/955/mo_31_2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/964/mo-32-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/965/mo-33-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/974/mo-34-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/977/mo-35-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/978/mo-36-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/993/mo-37-2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/712/mo_01-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/713/mo_02-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/714/mo_03-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/787/mo_5-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/807/mo_6-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/821/mo_8-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/822/mo_9-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/823/mo_10-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/833/mo_11-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/834/mo_12-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/835/mo_13-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/848/mo_14_2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/849/mo_15_2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/859/mo_16_2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/861/mo_17_2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/865/mo_18_2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/874/mo_19_2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/885/mo_20.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/900/mo_21_2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/918/mo_22_2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/919/mo_23_2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/920/mo_24_2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/922/mo_25_2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/923/mo_26_2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/943/mo_27_2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/944/mo_28_2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/952/mo_29_2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/954/mo_30_2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/955/mo_31_2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/964/mo-32-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/965/mo-33-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/974/mo-34-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/977/mo-35-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/978/mo-36-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/993/mo-37-2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="118.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="86.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="85.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>