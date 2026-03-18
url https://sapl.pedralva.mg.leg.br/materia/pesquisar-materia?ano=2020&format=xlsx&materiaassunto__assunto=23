--- v0 (2025-10-04)
+++ v1 (2026-03-18)
@@ -54,201 +54,201 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Mesa Diretora da Câmara - MESADIR</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/706/pl_02-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/706/pl_02-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos vencimentos dos servidores da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/984/pl-28-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/984/pl-28-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o custeio de despesas de viagem dos vereadores e servidores da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/971/pr-01-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/971/pr-01-2020.pdf</t>
   </si>
   <si>
     <t>Modifica o artigo 10 do Regimento Interno da Câmara Municipal, dispondo sobre o procedimento para a eleição da Mesa Diretora da Câmara.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/708/req_01-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/708/req_01-2020.pdf</t>
   </si>
   <si>
     <t>Solicita a votação, em regime de urgência especial, do Projeto de Lei nº 01/2020 e Projeto de Lei nº 02/2020, que tratam sobre o reajuste do vencimento dos servidores municipais dos Poderes Executivo e Legislativo Municipal.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Denis Wellinton de Souza, Marcos Batista</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Solicita a votação, em regime de urgência especial, do Projeto de Lei nº 037/2019, que institui o Plano Municipal de Saneamento Básico e de Gestão Integrada dos Resíduos Sólidos Urbanos.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>CFOFF - Comissão de Finanças, Orçamento e Fiscalização Financeira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/794/req_57-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/794/req_57-2020.pdf</t>
   </si>
   <si>
     <t>Solicita a votação, em regime de urgência especial, do Projeto de Lei nº 011/2020, que autoriza o município de Pedralva, conceder contribuição financeira à Sociedade de Educação e Assistência Social Frei Orestes - S.E.A.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>João Alberto Silva, José Paulo da Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/795/req_58-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/795/req_58-2020.pdf</t>
   </si>
   <si>
     <t>Solicita a votação, em regime de urgência especial, do Projeto de Lei nº 012/2020, que dispõe sobre a proibição de corte de água na cidade de Pedralva/MG, durante o período de 90 dias, em virtude da pandemia Covid-19 (Coronavírus).</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e  Redação</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/839/req_84-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/839/req_84-2020.pdf</t>
   </si>
   <si>
     <t>Solicita a votação, em regime de urgência especial, do Projeto de Lei nº 016/2020, que trata sobre a concessão de urna subvenção social a uma entidade de acolhimento de idosos existente neste município (Sociedade Beneficente Dr. Geraldo Pinheiro Osório), no valor de R$ 50.300,00, no exercício de 2020, bem como a abertura de um crédito suplementar para o seu custeio.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/909/req_137_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/909/req_137_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Presidente da Câmara Municipal afastamento, a título de desincompatibilização, das funções que possui como membro titular no Conselho Municipal de Educação e no Conselho Municipal do FUNDEB deste município, por ser candidato a cargo eletivo no município Pedralva, nos termos da Lei Complementar n° 64, de 18 de maio de 1990, no pleito de 2020, a partir de 15 de agosto de 2020 até 15 de novembro de 2020.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/910/req_138_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/910/req_138_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Presidente da Câmara afastamento, a título de desincompatibilização, nos termos da Lei Complementar n° 64, de 18 de maio de 1990, da suplência que ocupa no Conselho Municipal de Educação, de vaga reservada ao Poder Legislativo, uma vez que foi indicado como pré-candidato do Partido Liberal ao cargo eletivo de vereador nas eleições municipais de 2020.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>Evaristo Ribeiro de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/957/req_170_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/957/req_170_2020.pdf</t>
   </si>
   <si>
     <t>Sugere ao Presidente da Câmara que seja apresentado, pela Mesa Diretora da Casa, projeto de lei fixando novos valores para os agentes políticos de Pedralva, para o mandato que se inicia em 1° de janeiro de 2021, nos seguintes valores: 1) Vereador: Manter o valor atual que é de R$ 1.914,37 (um mil, novecentos e quatorze reais e trinta e sete centavos); 2) Vice-Prefeito: reduzir em 10% (dez por cento) o valor atual que é de 2.702,29 (dois mil, setecentos e dois reais e vinte e nove centavos); 3) Prefeito: reduzir em 30% (trinta por cento) o valor atual que é de R$ 10.809,17 (dez mil, oitocentos e nove reais e dezessete centavo); 4) Secretários Municipais: Manter o valor atual que é de R$ 3.783,21 (três mil, setecentos e oitenta e três reais e vinte e um centavos).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -555,68 +555,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/706/pl_02-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/984/pl-28-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/971/pr-01-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/708/req_01-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/794/req_57-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/795/req_58-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/839/req_84-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/909/req_137_2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/910/req_138_2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/957/req_170_2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/706/pl_02-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/984/pl-28-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/971/pr-01-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/708/req_01-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/794/req_57-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/795/req_58-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/839/req_84-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/909/req_137_2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/910/req_138_2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/957/req_170_2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="61.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>