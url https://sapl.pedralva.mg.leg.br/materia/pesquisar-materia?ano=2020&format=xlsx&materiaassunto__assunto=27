--- v0 (2025-10-04)
+++ v1 (2026-03-12)
@@ -54,279 +54,279 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Evaristo Ribeiro de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/715/req_02-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/715/req_02-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal entrar em contato com representantes da CEMIG, responsáveis por serviços no Município de Pedralva, para solicitar que cobrem das empreiteiras, que fazem o serviço de corte de galhos de árvores, de bambu, de ciprestes, entre outros, próximo aos equipamentos da CEMIG na zona rural, para não deixem os galhos jogados nas beiradas das estradas.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/719/req_06-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/719/req_06-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal que seja determinado junto à prestadora de serviços, que realize a troca das lâmpadas dos postes de iluminação pública dos seguintes locais: 1) Rua Antônio Bustamante Filho (esquina com a Rua Dr. Macedo e o último poste da rua); 2) Entrada do Bairro Baixadão (próximo à casa da senhora Sangerlina); e 3) Bairro Pedrão, dois postes, um em frente à residência da senhora Carmen e o outro em frente ao Prédio da Escola.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/747/req_24-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/747/req_24-2020.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Sr. Prefeito Municipal entrar em contato com a empresa que faz a troca das lâmpadas queimadas em postes públicos e pedir que se dirija, imediatamente, ao Bairro Pedrão e troque todas as lâmpadas que estão queimadas</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Denis Wellinton de Souza</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/755/req_31-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/755/req_31-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito entrar em contato com a empresa que faz a troca das lâmpadas queimadas em postes públicos e pedir para trocar a lâmpada que está queimada no poste situado na via de acesso às residências da “Família Viana”, saída para o Bairro Contendas, próximo à residência da senhora Penha.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Francisco de Assis Silva, João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/756/req_32-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/756/req_32-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Sr. Prefeito Municipal realizar a análise necessária e incluir na programação da prefeitura a instalação de iluminação pública em trecho da estrada do Bairro Divisa, local onde há um aglomerado de casas, sendo proprietários: Antônio José, Reginaldo, Zaquel, Zaia, Rodrigo, Fernanda, Alzira, Dito Albino, José Lázaro, Marcos, Regina, Luciano, Sandira e Rosemburgo.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/765/req_40-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/765/req_40-2020.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal que seja estudada a possibilidade de viabilização, especialmente por parceria com a CEMIG, da substituição do sistema de iluminação pública atualmente existente, por lâmpadas de LED, em todo o território municipal.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/776/req_49-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/776/req_49-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar para que a empresa que faz a manutenção das lâmpadas de iluminação pública realize a troca das lâmpadas queimadas no Residencial Claudio de Souza Bustamante.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/800/req_63-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/800/req_63-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar para que a empresa que faz a manutenção das lâmpadas de iluminação pública realize a troca da lâmpada queimada no poste de iluminação pública situado próximo à antiga escola no Bairro Sertãozinho.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/827/req_78-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/827/req_78-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar para que a empresa responsável pela manutenção na iluminação pública troque as lâmpadas que se encontram queimadas nos Bairros Lagoa e Pedrão (são 10 lâmpadas no Bairro Lagoa e 6 lâmpadas no Bairro Pedrão).</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/841/req_86_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/841/req_86_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal providenciar para que a empresa responsável pela manutenção na iluminação pública troque as lâmpadas que se encontram queimadas nos postes de iluminação pública no Bairro Abertão (são várias lâmpadas).</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/871/req_108_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/871/req_108_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal entrar em contato com a empresa que faz a troca das lâmpadas queimadas em postes públicos e pedir que se dirija ao Bairro Sertãozinho e troque a lâmpada que está queimada no poste situado próximo à propriedade do Senhor Renato.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/875/req_111_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/875/req_111_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal entrar em contato com a empresa que faz a troca das lâmpadas queimadas em postes públicos e pedir que se dirija à Rua José Belmiro Monti, verifique a luminária e a lâmpada do poste localizado em frente à loja "Para todos" e faça o conserto que for necessário para resolver o problema que está ocorrendo, em que a lâmpada acende e apaga, não permanecendo acesa como deveria.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/882/req_116.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/882/req_116.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que entre em contato com a empresa contratada para fazer a troca de lâmpadas queimadas em poste de iluminação pública e pedir que troque as duas lâmpadas que estão queimadas em postes situados no Bairro Cubatãozinho, perto da casa do meu saudoso avô, Gabriel Fermino de Lima.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>José Paulo da Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/888/req_121_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/888/req_121_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar rede de drenagem pluvial na Rua Josino Tomé, no Bairro São José.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/889/req_122_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/889/req_122_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar rede de drenagem pluvial na Rua Benedito Gonçalves, no Bairro São José.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, João Alberto Silva, José Paulo da Silva, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/891/req_124_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/891/req_124_2020.pdf</t>
   </si>
   <si>
     <t>Solicita algumas informações à CEMIG, a saber: 1) Informações a respeito de um projeto de parceria da CEMIG junto aos municípios, para modernização dos pontos de iluminação pública, haja vista que o município de Brazópolis realizou a substituição das lâmpadas de vapor de sódio e mercúrio por luminárias de Led e, segundo informações veiculadas pela Prefeitura daquela cidade, esta troca foi feita sem custo à Fazenda Municipal, pois foi financiado através de convênio firmado entre aquele município e a CEMIG; e 2) Informações se há algum fator relacionado à distribuição de energia que possa ter influência na iluminação pública da cidade de Pedralva, que vem sofrendo com diversos pontos de instabilidade e, na hipótese de não identificar qualquer instabilidade na rede de distribuição, seria possível afirmar que estas situações ocorrem por conta da baixa qualidade na manutenção realizada ou dos materiais utilizados nos pontos de iluminação pública?</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/892/req_125_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/892/req_125_2020.pdf</t>
   </si>
   <si>
     <t>Requer informações da empresa ELETRIFICA CONSTRUÇÃO E MANUTENÇÃO LTDA, responsável pela prestação de serviços de manutenção preventiva e corretiva de iluminação pública no Município, e da Prefeitura de Pedralva, para entender se há alguma razão técnica para que a iluminação pública da cidade de Pedralva sofra com diversos pontos de instabilidade, há diversas lâmpadas que acendem e apagam constantemente, lâmpadas com luminosidade abaixo do potencial, e lâmpadas que queimam com frequência. Embora seja relativamente normal o desgaste pelo tempo das lâmpadas de iluminação público, causando a necessidade de troca, a situação atual se mostra excepcional, visto a quantidade de pontos que têm apresentado problemas.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/966/req-176-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/966/req-176-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para ser instalada iluminação pública na via pública de acesso ao Bairro Bela Vista, iniciando na rodovia e seguindo até a fábrica.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -633,68 +633,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/715/req_02-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/719/req_06-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/747/req_24-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/755/req_31-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/756/req_32-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/765/req_40-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/776/req_49-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/800/req_63-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/827/req_78-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/841/req_86_2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/871/req_108_2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/875/req_111_2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/882/req_116.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/888/req_121_2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/889/req_122_2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/891/req_124_2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/892/req_125_2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/966/req-176-2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/715/req_02-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/719/req_06-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/747/req_24-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/755/req_31-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/756/req_32-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/765/req_40-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/776/req_49-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/800/req_63-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/827/req_78-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/841/req_86_2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/871/req_108_2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/875/req_111_2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/882/req_116.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/888/req_121_2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/889/req_122_2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/891/req_124_2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/892/req_125_2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/966/req-176-2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="81.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>