--- v0 (2025-12-06)
+++ v1 (2026-03-18)
@@ -54,171 +54,171 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Josimar Silva de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/727/pl_05-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/727/pl_05-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a subvencionar a Santa Casa de Misericórdia de Pedralva, abrir crédito suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Denis Wellinton de Souza</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/739/req_16-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/739/req_16-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito providenciar, junto a Secretaria Municipal de Saúde, para ser instalada uma sala de vacinação na Unidade Básica de Saúde "Francisco Caldas de Abreu", localizada no Bairro São José, para atender aos moradores desse bairro.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/783/req_51-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/783/req_51-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito, para que através da Secretaria Municipal de Saúde, envie proposta ao Ministério da Saúde solicitando a participação do Município de Pedralva no Programa Saúde na Hora.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/798/req_61-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/798/req_61-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizada a correção do muro divisório da sede da Secretaria de Saúde.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/804/req_66-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/804/req_66-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito, para que através da Secretaria Municipal de Saúde seja tomada a seguinte providência: manutenção no prédio da Unidade de Saúde vinculada à ESF II, situada no Bairro Lagoa, denominada “Unidade de Saúde Maria Rita de Jesus Machado” (limpeza na parte externa, pintura de paredes, construção de muro, entre outros serviços de manutenção).</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/809/req_69-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/809/req_69-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal o pagamento de uma bonificação salarial aos servidores municipais que atuam na área de saúde, como forma de reconhecer e valorizar suas atitudes na linha de frente da pandemia do novo coronavírus COVID-19.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/866/req_104_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/866/req_104_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar os procedimentos necessários para avaliação das condições de trabalhos dos Agentes Comunitários de Saúde e Auxiliares de Serviços Gerais da Prefeitura Municipal, para que passem a receber o Adicional de Insalubridade.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/905/req_134_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/905/req_134_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal o encaminhamento de relatório de avaliação de impacto das políticas públicas realizadas para o combate da proliferação de moscas na cidade.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/975/ind-2-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/975/ind-2-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal trocar os equipamentos e móveis do ponto de atendimento médico do Bairro Cubatãozinho.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -525,68 +525,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/727/pl_05-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/739/req_16-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/783/req_51-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/798/req_61-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/804/req_66-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/809/req_69-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/866/req_104_2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/905/req_134_2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/975/ind-2-2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/727/pl_05-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/739/req_16-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/783/req_51-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/798/req_61-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/804/req_66-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/809/req_69-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/866/req_104_2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/905/req_134_2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/975/ind-2-2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>