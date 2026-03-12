--- v0 (2025-12-06)
+++ v1 (2026-03-12)
@@ -54,126 +54,126 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Josimar Silva de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/778/pl_09-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/778/pl_09-2020.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2020 crédito suplementar no valor de R$ 501.025,00, para reforço de dotação orçamentária, e dá outras providências.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/793/plc_02-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/793/plc_02-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de vagas para o cargo efetivo de Motorista e dá outras providências.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/748/req_25-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/748/req_25-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Sr. Prefeito Municipal determinar ao motorista que dirige a Kombi que faz o transporte de usuários dos serviços da APAE, que passe a Buscar em sua casa a senhorita Rita de Cássia Vieira, filha de Maria Aparecida Rocha Vieira, no Bairro Pedra Batista.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/925/req_147_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/925/req_147_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja instalado abrigo de passageiros, às margens da Av. Tancredo Neves, nos acessos da cidade próximos aos "letreiros" de acesso pela rua Dona Maria Cibele, no bairro São José, e pelo trevo de acesso pela rua Coronel Machado.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e  Redação</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/781/emenda_pl_09-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/781/emenda_pl_09-2020.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 - Modificativa ao Projeto de Lei nº 9/2020 - Abre ao orçamento do Município de Pedralva, para o exercício de 2020 crédito suplementar no valor de R$ 501.025,00, para reforço de dotação orçamentária, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -480,68 +480,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/778/pl_09-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/793/plc_02-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/748/req_25-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/925/req_147_2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/781/emenda_pl_09-2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/778/pl_09-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/793/plc_02-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/748/req_25-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/925/req_147_2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/781/emenda_pl_09-2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="45" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="92.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="234.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>