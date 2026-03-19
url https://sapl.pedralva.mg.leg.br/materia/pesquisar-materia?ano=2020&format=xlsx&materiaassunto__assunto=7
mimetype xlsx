--- v0 (2025-12-06)
+++ v1 (2026-03-19)
@@ -54,267 +54,267 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Josimar Silva de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/824/pl_017-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/824/pl_017-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial no orçamento do Município de Pedralva, para o exercício de 2020.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/838/pl_019-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/838/pl_019-2020.pdf</t>
   </si>
   <si>
     <t>Estabelece a criação de uma plataforma virtual para o acompanhamento das obras públicas da Prefeitura Municipal de Pedralva/MG, e dá outras providências.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/825/plc_03-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/825/plc_03-2020.pdf</t>
   </si>
   <si>
     <t>Altera carga horária dos cargos que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/826/plc_04-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/826/plc_04-2020.pdf</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/850/substitutivo_projeto_de_lei_019-2020_-_plataform_AI1e1I7.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/850/substitutivo_projeto_de_lei_019-2020_-_plataform_AI1e1I7.pdf</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>José Paulo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/754/req_30-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/754/req_30-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal substituir por manilhas de 40cm o cano de PVC que atravessa a estrada do Bairro Contendas, logo após o ponto onde finaliza o calçamento, local conhecido por “Curva dos Vianas”.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/798/req_61-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/798/req_61-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizada a correção do muro divisório da sede da Secretaria de Saúde.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>João Alberto Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/804/req_66-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/804/req_66-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito, para que através da Secretaria Municipal de Saúde seja tomada a seguinte providência: manutenção no prédio da Unidade de Saúde vinculada à ESF II, situada no Bairro Lagoa, denominada “Unidade de Saúde Maria Rita de Jesus Machado” (limpeza na parte externa, pintura de paredes, construção de muro, entre outros serviços de manutenção).</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Evaristo Ribeiro de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/840/req_85_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/840/req_85_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Senhor Prefeito Municipal construir um bueiro na Rua Antonio Firmino Ferreira Neto, localizada no Bairro Anhumas, paralelo ao já existente, com manilhas de 1 m de diâmetro, próximo à propriedade do senhor Brandani.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/847/req_92_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/847/req_92_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja encaminhado a esta casa o cronograma de ações planejadas do Departamento de Obras para o mês de Junho de 2020, das ações na zona urbana e rural, sejam elas realizadas de forma direta ou indireta pela Prefeitura Municipal.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/851/req_93_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/851/req_93_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que tome as medidas cabíveis para que, por ocasião da reforma que será feita no prédio da rodoviária, sejam feitos todos os serviços necessários para recuperação dos banheiros (trocar as louças, azulejo, piso e portas e pintar as paredes), bem como a pintura das paredes, grades e portas de todo o prédio.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/895/req_128_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/895/req_128_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal atender solicitação dos moradores do Bairro Pitangueiras, manifestada através de abaixo-assinado, para que seja instalada a "Academia ao Ar Livre" destinada a esse bairro, que se encontra em posse do município desde o mês de fevereiro do ano de 2020.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/898/req_131_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/898/req_131_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal manutenção na ponte existente no bairro Pitangueiras.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/927/req_148_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/927/req_148_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal informações sobre as providências tomadas e seus resultados na correção do muro divisório do prédio e terreno da Secretaria de Saúde.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/929/req_150_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/929/req_150_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal atender solicitação dos moradores do Bairro Lagoa, manifestada através de abaixo-assinado, para ser reformada a Escola Municipal "Joaquim Gonçalves da Silva Braga", situada naquela localidade.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>Denis Wellinton de Souza</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/949/req_165_2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/949/req_165_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal informar o motivo pelo qual foram retiradas as seis (6) manilhas que se encontravam depositadas no trecho da estrada do Bairro Tamanduá que liga ao Bairro Campestre, próximo à residência da senhora Andréa, e para onde essas manilhas foram levadas.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/995/req-196-2020.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/995/req-196-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal: 1) Realizar melhorias adicionais na pista de caminhada da Avenida Tancredo Neves, como melhoria da iluminação, organização do espaço para uso por ciclistas e contenção dos taludes e arborização e jardinagem. 2) Além disso, requer que seja identificada, com mapa, a extensão total da área pertencente ao Município, como ainda, que seja informado, se há algum plano para novas intervenções e/ou obras no local, como a implantação de novas áreas de lazer e de práticas esportivas.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -621,68 +621,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/824/pl_017-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/838/pl_019-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/825/plc_03-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/826/plc_04-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/850/substitutivo_projeto_de_lei_019-2020_-_plataform_AI1e1I7.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/754/req_30-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/798/req_61-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/804/req_66-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/840/req_85_2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/847/req_92_2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/851/req_93_2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/895/req_128_2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/898/req_131_2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/927/req_148_2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/929/req_150_2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/949/req_165_2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/995/req-196-2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/824/pl_017-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/838/pl_019-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/825/plc_03-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/826/plc_04-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/850/substitutivo_projeto_de_lei_019-2020_-_plataform_AI1e1I7.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/754/req_30-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/798/req_61-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/804/req_66-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/840/req_85_2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/847/req_92_2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/851/req_93_2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/895/req_128_2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/898/req_131_2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/927/req_148_2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/929/req_150_2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/949/req_165_2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2020/995/req-196-2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="128.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="127.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>