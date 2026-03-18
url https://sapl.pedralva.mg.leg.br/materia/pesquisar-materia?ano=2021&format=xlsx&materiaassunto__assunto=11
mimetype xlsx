--- v0 (2026-01-20)
+++ v1 (2026-03-18)
@@ -54,1635 +54,1635 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Josimar Silva de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1245/pl-21-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1245/pl-21-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre medidas de conservação e manutenção das Estradas Municipais Rurais e da necessidade de manter passagem para animais de criação no âmbito do Município de Pedralva/MG e dá outras providências.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1305/pl-29-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1305/pl-29-2021.pdf</t>
   </si>
   <si>
     <t>Institui requisitos para utilização de capina química para conservação de estradas rurais, acrescento dispositivo à Lei nº 1.476/2010.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1443/pl-55-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1443/pl-55-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Cronograma de Manutenção das Estradas Rurais do Município de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>João Batista Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1002/req-6-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1002/req-6-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar uma visita do setor responsável para a apuração da situação da estrada do bairro Tamanduá.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1005/req-9-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1005/req-9-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar o calçamento da rua Braz Claudino Rodrigues, no Bairro Jaboticabal, bem como, realizar manutenção da estrada municipal, sobretudo em ponto crítico, poucos metros a frente do fim do calçamento, conforme fotos em anexo.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1006/req-10-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1006/req-10-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar a manutenção urgente de trecho da estrada do Bairro Tamanduá que dá acesso ao Bairro Campestre.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1008/req-12-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1008/req-12-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para serem realizadas as melhorias necessárias no trecho de estrada que liga o Bairro Sertãozinho ao Bairro Pitangueiras, local conhecido como "Subida do Tomás".</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1009/req-13-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1009/req-13-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar, junto ao Departamento de Obras, para ser feito serviço de patrolamento, cascalhamento e saída de água no trecho da estrada de acesso ao Bairro Pedrão, situado na subida que inicia no pesqueiro da Vanusa, local conhecido como Pipa.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1011/req-15-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1011/req-15-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar a manutenção urgente do trecho da estrada do Bairro Pitangueiras próximo à casa do senhor Tarcísio e realizar a manutenção e reforma urgente da ponte próximo à casa do senhor "Doril", no Bairro Pitangueiras.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1012/req-16-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1012/req-16-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar a manutenção urgente do trecho da estrada do Bairro Correas próximo a ponte do bairro, a qual se localiza próximo da antiga "venda" do bairro e próximo ao Haras e realizar a coleta de lixo no bairro, a qual não é feita, bem como construir uma lixeira no bairro.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1013/req-17-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1013/req-17-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar a manutenção urgente do trecho da estrada do Bairro Contendas próximo a Fazenda "JP", sentido bairro Pitangueiras e sentido bairro Balaio (próximo a ponte).</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1015/req-19-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1015/req-19-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar a manutenção, cascalhamento, limpeza das saídas de água, bueiros e manilhas urgente dos seguintes trechos da estrada: 1) estrada da Usina do Pedrão sentido o bairro Pedrão; 2) estrada do bairro Correas sentido bairro Pedrão, trecho em frente a casa do "Sr. Dito Neto" e trecho em frente ao depósito de banana do "Sr. Robson"; e 3) estrada do bairro Pedrão sentido bairro Tamanduá.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1016/req-20-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1016/req-20-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar a manutenção urgente do trecho da estrada da "Pipa" ao bairro do Pedrão, fazendo o cascalhamento do morro, bem como o cascalhamento do trecho próximo ao pesqueiro.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1017/req-21-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1017/req-21-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal analisar a viabilidade de colocação de placas indicativas, com os nomes dos bairros da zona rural de Pedralva; incluindo placas nos bairros com direcionamento para a área urbana do município.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1023/req-27-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1023/req-27-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal analisar, por meio de uma apuração do setor responsável, a necessidade da ponte localizada na estrada do bairro jabuticabal e tomar as medidas cabíveis para sanar o problema existente.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Aline de Fátima Silva Guedes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1027/req-31-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1027/req-31-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja viabilizada a colocação de profissionais popularmente conhecidos como Conservas em número suficiente que cubra toda a malha das estradas vicinais do município.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1028/req-32-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1028/req-32-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar a manutenção de trecho da estrada do Bairro Rocinha, realizando, a limpeza das saídas de água e de local com acumulação de barro, bem como, a correção de serviço realizado pelo Departamento de Obras, que acabou por direcionar as águas de chuva de forma a colocar em risco de inundação duas residências existentes no local.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1029/req-33-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1029/req-33-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar a manutenção paliativa da Rua Joaquim Carlos de Paiva Caldas, no Bairro Bica, realizando ao menos o cascalhamento, direcionamento das águas de chuva e reparos dos buracos.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1042/req-35-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1042/req-35-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar, junto ao Departamento de Obras, para ser feito serviço de aterro e cascalhamento no trecho da estrada do bairro Vintém, próximo à granja do Lorival.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1044/req-37-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1044/req-37-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar, junto ao Departamento de Obras, para ser feita manutenção no trecho da estrada do Bairro Barra Mansa, situado na subida que inicia na propriedade do senhor Toninho Lalá e finaliza no final da descida, no outro lado, próximo a Igrejinha.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1045/req-38-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1045/req-38-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar, junto ao Departamento de Obras, para ser feita manutenção no trecho da estrada do Bairro Barra Mansa, que inicia próximo às propriedades dos familiares do senhor Alvarino, sendo uma estrada sem saída.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1047/req-40-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1047/req-40-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar a manutenção urgente do trecho da estrada do Bairro Correas, tendo em vista que a estrada está abaixo do nível da margem do rio, o que está ocasionado o seu alagamento, impedindo a passagem dos moradores.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Paulo Henrique de Faria</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1052/req-45-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1052/req-45-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para ser roçada e podada a vegetação nas margens das estradas rurais, no bairro Contendas sentido bairro Pitangueiras e adjacências.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1057/req-50-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1057/req-50-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que solicite ao setor técnico responsável, uma visita ao bairro Cubatão, próximo ao pesqueiro, para verificar a situação da rampa elevada construída no local.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1059/req-52-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1059/req-52-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar, por meio do setor responsável, uma visita para verificação da ponte do bairro Paulino Paixão.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1064/req-57-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1064/req-57-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal enviar equipe responsável pelas estradas ao bairro Alecrim para verificar a situação de pontes e bueiras danificadas, fazendo da passagem local de risco.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1065/req-58-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1065/req-58-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal enviar equipe responsável pelas estradas ao bairro Pedra Batista para verificar a situação de dois pontos críticos de estrada que necessitam de reparo urgente.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Claudio de Lima Lopes, João Batista Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1068/req-61-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1068/req-61-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar a manutenção de trecho da estrada do Bairro Carfanaum, e especialmente com a limpeza de valeta e bueiro, nas proximidades do morro dos Carulas.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1075/req-67-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1075/req-67-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal: 1) Providenciar para ser feito, de imediato, a manutenção da ponte do bairro Paulino Paixão, próximo ao "Bar do Carmo"; e 2) Providenciar o calçamento do trecho da estrada do bairro Paulino Paixão, próximo ao "Bar do Carmo", tendo em vista que o material para fazer o calçamento já está no local, bem como realizar a manutenção das saídas de águas, manilhas e bueiros do morro do referido trecho da estrada.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1076/req-68-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1076/req-68-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal: 1) Providenciar para ser feito, de imediato, a limpeza dos bueiros, manilhas e saídas de águas no trecho da estrada do bairro Santo Antônio, próximo à entrada do Hotel Fazenda e próximo à Escola e a Igreja; 2) Providenciar a troca das lâmpadas dos postes de iluminação do referido trecho, tendo em vista que estão queimadas; e 3) Providenciar o calçamento da entrada da Igreja do Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1079/req-71-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1079/req-71-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o setor de obras da prefeitura faça a devida manutenção no trecho da estrada de acesso ao Bairro Lagoa, localizado na localidade conhecida por "Serrinha".</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1080/req-72-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1080/req-72-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o setor de obras da prefeitura realize a devida manutenção em trecho da estrada do bairro Posses, iniciando próxima à Igreja e seguindo até a divisa com o Bairro Fagundes.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1081/req-73-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1081/req-73-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o setor de obras da prefeitura substitua os pranchões quebrados da ponte situada no bairro Sertãozinho, na estrada secundária que inicia próximo à Igreja e dá acesso a cinco residências, entre elas a do senhor Josimar.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1086/req-78-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1086/req-78-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja providenciado, junto ao Departamento de Obras, a manutenção do passador de gado existente na estrada que liga os Bairros Vintém e Tamanduá, em especial ao existente próximo ao depósito de frutas do Sr. Tino.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1088/req-80-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1088/req-80-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal, por meio do Departamento responsável, realizar o desentupimento da rede de esgoto do Bairro Paulino Paixão.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1093/req-83-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1093/req-83-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o setor de obras da prefeitura inclua em seu planejamento melhoria nos pontos de início de estradas ou ruas, que iniciam na beirada do asfalto ou de rua.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Claudio de Lima Lopes, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1095/req-85-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1095/req-85-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o setor de obras rurais faça a devida manutenção nas estradas situadas no Bairro Anhumas, a saber: 1) Estrada municipal que inicia na beirada do asfalto, em frente à loja de materiais do Chico Zé e segue até encontrar com a Avenida Antônio Firmino de Lima; e 2) Estrada secundária, localizada na segunda entrada à direita, após a entrada para o Bairro Tamanduá, de acesso à residência da Senhora Elizabete e outros.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1104/req-94-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1104/req-94-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o setor de obras rurais faça um aterro na estrada secundária localizada no bairro Sertãozinho, de acesso para duas residências, sendo uma delas de propriedade do senhor Valter.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1109/req-98-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1109/req-98-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o setor responsável faça uma visita ao bairro Divisa, para averiguar as condições da estrada e da ponte localizados após a Igreja.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1117/req-106-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1117/req-106-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para ser feito, de imediato, a manutenção da ponte do bairro Sertãozinho próximo ao "Bar da Ana".</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1120/req-109-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1120/req-109-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que verifique junto à Equipe de Obras a viabilidade de reparo na ponte de acesso à casa do Sr. Benedito Bueno, no bairro Alecrim.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1121/req-110-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1121/req-110-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal pleitear junto ao DEER-MG a construção de redutores de velocidade e faixa de pedestre na Rodovia MG-347, na altura do Bairro Rezende, em frente ao ponto de ônibus, limite de municípios de Cristina e Pedralva.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1125/req-114-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1125/req-114-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizada a manutenção das estradas que ligam ao Bairro Tamanduá, Pipa, Pedrão, Baixadão e Corrêas, sobretudo dos pontos críticos apontados no relatório fotográfico em anexo ao requerimento.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1126/req-115-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1126/req-115-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para ser feita manutenção no bueiro existente na estrada principal do bairro Sertãozinho, próximo à venda da Ana.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1130/req-119-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1130/req-119-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar a troca das manilhas de passagem da água, no bairro Cubatão, ao lado da propriedade do Senhor Celau.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1136/req-125-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1136/req-125-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o setor de obras volte, o mais breve possível, para terminar a colocação de manilhas no córrego principal do bairro Cubatão, próximo à casa do senhor Celau.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1138/req-127-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1138/req-127-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para ser feito, de imediato, a manutenção da ponte do bairro Contendas próximo à propriedade da família dos "Vilelas".</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, João Batista Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1140/req-129-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1140/req-129-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizado: limpeza, patrolamento, cascalhamento e manilhamento condizente com o volume de água em estrada do Bairro Tamanduá.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1147/req-133-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1147/req-133-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o setor de obras substitua uma manilha, que está quebrada, da ponte situada no rio principal do bairro Paulino Paixão, próximo à residência do Ronian.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>Fernanda Christiane Tomé Torres, João Batista Machado Filho, Paulo Henrique de Faria</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1150/req-136-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1150/req-136-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal apoio para regulamentar os passadores de gado do bairro Vintém. São 7 passadores de gado em menos de 2 km, 1 passador a cada 300 metros, aproximadamente.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1152/req-138-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1152/req-138-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o departamento de obras faça reparos e manutenção na estrada de acesso ao bairro Pedrão.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1156/req-142-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1156/req-142-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o setor de obras faça manutenção na estrada principal do bairro Paulino Paixão, iniciando após o calçamento e seguindo até seu final.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1157/req-143-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1157/req-143-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal: a) Providenciar para que o departamento de manutenção de estradas rurais faça reparos e consertos na estrada do bairro Balaio, subida do bairro Contentas para o bairro Balaio, próximo as manilhas; b) Que seja colocado cascalho na referida estrada e feito o desentupimento das manilhas.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1162/req-146-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1162/req-146-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o setor de obras faça manutenção no pilar da ponte situada na estrada principal do Bairro Cubatão, localizada próxima à encruzilhada conhecida como "encruzilhada do Virço".</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1164/req-148-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1164/req-148-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar, através do setor de obras, para ser feita manutenção na estrada principal do Bairro Estiva.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1168/req-152-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1168/req-152-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal: a) Providenciar para ser feito, de imediato, a instalação de algumas lâmpadas de iluminação na "Comunidade" localizada no bairro Belo Ramo; b) Providenciar para ser feito, de imediato, o calçamento do trecho da estrada do bairro Belo Ramo, próximo à "Comunidade", bem como que seja feito a manutenção de uma estrada que se localiza dentro da "Comunidade"; c) Providenciar para ser feito, de imediato, a poda de algumas árvores que se encontram localizadas dentro da "Comunidade".</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1172/req-156-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1172/req-156-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal enviar equipe responsável pelas estradas ao bairro Alecrim para verificar a situação de bueiras entupidas que estão danificando vários trechos de estrada, ocasionando danos maiores nas estradas vicinais.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1180/req-158-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1180/req-158-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o setor de obras realize manutenção na estrada principal de acesso ao Bairro Lagoa, iniciando no Bairro Estiva.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1181/req-159-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1181/req-159-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o diretor do departamento de obra vá até o Bairro Lagoa fazer uma vistoria na estrada onde foi feita uma nova rede de esgoto, perto da casa de leite.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1183/req-161-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1183/req-161-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o setor responsável faça uma visita ao Bairro Pedrão, para averiguar a situação das estradas rurais daquela localidade e realizar os serviços necessários.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1184/req-162-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1184/req-162-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o setor de obras faça manutenção em uma estrada do Bairro Sertãozinho, de acesso à propriedade do senhor conhecido por "Bode" e família e demais residências existentes no local.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1188/req-166-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1188/req-166-2021.pdf</t>
   </si>
   <si>
     <t>Reitera requerimento ao Prefeito Municipal para que seja realizada a manutenção da estrada do Bairro Vintém, trecho de acesso à Granja do Lourival.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1190/req-168-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1190/req-168-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizada manutenção de trecho da estrada do Bairro da Barra, próximo à Cerâmica do Toninho do Lalá (após a ponte de acesso ao bairro).</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1202/req-170-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1202/req-170-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar, através do departamento de obras, para ser calçado o trecho de estrada entre o Posto de Saúde e a Igreja, no Bairro Sertãozinho.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1226/req-184-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1226/req-184-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o setor de engenharia da Prefeitura de Pedralva faça uma avaliação das condições da ponte situada na estrada municipal que liga o Bairro Barra Mansa aos Bairros Sertãozinho e Cubatão.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1228/req-186-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1228/req-186-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar a manutenção de trecho da estrada do Bairro Carfanaum, sobretudo nos trechos próximos à subida do morro dos Carulas.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1233/req-188-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1233/req-188-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar, através do setor de obras, para ser feita manutenção emergencial nas estradas do Bairro Cubatãozinho.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1235/req-192-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1235/req-192-2021.pdf</t>
   </si>
   <si>
     <t>Reitera requerimento para que seja realizada a manutenção das estradas de acesso aos bairros Anhumas, Cubatãozinho, Cubatão e Vintém.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1249/req-197-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1249/req-197-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o setor de obras da prefeitura faça uma averiguação das condições em que se encontra o trecho da estrada municipal que liga o Bairro Contendas ao Bairro Pitangueiras.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1250/req-198-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1250/req-198-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal informar quais providencias foram tomadas com relação ao requerimento que foi apresentado na reunião ordinária do dia 18 de janeiro de 2021, através do qual foi solicitado que fosse feita uma visita para verificação na ponte do Bairro Paulino Paixão que liga ao Bairro Barra Mansa, Sertãozinho e Cubatão.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1252/req-200-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1252/req-200-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar manutenção/patrolamento nos pontos críticos das estradas do Bairro Pedra Preta.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1264/req-205-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1264/req-205-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar, através do setor de obras rurais, para ser avaliada as condições da estrada do Bairro Barra Mansa e ser feita uma boa manutenção em toda sua extensão.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1272/req-212-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1272/req-212-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal: a) providenciar para ser jogado, diariamente, água nos trechos de estrada rural onde há aglomeração de casas, para diminuir a poeira; e b) realizar, através do setor de engenharia, um estudo para calçamento dos trechos de estrada rural onde há aglomeração de casas, e tomar as medidas para que o calçamento seja feito, visando diminuir os problemas causados pela poeira.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1275/req-215-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1275/req-215-2021.pdf</t>
   </si>
   <si>
     <t>Solicita à empresa PENHA E BORGES que  seja verificada a possibilidade de disponibilização de um caminhão tanque ou pipa ou veículo com chorumeira, para amenizar a poeira gerada nas estradas vicinais de Pedralva, situação que vem se agravando com o intenso tráfego de caminhões carregados com cascalho, que se deslocam pelas vias para transporte de materiais a fim de atender as obras de pavimentação do Loteamento Altaville.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1277/req-217-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1277/req-217-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar, através do setor de obras rurais, para ser avaliada as condições da estrada do Bairro Contendas e ser feita uma boa manutenção em toda sua extensão, com a construção de bueiros para escoamento da água pluvial, utilizando as manilhas que se encontram no local, levadas pela prefeitura.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1296/req-226-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1296/req-226-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para ser feita manutenção na estrada do Bairro Angu (patrolar e cascalhar).</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1297/req-227-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1297/req-227-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o setor de obras faça manutenção nas estradas de acesso às lavouras de todos os bairros rurais de Pedralva.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1311/req-236-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1311/req-236-2021.pdf</t>
   </si>
   <si>
     <t>Reitera ao Prefeito Municipal requerimento que solicita: a) a colocação de placas indicativas nas estradas vicinais do Município, especialmente na saída da cidade e saídas de rodovias, e nos entroncamentos entre as estradas, identificando os nomes dos bairros da Zona Rural de Pedralva, bem como colocação de placas nesses bairros com direcionamento para a área urbana do município; b) Informar um prazo ou previsão de data para que as placas sejam confeccionadas e instaladas, conforme solicitado acima.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1317/req-242-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1317/req-242-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que setor de obras faça uma avaliação das estradas do Bairro Rocinha e realize os serviços que forem necessários de manutenção, para tornar trafegável em dias de chuva.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1322/req-244-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1322/req-244-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal: 1) Que o setor competente vistorie a situação da ponte situada na estrada principal do Bairro Rocinha e realize os serviços necessários para recuperá-la; e 2) Que o setor competente faça um levantamento das condições de todas as pontes das estradas rurais do município de Pedralva.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1325/req-247-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1325/req-247-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o setor de obras faça uma avaliação da estrada que liga o Bairro Posses ao Bairro Contendas, proponha melhorias e atue para que sejam realizadas.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1326/req-248-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1326/req-248-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o setor de obras faça uma avaliação da estrada municipal do Bairro Pedra Preta, proponha melhorias e atue para que sejam realizadas.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1337/req-255-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1337/req-255-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal manutenção das bueiras quebradas no bairro Alecrim.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1356/req-260-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1356/req-260-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar calçamento no bairro Divisa, próximo à casa do Sr. Dito Albino, utilizando bloquetes que já se encontram no local.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1365/req-268-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1365/req-268-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que realize manutenção na estrada vicinal do bairro Pedra Batista, através de uma operação “tapa-buracos”, melhorando a situação de alguns pontos críticos de estrada que necessitam de reparo urgente.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1369/req-272-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1369/req-272-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizada a manutenção de ponte do Bairro Pitangueiras, localizada na estrada que dá acesso à zona rural do município de São José do Alegre.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1370/req-273-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1370/req-273-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizada a manutenção de ponte do Bairro Contendas, localizada na estrada que dá acesso às propriedades da Família Vilela.</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1389/req-284-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1389/req-284-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que informe quais providências foram tomadas referentes à questão dos passadores de gado existentes em algumas estradas municipais, como os 7 passadores de gado que existem no Bairro Vintém.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1409/req-298-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1409/req-298-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que faça uso do cascalho que está amontoado na entrada da propriedade do senhor Benedito Avelino, no bairro Balaio.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1410/req-299-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1410/req-299-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que faça uso do cascalho e dos bloquetes que estão amontoados nas estradas rurais há tempos.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1426/70_-_requerimento_08-09-2021_-_penha_empreendimentos_-_amenizar_poeira_ruas_de_acesso_ao_loteamento.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1426/70_-_requerimento_08-09-2021_-_penha_empreendimentos_-_amenizar_poeira_ruas_de_acesso_ao_loteamento.pdf</t>
   </si>
   <si>
     <t>Solicita à empresa Penha e Borges Empreendimento Imobiliário Pedralva Spe Ltda a possibilidade de disponibilização de um caminhão tanque ou pipa ou veículo com chorumeira, para amenizar a poeira gerada no trecho de rua com início na Rua Prefeito Lafaiete da Costa Paiva até o acesso ao Loteamento Alta Ville.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1448/req-314-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1448/req-314-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal o conserto, em caráter de urgência, da passagem de gado no bairro Vintém, identificada nas fotos anexadas ao requerimento.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1449/req-315-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1449/req-315-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar, através do Departamento de Engenharia: a) Mapeamento e vistoria com laudo técnico a respeito de todas as pontes e passadores de gado do município; b) Instalação de guardrail (muretas ou corrimão) em todas as pontes e passadores de gados; e c) Instalação de placas de sinalização nesses locais.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1467/req-325-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1467/req-325-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal enviar equipe da Secretaria Municipal de Obras para avaliar a estrada de acesso ao Bairro Lagoa, iniciando no Bairro Estiva até o Bairro Lagoa.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1470/req-328-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1470/req-328-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o setor de obras realize manutenção na estrada principal de acesso ao Bairro Lagoa, iniciando no Bairro Estiva e seguindo até a divisa com o Município de Maria da Fé.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1472/req-330-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1472/req-330-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal enviar equipe responsável pelas estradas ao bairro Alecrim para verificar a situação de bueiras entupidas que estão danificando vários trechos de estrada, ocasionando danos maiores nas estradas vicinais. Solicita também, cascalhamento de alguns trechos de estrada.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1473/req-331-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1473/req-331-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar pavimentação em trecho da estrada vicinal do bairro Alecrim, próximo à escola, que normalmente tem problemas de trafegabilidade em período de periclitação.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Aline de Fátima Silva Guedes, Claudio de Lima Lopes, João Batista Machado Filho, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1474/req-332-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1474/req-332-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal: a) Seja realizada a manutenção emergencial de trechos de estradas rurais dos Bairros Córrego Fundo, Cubatãozinho e Vintém, especificamente nos pontos indicados no relatório fotográfico em anexo; b) Notificar a responsável pelo Loteamento Alta Ville para que tome ciência dos danos à Estrada do Bairro Córrego Fundo causados pelas obras do referido empreendimento, e assim, que realize intervenções que possam erradicar ou ao menos minimizar novas ocorrências, sob pena de responsabilização; e c) Realizar pavimentação em trechos das estradas vicinais que normalmente têm problemas de trafegabilidade em período de periclitação.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1481/req-334-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1481/req-334-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar manutenção nos pontos críticos das estradas principais dos Bairros Anhumas, Cubatão, Cubatãozinho, Sertãozinho e Barra Mansa.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Claudio de Lima Lopes, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1486/req-339-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1486/req-339-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que, através do setor de obras, sejam avaliadas as condições da estrada de acesso ao Bairro Pedrão e à Pedra do Pedrão e que sejam tomadas as medidas que forem necessárias para mantê-las em condições adequadas para tráfego.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1490/req-341-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1490/req-341-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o departamento de obras da prefeitura faça a colocação de cascalho em uma rua do bairro Bela Vista, próximo à empresa Megaplus.</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>Paulo Henrique de Faria, Jerson Papi de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1492/req-343-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1492/req-343-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que, através dos meios competentes: a) Autorize a Associação de bairros AMABAVICC utilizar os bloquetes que foram retirados da cidade para o calçamento da saída da Associação, com a mão de obra da Associação, onde várias pessoas já dispuseram a efetuar o serviço; b) No caso de autorização pelo prefeito, caso seja necessário, que a prefeitura envie mais bloquetes, para serem reutilizados; e c) Envio de máquinas e areia para fazer a adequação correta do local para receber o calçamento.</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1503/req-352-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1503/req-352-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a realização de manutenção urgente em trecho da estrada do Bairro Contendas, próximo a residência do Sr. Odair José, também conhecido por "Pilão", realizando a limpeza das saídas de água, bueiros e manilhas e o cascalhamento da estrada.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1504/req-353-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1504/req-353-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que: a) realize com urgência a manutenção do trecho da estrada do Bairro Correas próximo a ponte do bairro (localizado em frente a antiga venda do bairro), realizando a limpeza das saídas de águas, manilhas e bueiros, bem como que seja aterrado e cascalhado esse trecho de estrada para que o nível da estrada fique mais alto, para evitar essa concentração de água; e b) realize com urgência a limpeza das saídas de águas, manilhas e bueiros de todas as estradas do bairro Correas, tendo em vista que a água da chuva está causando buracos e outros danos, dificultando em muito a passagem dos moradores, em razão que não foi feito a devida manutenção nas estradas. Requer ainda, que seja feito o cascalhamento em alguns trechos emergenciais.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1506/req-355-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1506/req-355-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal enviar funcionários responsáveis pelo setor de obras rurais ao Bairro Pedrão para avaliar as condições da estrada que passa pela Igreja do Bairro Pedrão e segue sentido à propriedade dos familiares da saudosa senhora Elza Veloso e realizar a manutenção necessária, aproveitando que o setor de obras está trabalhando no bairro, fazendo manutenção na estrada de acesso à Pedra do Pedrão.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>Paulo Henrique de Faria, Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1511/req-360-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1511/req-360-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que faça a manutenção, em caráter de urgência, da estrada do bairro Estiva que liga ao bairro Lagoa.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1513/req-362-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1513/req-362-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja feita uma manutenção mais cuidadosa na estrada que leva ao bairro Lagoa.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1514/req-363-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1514/req-363-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja feito um estudo para calçamento nas partes mais críticas, geralmente subidas, das estradas rurais, como por exemplo dos bairros Lagoa, Balaio, Alecrim e outros.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1516/req-365-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1516/req-365-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal informar qual foi o posicionamento do DEER-MG quanto a construção de redutores de velocidade e faixa de pedestre na Rodovia MG-347, na altura do Bairro Rezende, em frente ao ponto de ônibus, limite de municípios de Cristina e Pedralva, por ela solicitado na reunião ordinária realizada em 8 de fevereiro e que teve como resposta do prefeito que iria consultar este departamento a respeito, uma vez que o serviço até o momento não foi realizado.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1518/req-367-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1518/req-367-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja feito serviço de cascalhamento nas estradas do bairro Pedra Batista e conserto da bueira que está quebrada na curva próximo a escola.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1520/req-369-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1520/req-369-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal: a) providenciar para ser feito, de imediato, a manutenção da ponte do bairro Rocinha, tendo em vista que a ponte está em situação precária, o que deixa os moradores em situação de risco em utilizarem a referida ponte; b) providenciar para ser feito, de imediato, a troca das manilhas do trecho da estrada do bairro Rocinha, próximo a residência da "Dona Cicia", bem como a mudança do trajeto dessas manilhas e saídas de águas, tendo em vista que a manilha existente no local não é suficiente para a vazão da água, razão pela qual a água da chuva está levando areia e lama para dentro da casa dos moradores que ali residem; e c) providenciar para ser feito, a manutenção das saídas de águas, manilhas, bueiros e cascalhamento de todo o trecho da estrada do bairro Rocinha, iniciando nas margens da Rodovia Pedralva — São Lourenço e finalizando nas margens da rodovia sentido Conceição das Pedras.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1532/req-377-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1532/req-377-2021.pdf</t>
   </si>
   <si>
     <t>Reitera Requerimento de n° 272/2021, para que seja realizada a manutenção de ponte do Bairro Pitangueiras, localizada na estrada que dá acesso à zona rural do município de São José do Alegre.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1535/req-380-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1535/req-380-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizada a manutenção emergencial de trecho da estrada do Bairro Sertãozinho, especificadamente ao trecho que dá acesso à residência do Sr. Carlinho.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1539/req-381-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1539/req-381-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal analisar a situação das estradas vicinais do bairro Pedra Batista e realizar o serviço de capina, além de limpeza dos galhos de árvore que se encontram em locais impróprios da estrada, dificultando o tráfego de veículos.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1540/req-382-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1540/req-382-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que sejam aterradas algumas valetas na estrada do bairro Cubatãozinho (Morro do Cubatãozinho), que está em péssimas condições, podendo ocasionar acidentes graves.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1541/req-383-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1541/req-383-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal avaliação e limpeza das barreiras caídas por conta das chuvas nas estradas do bairro Alecrim.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1542/req-384-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1542/req-384-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal: a) atender a solicitação da cidadã pedralvense Elizabete Soares Lima, residente no bairro Anhumas, realizando, através do setor de obras, o cascalhamento da estrada que dá acesso à sua residência e à outras residências vizinhas à dela. A estrada inicia na beirada do asfalto, poucos metros após a entrada para o Bairro Tamanduá, no lado direito sentido Pedralva/São José do Alegre; e b) informar o motivo da prefeitura não atender a esta reivindicação, que vem sendo feita pela referida senhora faz muito tempo.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1547/req-388-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1547/req-388-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar, através do setor de obras, manutenção na estrada municipal que liga o Bairro Lagoa ao Bairro Pedrão, com a colocação de cascalho.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1548/req-389-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1548/req-389-2021.pdf</t>
   </si>
   <si>
     <t>Reitera ao Prefeito Municipal requerimento feito em 18 de outubro de 2021, através do qual reivindicou que fosse realizada manutenção nos pontos críticos das estradas principais dos Bairros Anhumas, Cubatão, Cubatãozinho, Sertãozinho e Barra Mansa.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1549/req-390-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1549/req-390-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar manutenção na estrada principal do bairro Estiva, nos trechos onde precisa ser construído bueiros.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1560/req-398-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1560/req-398-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que realize com urgência a manutenção do trecho da estrada do Bairro Belo Ramo próximo a "Comunidade" e que seja realizado a manutenção do restante da estrada iniciando no bairro Floresta e encerrando no bairro Santo Antônio.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1561/req-399-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1561/req-399-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que informe quais medidas foram tomadas e quais medidas ainda serão tomadas referente a manutenção do trecho da estrada do Bairro Tamanduá que dá acesso ao Bairro Campestre, para evitar a situação ocorrida no início deste ano.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1574/req-410-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1574/req-410-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizada a manutenção de ponte do Bairro Barra, que divide os municípios de Pedralva e São José do Alegre.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1575/req-411-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1575/req-411-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizada a limpeza e recuperação de trecho da estrada do Bairro Jaboticabal, em virtude de desmoronamento de terra ocorrido no local.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes, Claudio de Lima Lopes, João Batista Machado Filho, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1581/req-415-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1581/req-415-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal informar e notificar o setor responsável pelas estradas do município sobre os vários problemas que identificamos nas estradas dos bairros Anhumas, Cubatãozinho, Cubatão, Sertãozinho e Barra Mansa, conforme demonstra as fotos anexadas ao requerimento.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1582/req-416-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1582/req-416-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para ser feito, de imediato, a manutenção do trecho da estrada do bairro Rocinha, tendo em vista que ocorreu o desmoronamento de uma quantidade de terra na estrada, dificultando a passagem dos moradores.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1583/req-417-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1583/req-417-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja feita a manutenção paliativa de emergência em pontos críticos das estradas do Bairro Jaboticabal, bem como, seja dada a manutenção preventiva e duradoura nesta estrada, no período climático adequado.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1989,67 +1989,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1245/pl-21-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1305/pl-29-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1443/pl-55-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1002/req-6-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1005/req-9-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1006/req-10-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1008/req-12-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1009/req-13-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1011/req-15-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1012/req-16-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1013/req-17-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1015/req-19-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1016/req-20-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1017/req-21-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1023/req-27-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1027/req-31-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1028/req-32-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1029/req-33-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1042/req-35-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1044/req-37-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1045/req-38-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1047/req-40-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1052/req-45-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1057/req-50-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1059/req-52-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1064/req-57-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1065/req-58-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1068/req-61-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1075/req-67-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1076/req-68-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1079/req-71-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1080/req-72-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1081/req-73-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1086/req-78-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1088/req-80-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1093/req-83-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1095/req-85-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1104/req-94-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1109/req-98-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1117/req-106-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1120/req-109-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1121/req-110-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1125/req-114-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1126/req-115-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1130/req-119-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1136/req-125-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1138/req-127-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1140/req-129-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1147/req-133-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1150/req-136-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1152/req-138-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1156/req-142-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1157/req-143-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1162/req-146-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1164/req-148-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1168/req-152-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1172/req-156-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1180/req-158-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1181/req-159-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1183/req-161-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1184/req-162-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1188/req-166-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1190/req-168-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1202/req-170-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1226/req-184-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1228/req-186-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1233/req-188-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1235/req-192-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1249/req-197-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1250/req-198-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1252/req-200-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1264/req-205-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1272/req-212-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1275/req-215-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1277/req-217-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1296/req-226-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1297/req-227-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1311/req-236-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1317/req-242-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1322/req-244-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1325/req-247-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1326/req-248-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1337/req-255-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1356/req-260-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1365/req-268-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1369/req-272-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1370/req-273-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1389/req-284-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1409/req-298-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1410/req-299-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1426/70_-_requerimento_08-09-2021_-_penha_empreendimentos_-_amenizar_poeira_ruas_de_acesso_ao_loteamento.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1448/req-314-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1449/req-315-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1467/req-325-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1470/req-328-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1472/req-330-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1473/req-331-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1474/req-332-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1481/req-334-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1486/req-339-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1490/req-341-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1492/req-343-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1503/req-352-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1504/req-353-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1506/req-355-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1511/req-360-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1513/req-362-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1514/req-363-2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1516/req-365-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1518/req-367-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1520/req-369-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1532/req-377-2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1535/req-380-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1539/req-381-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1540/req-382-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1541/req-383-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1542/req-384-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1547/req-388-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1548/req-389-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1549/req-390-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1560/req-398-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1561/req-399-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1574/req-410-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1575/req-411-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1581/req-415-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1582/req-416-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1583/req-417-2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1245/pl-21-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1305/pl-29-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1443/pl-55-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1002/req-6-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1005/req-9-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1006/req-10-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1008/req-12-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1009/req-13-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1011/req-15-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1012/req-16-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1013/req-17-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1015/req-19-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1016/req-20-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1017/req-21-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1023/req-27-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1027/req-31-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1028/req-32-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1029/req-33-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1042/req-35-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1044/req-37-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1045/req-38-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1047/req-40-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1052/req-45-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1057/req-50-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1059/req-52-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1064/req-57-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1065/req-58-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1068/req-61-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1075/req-67-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1076/req-68-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1079/req-71-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1080/req-72-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1081/req-73-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1086/req-78-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1088/req-80-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1093/req-83-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1095/req-85-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1104/req-94-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1109/req-98-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1117/req-106-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1120/req-109-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1121/req-110-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1125/req-114-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1126/req-115-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1130/req-119-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1136/req-125-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1138/req-127-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1140/req-129-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1147/req-133-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1150/req-136-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1152/req-138-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1156/req-142-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1157/req-143-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1162/req-146-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1164/req-148-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1168/req-152-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1172/req-156-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1180/req-158-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1181/req-159-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1183/req-161-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1184/req-162-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1188/req-166-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1190/req-168-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1202/req-170-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1226/req-184-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1228/req-186-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1233/req-188-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1235/req-192-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1249/req-197-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1250/req-198-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1252/req-200-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1264/req-205-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1272/req-212-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1275/req-215-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1277/req-217-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1296/req-226-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1297/req-227-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1311/req-236-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1317/req-242-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1322/req-244-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1325/req-247-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1326/req-248-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1337/req-255-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1356/req-260-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1365/req-268-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1369/req-272-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1370/req-273-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1389/req-284-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1409/req-298-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1410/req-299-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1426/70_-_requerimento_08-09-2021_-_penha_empreendimentos_-_amenizar_poeira_ruas_de_acesso_ao_loteamento.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1448/req-314-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1449/req-315-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1467/req-325-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1470/req-328-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1472/req-330-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1473/req-331-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1474/req-332-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1481/req-334-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1486/req-339-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1490/req-341-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1492/req-343-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1503/req-352-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1504/req-353-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1506/req-355-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1511/req-360-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1513/req-362-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1514/req-363-2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1516/req-365-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1518/req-367-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1520/req-369-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1532/req-377-2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1535/req-380-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1539/req-381-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1540/req-382-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1541/req-383-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1542/req-384-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1547/req-388-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1548/req-389-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1549/req-390-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1560/req-398-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1561/req-399-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1574/req-410-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1575/req-411-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1581/req-415-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1582/req-416-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1583/req-417-2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H128"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="121.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="177.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="176.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>