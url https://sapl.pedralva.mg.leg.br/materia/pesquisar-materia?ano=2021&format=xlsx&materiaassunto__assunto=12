--- v0 (2026-01-20)
+++ v1 (2026-03-18)
@@ -54,213 +54,213 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes, Jerson Papi de Sousa, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1161/pl-8-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1161/pl-8-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de uso de lâmpadas de LED (diodo emissor de luz) na rede de iluminação pública, realização de arborização, pavimentação, colação de meios fios, sarjetas e rede de águas pluviais nos novos loteamentos e empreendimentos imobiliários no Município de Pedralva.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1056/req-49-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1056/req-49-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar, por meio do setor responsável, uma visita para programação para manutenção da rede de esgoto do bairro Lagoa.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1078/req-70-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1078/req-70-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o setor jurídico da prefeitura analise e elabore uma proposta, para ser revista a cláusula décima quinta do Contrato de concessão de serviços públicos de abastecimento de água e esgotamento sanitário, celebrado entre o município de Pedralva e a Companhia de Saneamento de Minas Gerais - Copasa, em 14 de outubro de 1997, requerendo a suspensão ou diminuição da cobrança da taxa de esgoto até o término do prazo contratual.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>Fernanda Christiane Tomé Torres</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1127/req-116-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1127/req-116-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal informações sobre a deterioração precoce das recentes instalações para infraestrutura do esgotamento sanitário no bairro Bica (situado atrás da academia ao ar livre do bairro referido), a saber: a) A Prefeitura Municipal e o Departamento de Água e Esgoto (Copasa) tem conhecimento dos atuais problemas relacionados ao requerimento? b) As obras de instalação daquela rede de esgoto foram devidamente fiscalizadas em sua execução? c) De modo amplo, como a atual administração municipal avalia a atual situação de toda a infraestrutura de esgotamento sanitário executada no bairro Bica e quais providências a serem adotadas?</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1142/req-131-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1142/req-131-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizada a correção da canalização da rede de esgoto do Bairro Córrego Fundo.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>Paulo Henrique de Faria</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1149/req-135-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1149/req-135-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal exigir da empresa Copasa a vistoria de todos os bueiros e saídas de esgotos que estão entupidos, vazando ou necessitando de manutenção, pelas ruas da cidade de Pedralva.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1167/req-151-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1167/req-151-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para ser feito, de imediato, a regularização da rede de esgoto dos moradores da "Comunidade" localizada no bairro Belo Ramo.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1255/req-203-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1255/req-203-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal regularização da rede de esgoto da Rua José Martins.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>João Batista Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1468/req-326-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1468/req-326-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal informar se há alguma previsão para regularização do esgoto no Bairro Bela Vista (Usina).</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1528/req-373-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1528/req-373-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que notifique a empresa Copasa para que dê esclarecimentos do fato ocorrido no dia 10/11/2021 na Rua José Belmiro Monti, onde o esgoto invadiu várias casas.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Aline de Fátima Silva Guedes, João Batista Machado Filho, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1533/req-378-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1533/req-378-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja informado (encaminhando documentação comprobatória) sobre quais as providências tomadas pela Prefeitura Municipal a respeito do entupimento da rede de esgoto da Rua José Belmiro Monti, ocorrido no dia 08 de novembro de 2021, e que causou verdadeiro caos aos moradores daquela localidade.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1534/req-379-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1534/req-379-2021.pdf</t>
   </si>
   <si>
     <t>Solicita à Copasa que seja encaminhado relatório técnico que aponte: a) As causas que levaram ao entupimento da rede de esgoto da Rua Belmiro Monti e que, na última semana, causaram imenso transtorno aos moradores daquela localidade; e b Que sejam informadas as providências tomadas pela companhia para solução do problema.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -567,67 +567,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1161/pl-8-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1056/req-49-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1078/req-70-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1127/req-116-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1142/req-131-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1149/req-135-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1167/req-151-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1255/req-203-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1468/req-326-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1528/req-373-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1533/req-378-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1534/req-379-2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1161/pl-8-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1056/req-49-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1078/req-70-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1127/req-116-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1142/req-131-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1149/req-135-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1167/req-151-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1255/req-203-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1468/req-326-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1528/req-373-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1533/req-378-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1534/req-379-2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="100.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="88.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="87.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>