--- v0 (2025-12-06)
+++ v1 (2026-03-18)
@@ -54,1021 +54,1021 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Paulo Henrique de Faria</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1291/pl-25-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1291/pl-25-2021.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Municipal.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>João Batista Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1423/pl-49-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1423/pl-49-2021.pdf</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1456/pl_058_-_2021_-_denominacao_rua_nei_augusto_ribeiro_-_bairro_bela_vista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1456/pl_058_-_2021_-_denominacao_rua_nei_augusto_ribeiro_-_bairro_bela_vista.pdf</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/998/req-2-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/998/req-2-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal construir um bueiro de drenagem para a coleta da água de enxurradas e conserto de um buraco na rua Cláudio de Souza Bustamante, Bairro Bica.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1000/req-4-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1000/req-4-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal: a) providenciar uma visita do setor responsável para a apuração da situação da rua José de Oliveira Lopes localizada no bairro São José; b) providenciar uma visita do setor responsável para a apuração da situação da rua Benedito Gonçalves localizada no bairro São José; _x000D_
  c) providenciar uma visita do setor responsável para a apuração da situação da rua Josino Tomé, localizada no bairro São José.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1001/req-5-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1001/req-5-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar uma visita do setor responsável para a apuração da situação da estrada bela vista, localizada no bairro Usina.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1004/req-8-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1004/req-8-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar troca do calçamento e manilhamento pluvial da rua Cláudio de Souza Bustamante, no Bairro Bica.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1007/req-11-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1007/req-11-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar uma visita do setor responsável para a apuração da situação da Avenida Cláudio Rodrigues de Souza, no bairro Anhumas.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Fernanda Christiane Tomé Torres</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1014/req-18-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1014/req-18-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal verificar, através do setor responsável, a melhor maneira de solucionar o problema de falta de pavimentação e drenagem da água de chuva na Rua Gil Evaristo da Silva.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1020/req-24-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1020/req-24-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal analisar a possibilidade de ser construído um redutor de velocidade na Rua José de Oliveira Lopes, na altura do número 62, localizada no Bairro São José.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1022/req-26-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1022/req-26-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal verificar, com suporte do setor responsável, a situação da rua Pedro Monti, no centro de Pedralva, para ser construída uma faixa elevada ou um quebra-molas nesta via.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1058/req-51-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1058/req-51-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que solicite ao setor responsável uma visita para verificar a situação da rua recém calçada no bairro Bela Vista.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Jerson Papi de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1060/req-53-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1060/req-53-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar, por meio do setor responsável, uma visita ao bairro Bica para verificação dos problemas da sua rua principal, Rua Frei Orestes Girard, que liga o bairro ao centro da cidade e ao lar da criança, e tomar as medidas cabíveis.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1072/req-64-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1072/req-64-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar, através de análise do setor responsável, medidas cabíveis para melhorar a segurança na rua Benedito Gonçalves de Paiva, situada no Parque Residencial Claudio Sousa Bustamante.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1087/req-79-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1087/req-79-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja instalado abrigo de passageiros, às margens da Av. Tancredo Neves, nos acessos da cidade próximos aos "letreiros" de acesso pela rua Dona Maria Cibele, no bairro São José, e pelo trevo de acesso pela rua Coronel Machado.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1089/req-81-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1089/req-81-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar recapeamento de buraco na Avenida Tancredo Neves, entre a Agropecuária do e da Gee Confecções.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1093/req-83-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1093/req-83-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o setor de obras da prefeitura inclua em seu planejamento melhoria nos pontos de início de estradas ou ruas, que iniciam na beirada do asfalto ou de rua.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1101/req-91-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1101/req-91-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar o calçamento do trecho do final da rua Afonso Vieira Machado, bairro São José, tendo em vista que o material para fazer o calçamento já está no local.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1113/req-102-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1113/req-102-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para ser construída faixa elevada na rua Dona Maria Cibele, próximo ao n° 11 "Mercadinho do Sinésio" e ao trevo do letreiro, entrada para o Bairro São José.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1114/req-103-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1114/req-103-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar, em caráter de urgência, para ser feito, pela Copasa, reparo na tampa PV instalada na rua Dona Maria Cibele, local identificado nas fotos anexas ao requerimento.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1128/req-117-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1128/req-117-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar os serviços necessários no bueiro existente na Rua Dona Maria Cibele, que tem causado transtornos aos moradores e usuários desta via.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Paulo Henrique de Faria</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1134/req-123-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1134/req-123-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal tomar as medidas cabíveis para solucionar o problema de escoamento da água de chuva e calçamento no final da Rua Dona Maria Cibele, no Bairro São José.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1135/req-124-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1135/req-124-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o departamento de obras realize os serviços necessários na rua sete de maio para canalização da água de chuva e construção de faixa elevada.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1141/req-130-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1141/req-130-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizado o redirecionamento das águas pluviais da Rua José de Oliveira Lopes, de modo que estas possam desembocar em ponto diferente do atual.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1151/req-137-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1151/req-137-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o departamento de obras construa quebra-molas na Rua Casemiro Osório, trecho que corta o Bairro São José.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1153/req-139-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1153/req-139-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o departamento de obras faça uma vistoria no calçamento da Rua São Sebastião, no bairro São José, no trecho em que é cortada pela Rua Casemiro Osório, e providencie para serem feitos os reparos necessários.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1154/req-140-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1154/req-140-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar, através do setor responsável, para ser feita avaliação da necessidade de mais sinalização de segurança nos seguintes pontos da Avenida Tancredo Neves: a) Próximo ao letreiro na entrada da cidade vindo de São José do alegre; b) Na entrada do bairro Anhumas; c) No trecho que dá acesso ao bairro Bela Vista; d) Nos demais locais que o profissional da prefeitura constatar que existe necessidade de mais segurança.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1155/req-141-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1155/req-141-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar, através do setor responsável, para ser feita avaliação e manutenção das ruas do loteamento "Pinheirinho", localizado próximo ao restaurante "Panela Velha" e informar quando será construído o calçamento.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1165/req-149-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1165/req-149-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o setor de obras conserte o bueiro localizado na Avenida Claudio Rodrigues de Souza, que afundou e formou um buraco no local.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1182/req-160-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1182/req-160-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar, através do setor competente, para serem feitas as seguintes melhorias na estrada do Bairro Bela Vista: a) Iluminação adequada por toda sua extensão até a empresa Megaplus; b) Colocação de proteção lateral na ponte, tipo guard rail.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1219/req-182-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1219/req-182-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar, junto ao setor de obras, para ser feita manutenção no trecho de calçamento da Rua Coronel Machado, próximo ao Fórum, que se encontra com pedras soltas.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa, Paulo Henrique de Faria</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1220/req-183-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1220/req-183-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal construir um bueiro no início da Rua Cabo Sebastião, lado direito, onde faz junção com a Rua Poeta João Carneiro de Rezende.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1227/req-185-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1227/req-185-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar, junto ao setor competente, para ser estabelecida a proibição para subida de caminhão às seguintes localidades: a) Trecho da Rua Poeta João Carneiro de Rezende situado entre a Rua Casemiro Osório e a Rua Coronel Machado; b) Trecho da Rua José de Oliveira Lopes situado entre a Rua Casemiro Osório e a Rua Rio Branco.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1248/req-196-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1248/req-196-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para ser feita manutenção nas luminárias dos postes de luz situados na Rua Benjamin Constant, no Bairro Bica. Verificar se a lâmpada está queimada ou se a luminária está com problema.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1286/req-219-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1286/req-219-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para ser avaliado, pelo setor de engenharia da prefeitura, o bueiro existente no final da Rua Sebastião, próximo à junção com a Rua Josino Tomé, e tomar as medidas necessárias para serem feitos os reparos que forem necessários.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1301/req-231-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1301/req-231-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para ser feito, de imediato o calçamento das Ruas Joaquim Carlos de Paiva Caldas, Rua Gil Evaristo da Silva e demais ruas do Loteamento Antônio Monti.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1315/req-240-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1315/req-240-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal: a) Apontar quais medidas foram tomadas para solução da água pluvial das Ruas Josino Tomé e Benedito Gonçalves, ambas no Bairro São José, solicitação de diversos requerimentos nesta Casa; e b) Reitera, mais uma vez, providências para a concretização de rede pluvial nas referidas vias.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1321/req-243-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1321/req-243-2021.pdf</t>
   </si>
   <si>
     <t>Reitera solicitação ao Prefeito Municipal para que a prefeitura realize os seguintes serviços para melhoria no trecho da rua principal do Bairro Vela Vista: 1) Retirar a terra que se encontra amontoada na beirada da estrada municipal, próximo à entrada da fábrica MEGAPLUS, onde foi construído um muro, deixando um espaço para construção de passeio; 2) Construir passeio nesse trecho de rua, por conta da prefeitura ou solicitar ao proprietário do terreno que construa; e 3) Instalar iluminação pública por toda extensão dessa rua.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1323/req-245-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1323/req-245-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que providencie para que o setor responsável faça a limpeza e realize os demais serviços necessários no trecho da Avenida Tancredo Neves situado na entrada da cidade, em frente ao Posto Faria, início da Rua Poeta João Carneiro de Rezende.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1324/req-246-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1324/req-246-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal desentupir bueira que está entupida na Rua Casemiro Osório, na altura do número 30.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1335/req-253-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1335/req-253-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal instalação de iluminação pública no trecho da Rua Braz Claudino Rodrigues que não possui iluminação, e substituir a placa de identificação desta via, que foi fixada com nome errado.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1353/req-258-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1353/req-258-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o setor responsável pela manutenção dos bueiros no perímetro urbano verifique as condições de dois bueiros, localizados nos pontos abaixo indicados, e tome as medidas que forem necessárias para resolver o problema que vem ocorrendo nesses locais. 1) Rua Casemiro Osório (em frente à loja da Susana); e 2) Rua Poeta João Carneiro de Rezende (início desta via, beirando o passeio da propriedade do senhor "Grandão").</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1361/req-264-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1361/req-264-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal remoção de um poste no bairro Antônio Monti.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1367/req-270-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1367/req-270-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que entre em entendimento com a secretaria responsável para que estude a viabilidade de realizar as seguintes ações na Avenida Tancredo Neves: a) Pintura dos redutores de velocidade e colocação de placas visíveis ao longo da Avenida que corta a cidade; e b) Instalação de rotatória na altura do cruzamento com a Rua Poeta João Carneiro de Rezende.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1380/req-277-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1380/req-277-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que avalie, através do setor responsável, a possibilidade de aumentar a segurança na via pública, localizada no Bairro Bela Vista (Usina).</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1382/req-279-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1382/req-279-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a colocação de quebra-molas na Rua Benedito Gonçalves de Paiva (rua da auto escola monti), situada no Parque Residencial Cláudio Bustamante.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1383/req-280-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1383/req-280-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que faça limpeza na rua Benedito Gonçalves de Paiva, rua da auto escola, localizada no Parque Residencial Cláudio Bustamante, retirando o lixo que está acumulado nas lixeiras e o que está jogado pela rua.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>Fernanda Christiane Tomé Torres, Luiz Felipe Silva dos Reis, Paulo Henrique de Faria</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1396/req-288-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1396/req-288-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar a revitalização e ampliação dos abrigos.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1397/req-289-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1397/req-289-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que analise junto com o setor responsável a possibilidade e necessidade de ser construída faixa elevada e a instalação de defensa metálica no trecho da rodovia MG 347 situado em frente à pista de caminhada.</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1400/req-292-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1400/req-292-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar, por meio do Departamento de Obras, a construção de um redutor de velocidade do tipo quebra-molas ou faixa elevada, na Rua Dona Maria Cibele, nas proximidades do cruzamento com a Rua Professora Gláucia Abreu Custódio.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1401/req-293-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1401/req-293-2021.pdf</t>
   </si>
   <si>
     <t>Reitera requerimentos n° 79/2021 e nº 147/2020 ao Prefeito Municipal, para que seja instalado abrigo de passageiros, às margens da Avenida Tancredo Neves, nos acessos da cidade próximos aos "letreiros" de acesso pela Rua Dona Maria Cibele, no Bairro São José, e pelo trevo de acesso pela Rua Coronel Machado.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1403/req-295-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1403/req-295-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar, através do setor de obras, para ser realizado o reparo necessário no bueiro localizado na Avenida Cláudio Rodrigues de Souza, próximo à junção com a Avenida Geralda de Lima Souza.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1412/req-301-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1412/req-301-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que envie equipe responsável à Avenida Tancredo Neves, para avaliar a necessidade de manutenção da sinalização vertical e horizontal, pintura dos quebra-molas e demais serviços necessários.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>Paulo Henrique de Faria, Jerson Papi de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1437/req-311-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1437/req-311-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal informação de quando será efetuado a troca de calçamento na rua Professor Cláudio Souza Bustamante, no bairro Bica.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1450/req-316-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1450/req-316-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal calçar o trecho de rua em frente ao Lar da Criança Nossa Senhora de Fátima.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1461/req-322-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1461/req-322-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal limpeza e desobstrução dos bueiros do bairro do Paulino Paixão, em frente à residência do senhor Antônio.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1482/req-335-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1482/req-335-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que requisite ao setor de vigilância sanitária que tome as medidas cabíveis quanto a situação de um dos bueiros situados na Rua São Sebastião, no Bairro São José, o qual fica localizado no início da via, partindo de onde é cortada pela Rua Josino Tomé, sendo o segundo bueiro existente.</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1484/req-337-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1484/req-337-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal notificar a empresa Duro na Queda pelas avarias que está apresentando o asfalto na rua Poeta João Carneiro de Rezende, uma vez que o serviço de asfalto tem garantia de 5 anos e a empresa responsável pelo serviço deve ser acionada.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1487/req-340-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1487/req-340-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que preste as seguintes informações: a) A prefeitura informou a empresa responsável pela execução das obras de calçamento na Rua Poeta João Carneiro de Rezende, sobre as novas avarias que mais uma vez surgiram na pavimentação da Rua Poeta João Carneiro de Rezende? e b) A empresa responsável fará as correções?</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1497/req-345-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1497/req-345-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a enviar equipe responsável pela manutenção de vias públicas para avaliar as condições da rua Joaquina Lopes, via de acesso ao Bairro Jabuticabal, e se comprovada a necessidade, construir mais uma faixa elevada.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1498/req-346-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1498/req-346-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal informar quando será construída a calçada nas beiradas da rua Bela Vista, local conhecido como DR, local onde foi feito recentemente o calçamento.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1495/req-348-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1495/req-348-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que sejam feitos estudos de viabilidade técnica e orçamentária para a construção de uma rotatória na confluência da Avenida Tancredo Neves e da Rua Poeta João Carneiro de Rezende, em frente ao Posto Faria, no principal acesso ao centro da cidade.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1496/req-349-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1496/req-349-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja feita a limpeza do barro acumulado na intercessão da Rua José Belmiro Monti com a Rua Dona Maria Cibele, como ainda o desentupimento do bueiro ali existente.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1502/req-351-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1502/req-351-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja interditado o trânsito de caminhões, nos dias de chuva, nas ruas que estão sendo preparadas para o asfalto.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1507/req-356-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1507/req-356-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal informar, por meio dos setores de obras e jurídico, sobre a deterioração na pavimentação asfáltica em alguns pontos da Rua Poeta João Carneiro de Rezende e sobre as providências que estão sendo tomadas para sanar. Que na resposta conste: a) Quando a Empresa Duro na Queda foi notificada sobre os problemas na via, com cópia do documento de notificação e cópia da resposta recebida da referida empresa ou, caso ainda não tenha sido respondido, qual o prazo para que a empresa responda; e b) Um laudo técnico da Secretaria de Obras, emitido pelos profissionais de engenharia, informando quais são as razões para a pavimentação asfáltica estar se deteriorando, sendo que o serviço foi realizado a menos de 12 meses.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1508/req-357-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1508/req-357-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal informar sobre o problema de escoamento de água de chuva na Travessa José Fortes Bustamante, trecho em frente ao restaurante H-Pito, explicando as razões pelas quais a prefeitura não realiza o serviço necessário no local para resolver o problema, que causa transtorno a muitos pedestres que quando ao passar pelo local em dias de chuva acabam se molhando com a água que espirra quando os veículos passam sobre as poças que se formam no local por não ter por onde a água ser escoada.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, João Batista Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1510/req-359-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1510/req-359-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal informações quanto às obras de troca de pavimentação na Rua José Belmiro Monti: a) Quais os procedimentos deverão ser feitos anteriormente à colocação de pavimentação asfáltica? (Descrevê-los com dados técnicos que deverão indicar a metodologia indicada para o local levando em consideração a declividade, tipo de solo existente, modalidade da drenagem, etc.); b) Qual a previsão para o início destas operações? Qual o prazo para sua conclusão? c) Há riscos de comprometimento da durabilidade do calçamento, em razão do período chuvoso? d) A responsabilidade por estas medidas prévias estará a cargo da fornecedora dos serviços contratados no âmbito da Tomada de Preços n° 07/2021? e) Uma vez que ainda não se iniciaram, quais foram as razões que levaram a Prefeitura a retirar com tanta antecedência os bloquetes do calçamento que ali existiam? e) Qual a destinação foi ou será dada aos bloquetes retirados? e f) Por fim, que seja sinalizada a via, de forma a informar os riscos de tráfego pela mesma, especialmente em dias chuvosos.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes, João Batista Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1524/req-370-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1524/req-370-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal agendar uma reunião com o comando da Policia Militar em Pedralva e com os Vereadores para tratar sobre o trânsito nas imediações da Escola Municipal Coronel Gaspar e da Escola Estadual Professor Arcádio do Nascimento Moura.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1528/req-373-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1528/req-373-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que notifique a empresa Copasa para que dê esclarecimentos do fato ocorrido no dia 10/11/2021 na Rua José Belmiro Monti, onde o esgoto invadiu várias casas.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1543/req-385-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1543/req-385-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal informar quando serão construídos os quebra-molas, solicitados nesta Casa por duas vezes, nas seguintes localidades: Rua Benedito Vital de Paiva (Rua da Auto Escola), Rua Nei Augusto Ribeiro (rua de acesso à Megaplus — Bairro Bela Vista — próximo casa do Beto Baiano) e na Rua Pedro Monti.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1545/req-386-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1545/req-386-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal informar se existe um estudo por parte do Departamento de Engenharia da prefeitura para solucionar o problema de escoamento da água de chuva nas ruas Josino Tomé, Benedito Gonçalves e José de Oliveira Lopes. Caso não exista, que seja feito estudo para manilhamento dessas ruas, para solucionar o problema que sempre ocorre nessas ruas em dias de chuva, quando a água invade as residências, causando transtornos aos moradores. Sendo um pedido que vem sendo feito faz muito tempo e o serviço não é feito e não se tem sequer notícias se algum estudo tem sido feito para solucionar este problema.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1550/req-391-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1550/req-391-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal informar o motivo pelo qual ainda não enviou a esta Casa resposta ao requerimento, apresentado e aprovado por unanimidade na sessão do dia 3 de novembro, através do qual solicitaram: informar, por meio dos setores de obras e jurídico, sobre a deterioração na pavimentação asfáltica em alguns pontos da Rua Poeta João Carneiro de Rezende e sobre as providências que estão sendo tomadas para sanar. Que na resposta conste: a) Quando a Empresa Duro na Queda foi notificada sobre os problemas na via, com cópia do documento de notificação e cópia da resposta recebida da referida empresa ou, caso ainda não tenha sido respondido, qual o prazo para que a empresa responda; e b) Um laudo técnico da Secretaria de Obras, emitido pelos profissionais de engenharia, informando quais são as razões para a pavimentação asfáltica estar se deteriorando, sendo que o serviço foi realizado a menos de 12 meses.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1553/req-394-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1553/req-394-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja a responsável pelo Loteamento Nair Bustamante notificada para que informe de que forma será realizada a coleta da água pluvial da drenagem profunda, uma vez que já estão sendo construídas as sarjetas nas vias, e nenhuma boca de lobo foi instalada em todo o empreendimento.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Aline de Fátima Silva Guedes, João Batista Machado Filho, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1565/req-403-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1565/req-403-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizada a manutenção corretiva, efetiva e duradoura de trecho da Rua São Sebastião.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1569/req-405-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1569/req-405-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal analisar e providenciar para ser atendida a solicitação feita através de uma postagem no Facebook, referente ao estacionamento nos dois sentidos de direção na Rua Zezé Canuto.</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1571/req-407-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1571/req-407-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o setor responsável realize os serviços necessários para resolver o problema de escoamento de esgoto no bairro Bela Vista (Usina), haja vista que a rede de esgoto da rua principal do bairro Bela Vista encontra-se entupida. Moradores do bairro tentaram arrumar mas não conseguiram.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1577/req-413-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1577/req-413-2021.pdf</t>
   </si>
   <si>
     <t>Solicita à Empresa Duro Na Queda: a) Encaminhar laudo técnico que esclareça as razões das avarias e deformidades que vêm ocorrendo com indesejada frequência na pavimentação asfáltica realizada na Rua Poeta João Carneiro de Rezende, na cidade de Pedralva. b) No mesmo laudo, informar quais medidas devem ser tomadas para solução definitiva, de forma que os problemas averiguados não voltem a aparecer; e c) Informar em que prazo a empresa realizará o refazimento dos serviços nos trechos prejudicados.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1375,67 +1375,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1291/pl-25-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1423/pl-49-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1456/pl_058_-_2021_-_denominacao_rua_nei_augusto_ribeiro_-_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/998/req-2-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1000/req-4-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1001/req-5-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1004/req-8-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1007/req-11-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1014/req-18-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1020/req-24-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1022/req-26-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1058/req-51-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1060/req-53-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1072/req-64-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1087/req-79-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1089/req-81-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1093/req-83-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1101/req-91-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1113/req-102-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1114/req-103-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1128/req-117-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1134/req-123-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1135/req-124-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1141/req-130-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1151/req-137-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1153/req-139-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1154/req-140-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1155/req-141-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1165/req-149-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1182/req-160-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1219/req-182-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1220/req-183-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1227/req-185-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1248/req-196-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1286/req-219-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1301/req-231-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1315/req-240-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1321/req-243-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1323/req-245-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1324/req-246-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1335/req-253-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1353/req-258-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1361/req-264-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1367/req-270-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1380/req-277-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1382/req-279-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1383/req-280-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1396/req-288-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1397/req-289-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1400/req-292-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1401/req-293-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1403/req-295-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1412/req-301-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1437/req-311-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1450/req-316-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1461/req-322-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1482/req-335-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1484/req-337-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1487/req-340-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1497/req-345-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1498/req-346-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1495/req-348-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1496/req-349-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1502/req-351-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1507/req-356-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1508/req-357-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1510/req-359-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1524/req-370-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1528/req-373-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1543/req-385-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1545/req-386-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1550/req-391-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1553/req-394-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1565/req-403-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1569/req-405-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1571/req-407-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1577/req-413-2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1291/pl-25-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1423/pl-49-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1456/pl_058_-_2021_-_denominacao_rua_nei_augusto_ribeiro_-_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/998/req-2-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1000/req-4-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1001/req-5-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1004/req-8-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1007/req-11-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1014/req-18-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1020/req-24-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1022/req-26-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1058/req-51-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1060/req-53-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1072/req-64-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1087/req-79-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1089/req-81-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1093/req-83-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1101/req-91-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1113/req-102-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1114/req-103-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1128/req-117-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1134/req-123-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1135/req-124-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1141/req-130-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1151/req-137-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1153/req-139-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1154/req-140-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1155/req-141-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1165/req-149-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1182/req-160-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1219/req-182-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1220/req-183-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1227/req-185-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1248/req-196-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1286/req-219-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1301/req-231-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1315/req-240-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1321/req-243-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1323/req-245-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1324/req-246-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1335/req-253-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1353/req-258-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1361/req-264-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1367/req-270-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1380/req-277-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1382/req-279-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1383/req-280-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1396/req-288-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1397/req-289-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1400/req-292-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1401/req-293-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1403/req-295-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1412/req-301-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1437/req-311-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1450/req-316-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1461/req-322-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1482/req-335-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1484/req-337-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1487/req-340-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1497/req-345-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1498/req-346-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1495/req-348-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1496/req-349-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1502/req-351-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1507/req-356-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1508/req-357-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1510/req-359-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1524/req-370-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1528/req-373-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1543/req-385-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1545/req-386-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1550/req-391-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1553/req-394-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1565/req-403-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1569/req-405-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1571/req-407-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1577/req-413-2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="100.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="144.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="143.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>