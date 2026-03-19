--- v0 (2025-12-06)
+++ v1 (2026-03-19)
@@ -54,900 +54,900 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Comissão Especial - CE, Aline de Fátima Silva Guedes, Matheus Bustamante Gomes, Paulo Henrique de Faria</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1391/pdl-4-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1391/pdl-4-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Comenda "Antônio Nélcio de Abreu, o Chinho" no ano de 2021.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Comissão Especial - CE</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1405/pdl-5-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1405/pdl-5-2021.pdf</t>
   </si>
   <si>
     <t>Concede Título de Mérito Educacional "Professor José Raimundo de Faria, o Zé Grande".</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1536/pdl_06-2021_-_medalha_merito_legislativo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1536/pdl_06-2021_-_medalha_merito_legislativo.pdf</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1031/mo-1-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1031/mo-1-2021.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso ao senhor Dionísio Rezende Lopes, por seu trabalho e sua contribuição para a melhoria de nosso município.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1032/mo-2-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1032/mo-2-2021.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso a todos os profissionais da educação do município de Pedralva.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes, Claudio de Lima Lopes, Fernanda Christiane Tomé Torres, Jerson Papi de Sousa, João Batista Machado Filho, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes, Paulo Henrique de Faria, Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1033/mo-3-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1033/mo-3-2021.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso à Aline Aparecida da Costa, pelos relevantes serviços prestados à frente da coordenação do transporte de pacientes para tratamentos em outros municípios.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1034/mo-4-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1034/mo-4-2021.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso à irmã Leonilde Maria Borsato, pelos relevantes serviços prestados na Coordenadoria do Lar da Criança Nossa Senhora de Fatima.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1090/mo-5-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1090/mo-5-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor José Renato Moura Rezende, ocorrido no dia 22 de janeiro de 2021.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1106/mo-6-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1106/mo-6-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao funcionário Antonio Benedito Silva, pelos excelentes serviços prestados ao Lar da Criança Nossa Senhora de Fátima.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1146/mo-7-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1146/mo-7-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da senhora Amélia de Castro Fernandes, ocorrido no dia 22 de fevereiro de 2021.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa, Aline de Fátima Silva Guedes, Claudio de Lima Lopes, Fernanda Christiane Tomé Torres, João Batista Machado Filho, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes, Paulo Henrique de Faria, Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1173/mo-8-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1173/mo-8-2021.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso à empresa MEGA PLUS, em especial aos funcionários João da Silva Cavalcanti, Lucas Expedito Silva e Fernando Ribeiro de Souza.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes, Claudio de Lima Lopes, Fernanda Christiane Tomé Torres, Jerson Papi de Sousa, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes, Paulo Henrique de Faria, Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1174/mo-9-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1174/mo-9-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da senhora Geralda Brígida de Lima, ocorrido no dia 27 de fevereiro de 2021.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Aline de Fátima Silva Guedes, Claudio de Lima Lopes, Fernanda Christiane Tomé Torres, Jerson Papi de Sousa, João Batista Machado Filho, Luiz Felipe Silva dos Reis, Paulo Henrique de Faria, Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1175/mo-10-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1175/mo-10-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Senhor Sebastião Tarcísio Raimundo, ocorrido no dia 27 de fevereiro de 2021.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Fernanda Christiane Tomé Torres, Aline de Fátima Silva Guedes, Claudio de Lima Lopes, Jerson Papi de Sousa, João Batista Machado Filho, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes, Paulo Henrique de Faria, Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1191/mo-11-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1191/mo-11-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor Paulo Rubens Tenório, cidadão honorário de Pedralva, ocorrido no dia 3 de março de 2021.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Paulo Henrique de Faria</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1192/mo-12-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1192/mo-12-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação para todas as mulheres de Pedralva.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Fernanda Christiane Tomé Torres</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1193/mo-13-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1193/mo-13-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a todas as mulheres de Pedralva.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1194/mo-14-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1194/mo-14-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a todas as mulheres, especialmente as mulheres pedralvenses.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Paulo Henrique de Faria, Aline de Fátima Silva Guedes, Claudio de Lima Lopes, Fernanda Christiane Tomé Torres, Jerson Papi de Sousa, João Batista Machado Filho, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes, Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1208/mo-15-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1208/mo-15-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor Evaristo Inácio dos Reis, ocorrido no dia 14 de março de 2021.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1209/mo-16-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1209/mo-16-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à Dra. Daniele Honório de Lima, médica que trabalhou na Estratégia Saúde da Família de Pedralva, em agradecimento pelo trabalho prestado com eficiência e carinho para com nossos munícipes.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1210/mo-17-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1210/mo-17-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao senhor Jarbas Castro Machado, pelo excelente trabalho realizado durante o período que ocupou o cargo de Agente Comunitário de Saúde na Secretaria Municipal de Saúde de Pedralva.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1223/mo-18-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1223/mo-18-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso aos trabalhadores da saúde da Prefeitura do Município de Pedralva: médicos, enfermeiros, técnicos de enfermagem, fisioterapeutas, assistentes sociais, auxiliares administrativos, serviços gerais, motoristas, equipe da Vigilância Epidemiológica, equipe de fiscalização, agentes comunitários de saúde, agentes comunitários de endemias, equipes de Saúde da Família, equipe da Covid, bem como demais profissionais da Saúde na pessoa do Secretário Municipal da Saúde, Senhor Eduardo Guimarães da Rocha, que vem desempenhando papel importante no comando da pasta, trabalhando incansavelmente diante pandemia da Covid-19.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1224/mo-19-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1224/mo-19-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulações aos Profissionais da Saúde do Município de Pedralva, em agradecimento pelo trabalho prestado com eficiência e carinho para com nossos munícipes.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1225/mo-20-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1225/mo-20-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor Roberto Carlos Theodoro, ocorrido no dia 01 de abril de 2021.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1240/mo-21-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1240/mo-21-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso, ao senhor José Ricardo da Silva, funcionário público municipal recentemente aposentado no cargo de ajudante de serviços gerais da Prefeitura de Pedralva, que durante anos de sua vida dedicou seus préstimos à cidade com dedicação e lealdade.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1241/mo-22-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1241/mo-22-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso às senhoras Maria das Graças Silva e Maria do Carmo Cassiano, pelo excelente trabalho realizado durante o período que ocuparam o cargo de Agente Comunitário de Saúde na Secretaria Municipal de Saúde de Pedralva.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1256/mo-23-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1256/mo-23-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da ilustríssima senhora Eliana Kiss, ocorrido no dia 13 de abril de 2021, aos 36 anos.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1257/mo-24-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1257/mo-24-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da ilustríssima senhora Maria Lopes de Lima, cidadã de Pedralva, moradora do Bairro Anhumas, ocorrido no dia 15 de março, aos 88 anos.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1279/mo-25-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1279/mo-25-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio ao Projeto de Lei nº 7.243-B/2006 de autoria do deputado federal Reginaldo Lopes – que tem por objetivo elevar o Caminho da Estrada Real à Condição de Monumento Nacional.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1281/mo-26-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1281/mo-26-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a todas as mães do Município de Pedralva.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1282/mo-27-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1282/mo-27-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Município de Pedralva, pelo aniversário de 134 anos de Emancipação Política.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1283/mo-28-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1283/mo-28-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor José Francisco Machado, ocorrido no dia 6 de maio de 2021, aos 75 anos.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1284/mo-29-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1284/mo-29-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso aos profissionais que atuam na área de saúde da Prefeitura Municipal de Pedralva.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1320/mo-30-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1320/mo-30-2021.pdf</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1339/mo-31-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1339/mo-31-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à Clínica Veterinária Anjos de Patas, representada pela veterinária Patrícia Arantes e pela assistente Bárbara.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1347/mo-32-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1347/mo-32-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à equipe da ONG Ajuda, relacionada a seguir: Talita Duarte Oliveira, Cinthia dos Santos Pereira, Adriano Pedreira Luciano, João Pedro Meireles Costa, Ingrid Jost Ennes Mariense, Daniel da Silva Ferraz e Renata Aparecida Jardim Santos e Silva.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1348/mo-33-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1348/mo-33-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso aos seguintes setores da prefeitura, que contribuíram com o programa castramóvel, executado na última semana em nosso município, pela Ong Ajuda: a) Secretaria Municipal de Saúde: Secretário Eduardo Guimarães da Rocha; b) Departamento de Proteção e Meio Ambiente de Pedralva: Diretor Gustavo Carvalho Takatu e Estagiária Maria Clara Miguel; c) Departamento de Desenvolvimento de Pedralva: Funcionários efetivos José Aparecido Gonçalves, Pedro Sérgio Domingos e Luiz Carlos Muzzo; d) Conselho Municipal de Defesa, Conservação e Desenvolvimento Ambiental — Codema: Todos os conselheiros. Departamento Esporte, Lazer, Turismo, Cultura e Patrimônio de Pedralva: Diretor Matheus Dias Fonseca e Estagiárias Adriele Aparecida Oliveira e Débora Carvalho.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1349/mo-34-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1349/mo-34-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à Apae de Pedralva, pela cessão de sua quadra poliesportiva para a realização do programa castramóvel, de castração de cães e gatos, realizado na última semana, que beneficiou toda população.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1350/mo-35-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1350/mo-35-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Deputado Estadual Noraldino Junior, extensivo a sua assessora Celbe Ribeiro, pela contribuição dada ao Município de Pedralva com o programa castramóvel, de castração de cães e gatos, realizado na última semana, que beneficiou toda população.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1375/mo-37-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1375/mo-37-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da senhora Vera Lúcia Lopes, conhecida por Tia Vera, ocorrido no dia 07/08/2021.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1376/mo-38-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1376/mo-38-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da ilustríssima senhora Vera Lúcia Lopes, ocorrido no dia 8 de agosto.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1377/mo-39-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1377/mo-39-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do jovem Luiz Eduardo Rangel Gonzaga, ocorrido no dia 7 de agosto, aos 25 anos de idade.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1378/mo-40-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1378/mo-40-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à aluna do 2° ano do Ensino Médio da Escola Estadual "Comendador Mário Goulart Santiago", Malu Bustamante Junco Mendonça, premiada como medalhista de ouro na XXIV Olimpíada Brasileira de Astronomia e sua Professora Orientadora Charlene Aparecida Ribeiro.</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1385/mo-41-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1385/mo-41-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulações às Academias Templo GYM e Espaço Fitness, na pessoa de seus representantes legais.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1386/mo-42-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1386/mo-42-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da ilustríssima senhora Regina Rosária da Silva, ocorrido no dia 04 de agosto de 2021.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1404/mo-43-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1404/mo-43-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da ilustríssima senhora Maria Aparecida Nogueira, ilustre moradora deste Município, ocorrido no dia 14 de agosto.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1408/mo-44-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1408/mo-44-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos aos membros da diretoria da Sociedade Beneficente Dr. Geraldo Pinheiro Osório, biênio 2019/2021.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1432/mo-45-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1432/mo-45-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à produtora rural Luciene Mota, moradora do bairro rural Alecrim, por seu destaque no setor cafeeiro com seu café orgânico especial denominado "Café Luci".</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1433/mo-46-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1433/mo-46-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso aos profissionais que atuam no CRAS — Centro de Referência de Assistência Social, da Prefeitura Municipal de Pedralva.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1434/mo-47-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1434/mo-47-2021.pdf</t>
   </si>
   <si>
     <t>Moção Pesar pelo falecimento do Sr. João Neto Machado, também conhecido como João Neto, ocorrido no dia 06 de setembro de 2021.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Aline de Fátima Silva Guedes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1445/mo-48-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1445/mo-48-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor Rubens José Mathias, ilustre cidadão deste município e servidor público municipal aposentado, ocorrido no dia 2 de setembro.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1446/mo-49-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1446/mo-49-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da jovem senhora Flávia Goulart Faria Cruz, ocorrido no dia 15 de setembro, ilustre moradora do município, moradora do Bairro Pitangueiras.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1447/mo-50-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1447/mo-50-2021.pdf</t>
   </si>
   <si>
     <t>Moção Pesar pelo falecimento da Sra. Zélia de Castro Silva, também conhecida como Dona Zélia, ocorrido no dia 18 de setembro de 2021.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1457/mo-51-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1457/mo-51-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso aos agentes comunitários de saúde de Pedralva pelo seu dia.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes, João Batista Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1458/mo-52-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1458/mo-52-2021.pdf</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1475/mo-53-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1475/mo-53-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da ilustríssima senhora Cláudia Lima, ocorrido no dia 11 de outubro de 2021.</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1478/mo-54-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1478/mo-54-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao professor Thomás Abreu, parabenizando pelo lançamento do livro infantil "A História de um tal Sebastião".</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1479/mo-55-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1479/mo-55-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a todos os Professores do Município de Pedralva em comemoração ao Dia do Professor, celebrado em 15 de outubro.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>João Batista Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1489/mo-56-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1489/mo-56-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à youtuber pedralvense Ivanilda Marcellino Rosa.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1500/mo-57-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1500/mo-57-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Grupo de Ciclistas Pedal Minas, pela organização e realização do evento 2° Pedal Outubro Rosa.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1525/mo-58-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1525/mo-58-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Sr. Antônio José de Oliveira Monti, também conhecido como Tom Monti, ocorrido no dia 11 de novembro de 2021.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1538/mo-59-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1538/mo-59-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da ilustríssima senhora Maria Aparecida Bernardes, ocorrido no dia 19 de novembro.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1556/mo-60-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1556/mo-60-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao produtor rural José Danilo Braga, do Sítio Batista.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1557/mo-61-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1557/mo-61-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Sargento da Policia Militar de Minas Gerais, Senhor Benedito Silvestre Gonçalves.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1558/mo-62-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1558/mo-62-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor Mário Capistrano Goulart.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1568/mo-63-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1568/mo-63-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso aos organizadores da Festa de Natal, realizada no bairro Rocinha, no dia 12 de dezembro de 2021, nas pessoas da Maguinha, Glória, Maristela, Marina e Maria da Conceição.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1579/mo-64-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1579/mo-64-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da ilustríssima senhora Júlia Maria Tomaz, ocorrido no dia 07 de dezembro de 2021.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes, João Batista Machado Filho, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1580/mo-65-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1580/mo-65-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Consulado Flapedra, pela organização e realização da Festa de Natal às crianças pedralvenses.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1254,67 +1254,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1391/pdl-4-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1405/pdl-5-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1536/pdl_06-2021_-_medalha_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1031/mo-1-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1032/mo-2-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1033/mo-3-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1034/mo-4-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1090/mo-5-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1106/mo-6-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1146/mo-7-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1173/mo-8-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1174/mo-9-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1175/mo-10-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1191/mo-11-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1192/mo-12-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1193/mo-13-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1194/mo-14-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1208/mo-15-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1209/mo-16-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1210/mo-17-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1223/mo-18-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1224/mo-19-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1225/mo-20-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1240/mo-21-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1241/mo-22-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1256/mo-23-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1257/mo-24-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1279/mo-25-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1281/mo-26-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1282/mo-27-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1283/mo-28-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1284/mo-29-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1320/mo-30-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1339/mo-31-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1347/mo-32-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1348/mo-33-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1349/mo-34-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1350/mo-35-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1375/mo-37-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1376/mo-38-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1377/mo-39-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1378/mo-40-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1385/mo-41-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1386/mo-42-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1404/mo-43-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1408/mo-44-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1432/mo-45-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1433/mo-46-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1434/mo-47-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1445/mo-48-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1446/mo-49-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1447/mo-50-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1457/mo-51-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1458/mo-52-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1475/mo-53-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1478/mo-54-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1479/mo-55-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1489/mo-56-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1500/mo-57-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1525/mo-58-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1538/mo-59-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1556/mo-60-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1557/mo-61-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1558/mo-62-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1568/mo-63-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1579/mo-64-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1580/mo-65-2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1391/pdl-4-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1405/pdl-5-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1536/pdl_06-2021_-_medalha_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1031/mo-1-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1032/mo-2-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1033/mo-3-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1034/mo-4-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1090/mo-5-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1106/mo-6-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1146/mo-7-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1173/mo-8-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1174/mo-9-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1175/mo-10-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1191/mo-11-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1192/mo-12-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1193/mo-13-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1194/mo-14-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1208/mo-15-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1209/mo-16-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1210/mo-17-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1223/mo-18-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1224/mo-19-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1225/mo-20-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1240/mo-21-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1241/mo-22-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1256/mo-23-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1257/mo-24-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1279/mo-25-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1281/mo-26-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1282/mo-27-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1283/mo-28-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1284/mo-29-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1320/mo-30-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1339/mo-31-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1347/mo-32-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1348/mo-33-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1349/mo-34-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1350/mo-35-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1375/mo-37-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1376/mo-38-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1377/mo-39-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1378/mo-40-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1385/mo-41-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1386/mo-42-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1404/mo-43-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1408/mo-44-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1432/mo-45-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1433/mo-46-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1434/mo-47-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1445/mo-48-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1446/mo-49-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1447/mo-50-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1457/mo-51-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1458/mo-52-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1475/mo-53-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1478/mo-54-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1479/mo-55-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1489/mo-56-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1500/mo-57-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1525/mo-58-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1538/mo-59-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1556/mo-60-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1557/mo-61-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1558/mo-62-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1568/mo-63-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1579/mo-64-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1580/mo-65-2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="221.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="114.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="114" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>