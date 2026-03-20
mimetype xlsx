--- v0 (2026-01-20)
+++ v1 (2026-03-20)
@@ -54,255 +54,255 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes, Jerson Papi de Sousa, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1161/pl-8-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1161/pl-8-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de uso de lâmpadas de LED (diodo emissor de luz) na rede de iluminação pública, realização de arborização, pavimentação, colação de meios fios, sarjetas e rede de águas pluviais nos novos loteamentos e empreendimentos imobiliários no Município de Pedralva.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Josimar Silva de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1040/plc-1-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1040/plc-1-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Contribuição para Custeio do Serviço de Iluminação Pública e dá outras providências.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1071/req-63-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1071/req-63-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para ser feita vistoria, pelo setor responsável pela rede elétrica no município de Pedralva, no transformador existente no poste em frente à Igreja, no Bairro Lagoa, e providenciar para ser substituído por um de maior voltagem.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1082/req-74-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1082/req-74-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal analisar, junto ao setor responsável a viabilidade de instalação de iluminação pública na Rua Braz Claudino Rodrigues, sendo a parte nova que recebeu calçamento em maio de 2020. Solicita também a colocação de um redutor de velocidade, tipo quebra-molas, na referida rua.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1094/req-84-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1094/req-84-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para ser instalada iluminação pública nos postes existentes na Rua José Monti Sobrinho.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>Paulo Henrique de Faria</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1132/req-121-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1132/req-121-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para ser instalado, pela empresa que presta serviços à prefeitura de Pedralva, um braço para iluminação, nos postes localizados na rua José Adelino Cabral, altura dos números 21 e 78, no Bairro Bica.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1216/req-179-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1216/req-179-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que providencie, através do setor competente, para ser trocadas as lâmpadas que se encontram queimadas no Bairro Anhumas e no Loteamento Cláudio de Sousa Bustamante.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>João Batista Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1298/req-228-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1298/req-228-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o setor responsável pelo serviço de iluminação pública se dirija ao Bairro Pedrão para avaliar as condições atuais da iluminação pública naquela comunidade.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>Fernanda Christiane Tomé Torres</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1354/req-259-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1354/req-259-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal viabilizar junto à secretaria responsável a reposição das lâmpadas queimadas ao redor da pista de caminhada e ao mesmo tempo estude a possibilidade de melhorias no sistema de iluminação deste local.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1379/req-276-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1379/req-276-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que avalie, através do setor responsável, a situação da base do poste de iluminação pública localizado na Rua São Sebastião, em frente à Mercearia Mendonça, e, se for de competência da prefeitura, enviar notificação a Cemig.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1390/req-285-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1390/req-285-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que viabilize junto à secretaria responsável a possibilidade de melhorias no sistema de iluminação pública na Rua Casemiro Osório, próximo às academias.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1402/req-294-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1402/req-294-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal informar se serão substituídas todas as lâmpadas dos postes de iluminação pública e se será colocada iluminação pública nos locais onde ainda não existe.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1435/req-309-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1435/req-309-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a colocação de braços e lâmpadas em três postes no bairro Tamanduá.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1436/req-310-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1436/req-310-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a colocação de braços e lâmpadas em dois postes no bairro Limeira.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1469/req-327-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1469/req-327-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal enviar equipe responsável para realizar vistoria e averiguar a possibilidade de colocar lâmpadas nos postes de iluminação pública no bairro Divisa.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -609,67 +609,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1161/pl-8-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1040/plc-1-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1071/req-63-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1082/req-74-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1094/req-84-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1132/req-121-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1216/req-179-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1298/req-228-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1354/req-259-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1379/req-276-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1390/req-285-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1402/req-294-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1435/req-309-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1436/req-310-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1469/req-327-2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1161/pl-8-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1040/plc-1-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1071/req-63-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1082/req-74-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1094/req-84-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1132/req-121-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1216/req-179-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1298/req-228-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1354/req-259-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1379/req-276-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1390/req-285-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1402/req-294-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1435/req-309-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1436/req-310-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2021/1469/req-327-2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="95" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="88.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="87.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>