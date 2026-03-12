--- v0 (2025-12-06)
+++ v1 (2026-03-12)
@@ -54,1014 +54,1014 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Aline de Fátima Silva Guedes, João Batista Machado Filho, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1597/req-4-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1597/req-4-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja verificada a viabilidade material e financeira de aplicação nas estradas rurais, de novo produto estabilizante, chamado de Asfalto Ecológico, cuja finalidade é garantir resistência e impermeabilidade ao solo da via rural, e que, por isso, tem sido procurado por diversos municípios com características semelhantes à de Pedralva.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Paulo Henrique de Faria, Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1600/req-7-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1600/req-7-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal conserto da rede de esgoto do Bairro Lagoa, em caráter de urgência.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Paulo Henrique de Faria</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1601/req-8-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1601/req-8-2022.pdf</t>
   </si>
   <si>
     <t>Reitera ao Prefeito Municipal pedido feito anteriormente para que seja feito o calçamento das partes mais íngremes das estradas rurais. O que resolveria muito o acesso da população rural em período chuvoso.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1604/req-11-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1604/req-11-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que realize serviço de manutenção nas estradas do bairro Alecrim e Pedra Batista, em caráter emergencial, visando atender de forma paliativa os trechos que se encontram intransitáveis, para que seja possível o tráfego pelas estradas vicinais.</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1608/req-15-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1608/req-15-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que informe onde foram alocados os ajudantes de serviços gerais contratados temporariamente por meio do Processo Seletivo n° 01/2021, que teriam a função de atuar como conservas nas estradas rurais do Município, objeto também do Requerimento n° 31/2021 de nossa autoria. Na hipótese de não ter havido a referida designação, que seja esclarecida a motivação para esta decisão.</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1609/req-16-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1609/req-16-2022.pdf</t>
   </si>
   <si>
     <t>Reitera o Requerimento n° 273/2021, de 02 de agosto de 2021, para que seja restaurada ponte no Bairro Contendas de acesso às propriedades da Família Vilela.</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1632/req-35-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1632/req-35-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar, através do setor de obras, manutenção na estrada municipal que liga o Bairro Lagoa ao Bairro Pedrão, com a colocação de cascalho, pois se encontra em situação precária, impossibilitando a passagem de veículos nos dias de chuva. Inclusive, para acesso a minha residência, tenho que passar por esta estrada. Portanto, conheço bem o problema que os moradores enfrentam. Vale registrar que devido as péssimas condições desta estrada, tive que me ausentar, por três vezes das reuniões nesta Casa.</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1633/req-36-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1633/req-36-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que inicie a execução da Lei 1.890/2021 que dispõe sobre a criação do Cronograma de Manutenção das Estradas Rurais do Município de Pedralva e dá outras providências, apresentando mensalmente à Câmara Municipal de Pedralva o Cronograma de Manutenção das estradas rurais, bem como, divulgando o Cronograma de Manutenção das estradas rurais, em seu quadro de publicações. Salienta-se, que o não cumprimento da Lei, afrontará o Princípio da Legalidade que rege a Administração Pública, podendo assim, o Chefe do Poder Executivo correr o risco de ser responsabilizado penal e administrativamente.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1634/req-37-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1634/req-37-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para ser feito, de imediato, a manutenção da estrada do bairro Sertãozinho, no trecho que passa pelo "Bar da Ana" no sentido à residência do "Senhor Herculano", tendo em vista que esse trecho de estrada não foi feito a manutenção.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1639/req-42-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1639/req-42-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja cumprida a Lei Municipal n° 1.890/2021, de 20 de dezembro de 2021, que dispõe sobre o cronograma de manutenção das estradas rurais do Município de Pedralva, para que os cidadãos da zona rural possam acompanhar e saber quando o serviço de manutenção das estradas estará sendo realizado em cada bairro, haja vista, que ela não tem sido cumprida. Vale citar o que ocorreu no último final de semana no Bairro Posses, em que moradores de um bairro vizinho, cansados de esperar pelos serviços da prefeitura, se uniram e fizeram a limpeza de parte da estrada.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1651/req-45-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1651/req-45-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal roçar as estradas do Bairro Alecrim, que se encontram tomadas pelo mato.</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1653/req-47-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1653/req-47-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a troca de lâmpadas nos postes de iluminação pública no Bairro Alecrim.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1655/req-49-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1655/req-49-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar, através do setor responsável, manutenção nas estradas do Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Aline de Fátima Silva Guedes, Claudio de Lima Lopes, João Batista Machado Filho, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1658/req-52-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1658/req-52-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizada manutenção de trecho da estrada principal dos Bairros Anhumas, Cubatãozinho e Vintém, dando atenção especial ao trecho de acesso às moradias da Família da Senhora Maria das Dores de Lima.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1665/req-57-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1665/req-57-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o setor de obras retire da estrada a terra que caiu do barranco durante as chuvas na estrada do Bairro Rocinha, próximo à propriedade do Cotó, e fazer a limpeza do bueiro existente no local. Esta providência precisa ser tomada com urgência, pois devido a este fato, uma residência encontra-se sem abastecimento de água, pelo fato do cano ter sido rompido pela terra que caiu.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1666/req-58-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1666/req-58-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que providencie para que o setor de obras faça manutenção em trecho da estrada do Bairro Rocinha, localizado do ponto próximo a propriedade do senhor Cotó até a rodovia, que se encontra em péssimas condições.</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1669/req-61-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1669/req-61-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar, através do setor de obras, patrolamento das estradas que ligam os bairros Estiva, Lagoa e Pedra Preta que se encontram com muitas valetas e muitos buracos, dificultando a passagem de veículos.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1670/req-62-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1670/req-62-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que providencie para que o setor de obras faça a canalização da água de chuva, com manilhas, em frente a estrada de entrada para a propriedade do senhor Braz, situada no Bairro Cubatãozinho, no início da subida do morro que vira para o Bairro Cubatão.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1681/req-69-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1681/req-69-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar, através do setor de obras, para ser aterrado, com urgência, o trecho da estrada do Bairro Cubatão, próximo ao "Pesqueiro do Arnaldo".</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1683/req-71-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1683/req-71-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que realize a manutenção urgente do trecho da estrada do Bairro Tamanduá, que dá acesso ao Bairro Campestre — Próximo ao sítio do Cláudio do Panela Velha e Próximo ao sítio do Ruberlei.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1696/req-79-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1696/req-79-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja feita a roçada do mato da entrada de acesso à Escola Municipal no Bairro Divisa, bem como, realizado o cascalhamento do trecho, pois nos dias de chuvas, é comum se formar lamaçais, dificultando o acesso dos alunos, dos colaboradores da educação e da condução escolar.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1708/req-84-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1708/req-84-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que realize o calçamento da estrada de acesso à Igreja e à sede da Associação de Moradores no Bairro Cubatãozinho, dando continuidade à ação que foi iniciada com o depósito de bloquetes no local.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1714/req-85-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1714/req-85-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal reparo e cascalhamento da descida do Tamanduá, sentido à usina do Pedrão.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1728/req-86-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1728/req-86-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que faça reparo e cascalhamento da estrada do bairro Barra e do bairro Paulino Paixão, em toda sua extensão. As condições são péssimas nesse trecho, já que devido à interdição da ponte, precisam fazer desvio já que a ponte está em manutenção, deixando os moradores em situação complicada para esse deslocamento.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1729/req-87-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1729/req-87-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal consertar as saídas de veículos ao longo da rodovia MG347, que compreende o bairro Paulino Paixão até o bairro Divisa. Esses pontos são utilizados para embarque e desembarque de alunos, e acaba por ter função de ponto dos ônibus de linhas também, tornando primordial a manutenção dessas saídas, para evitar que os ônibus precisem parar no acostamento e se posicionar em situação de risco e perigo para todos, principalmente as crianças que utilizam os escolares diariamente.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1730/req-88-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1730/req-88-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar, através do setor de obras, o patrolamento de toda extensão das estradas dos Bairros Estiva, Lagoa e Pedra Preta, que encontram-se cheias de buracos, dificultando o trânsito e oferecendo risco de causar danos aos veículos.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1731/req-89-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1731/req-89-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para ser feito, de imediato, a manutenção da ponte do bairro Paulino Paixão, próximo ao "BAR DO CARMO", tendo em vista que parte da ponte já se desmoronou. Vale destacar, que a manutenção desta ponte foi realizada a pouco tempo pelo Poder Executivo e mesmo assim continua apresentando problemas, deste modo, solicito ao Poder Executivo que realize desta vez uma manutenção de forma eficiente, desviando o curso da água da chuva que danifica a referida ponte, limpando as saídas de águas, manilhas e bueiros daquele trecho de estrada.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1746/req-94-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1746/req-94-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizada a manutenção da estrada de acesso aos Bairros Pedrão, Pipa, Tamanduá, Baixadão e Corrêas, sem se esquecer do trecho de acesso à Pedra do Pedrão, tradicional ponto turístico de Pedralva.</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1749/req-97-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1749/req-97-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que informe ao setor de estradas sobre a situação das estradas do bairro Santo Antônio, que precisam de manutenção.</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1774/req-103-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1774/req-103-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal: a) Que realize a manutenção das estradas de lavouras dos nossos produtores rurais, tendo em vista que nos próximos dias iniciará a safra de café em nosso Município, por esse motivo muitos produtores rurais precisam da manutenção das estradas em suas lavouras, para que assim, consigam realizar a colheita e o transporte da produção; b) Que o Poder Executivo crie um mecanismo para que os produtores rurais possam protocolar os seus pedidos de manutenção de estrada junto a Prefeitura, bem como, para que possam acompanhar a análise desses pedidos, caso já exista esse mecanismo na Prefeitura, que seja dado maior publicidade e transparência, a fim que os produtores rurais tomem conhecimento.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1775/req-104-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1775/req-104-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que providencie, através do Departamento de Obras, para que seja efetuada a poda emergencial do napier na curva da antiga fazenda do Sr. José Vagner, conhecida como a curva do café, no bairro Pitangueiras. O napier está invadindo a curva, tornando perigoso o trânsito e podendo ocasionar acidentes devido à falta de visibilidade. Que a manutenção seja estendida para toda a estrada, verificando se existem mais pontos críticos.</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1777/req-106-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1777/req-106-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que providencie, através do Departamento de Obras, para que seja efetuada a Manutenção da estrada no bairro Paulino Paixão, que já foi solicitado anteriormente e até agora nada foi feito. São apenas 50 metros de estrada, que há mais de 3 anos que não recebe manutenção e o mato está cobrindo tudo.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1780/req-110-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1780/req-110-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizada a manutenção da estrada do Bairro Paulino Paixão, especialmente no trecho de acesso ao sítio do Sr. José Rodrigues Batista.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1781/req-111-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1781/req-111-2022.pdf</t>
   </si>
   <si>
     <t>Reitera ao Prefeito Municipal o Requerimento de n° 417, de 20 de dezembro de 2021, requeremos seja realizada a manutenção da estrada do Jaboticabal.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1790/req-115-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1790/req-115-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar a manutenção URGENTE do trecho da estrada do Bairro Contendas próximo à residência do Sr. Odair José, também conhecido por "Pilão", com a limpeza das saídas de água, patrolamento e o cascalhamento da estrada. Destaca-se que esse trecho de estrada encontra-se como um dos piores trechos do nosso município, precisando de uma manutenção urgente, tendo em vista que já faz anos que não é feita a manutenção naquele local e está causando enormes prejuízos aos moradores que ali residem.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>Fernanda Christiane Tomé Torres</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1792/req-117-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1792/req-117-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o departamento de obras e responsáveis analisem a possibilidade de fazer manutenção e reparos na estrada do campestre, próximo à casa da dona Maria Nogueira. Sendo essa senhora portadora de DPOC (doença pulmonar obstrutiva crônica), usuária de oxigenioterapia 24h.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1801/req-122-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1801/req-122-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que providencie, através do setor de obras rurais, para ser feita manutenção na estrada principal do Bairro Rocinha, iniciando no local conhecido como "caixa d'água" e seguindo até o final da via. Precisa ser feito: o nivelamento da estrada com a patrol, colocação de cascalho e a limpeza das saídas de água.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1826/req-130-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1826/req-130-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que informe ao setor responsável pelas obras nas estrada rurais sobre a situação nas estradas do bairro Rocinha.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1830/req-134-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1830/req-134-2022.pdf</t>
   </si>
   <si>
     <t>Reitera ao Prefeito Municipal requerimento de n° 272/2021 e 377/2021, para que seja realizada a manutenção de PONTE DO BAIRRO PITANGUEIRAS, localizada na estrada que dá acesso à zona rural do município de São José do Alegre.</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1840/req-140-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1840/req-140-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que informe ao setor responsável pela manutenção das estradas rurais sobre a situação do trecho da estrada do Bairro Contendas localizado sentido Bairro Balaio, logo após o Sítio Novo Horizonte.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1842/req-142-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1842/req-142-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que informe ao Setor Responsável pela manutenção das estradas rurais sobre a situação da estrada da Serrinha, perto do bairro Pedra Preta, e solicitar que seja dada a mesma atenção que foi dada às estradas do bairro Lagoa, realizando os serviços necessários para a melhoria dessa estrada.</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1843/req-143-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1843/req-143-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que determine ao Departamento de Obras que faça a devida manutenção nas estradas no bairro Jabuticabal, que precisam de manutenção devido as condições ruins que se apresentam. E esta melhoria não visa atender apenas os moradores do bairro, mas também os frequentadores de uma igreja local, que atrai pessoas de várias localidades para serem ajudadas e encontram dificuldade de acesso devido a precariedade da estrada.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1851/req-145-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1851/req-145-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que coloque guard rail ou grades de proteção nas laterais das pontes em todas as estradas rurais dentro do município. Reiterando requerimento feito anteriormente e frisando que é de extrema importância que se faça a colocação desse sistema de segurança para evitar acidentes que podem, muitas vezes, ser letais, como já aconteceu no município.</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1868/req-155-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1868/req-155-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a finalização dos reparos na estrada que liga o Bairro Belo Ramo ao Bairro Santo Antônio. O serviço foi feito neste trecho, mas foram deixados montes de terra nas margens da estrada, precisando ser finalizado o serviço. Alguns trechos onde é necessário a finalização foram deixados e a terra está atrapalhando a circulação de veículos. Também é necessário o cascalhamento de alguns trechos, sendo essa uma reivindicação dos moradores do bairro e usuários da estrada.</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1869/req-156-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1869/req-156-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que através do departamento responsável seja feita a devida manutenção na estrada secundária que liga o Bairro Sertãozinho ao Bairro Pitangueiras, através de patrolamento e/ou cascalhamento. A estrada se encontra em péssimas condições de uso, sendo muito utilizada pelos produtores de café e banana para escoamento e manutenção da lavoura. Sendo época de colheita de café, isso precisa ser resolvido com a máxima urgência. Essa é uma reivindicação dos moradores do bairro e usuários dessa estrada, principalmente para o escoamento de produção.</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1870/req-157-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1870/req-157-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que providencie para que o setor responsável pelas obras nas estradas rurais realize os procedimentos necessários para atender a seguinte demanda: Liberar o trecho da estrada de acesso ao Bairro Santo Antônio que se encontra com montes de terra amontoados na beirada da estrada, próximo à Santa Cruz, em uma curva, podendo causar algum acidente.</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes, João Batista Machado Filho, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1871/req-158-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1871/req-158-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que solicite ao departamento responsável para que verifique a viabilidade de disponibilização de um caminhão tanque ou pipa ou veículo com chorumeira, para amenizar a poeira gerada no trecho de rua com início na Rua Prefeito Lafaiete da Costa Paiva até o acesso ao Loteamento Alta Ville.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1884/req-161-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1884/req-161-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja observado os seguintes requisitos referentes ao uso do trator para a área agrícola, recém adquirido para atender os produtores rurais: a) que o uso seja acompanhado pelo Conselho Municipal de Desenvolvimento Rural Sustentável de Pedralva (CMDRS); b) que seja feita a requisição no departamento de agricultura, gerando um número de protocolo; c) que seja obedecida a ordem de fila única e planejamento e a lista seja pública; e d) que seja dada prioridade aos pequenos produtores que não possuem meios de ter um maquinário próprio.</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1909/req-171-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1909/req-171-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que providencie para que, através do departamento responsável, sejam tomadas as seguintes medidas no bairro Rocinha, onde vivem cerca de quinze famílias: 1) Nivelamento da rua em relação ao asfalto, estendendo esse pedido para todos os bairros que estão às margens da rodovia; 2) Aterro e nivelamento de toda a extensão da rua, visto que num ponto a água forma uma grande poça, causando dificuldade para todos que transitam por ali, em especial as crianças; 3) Troca ou conserto da lixeira, que está quebrada; 4) Desentupimento das manilhas; e 5) Calçamento dessa via, se possível, com os bloquetes retirados da cidade.</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1911/req-173-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1911/req-173-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Departamento de Estradas e Rodagens DER/MG que realize reparo do desnível na cabeceira da ponte denominada "ponte do vintém", km 52 da MG 347 no Município de Pedralva. A Rodovia MG 347 liga o Santa Bárbara à São Lourenço, a ponte está localizada na altura do Km 52. Este desnível está atrapalhando e danificando veículos que transitam nesse trecho diariamente, podendo vir a causar acidentes.</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1918/req-177-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1918/req-177-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja feita manutenção em toda extensão da estrada municipal que liga o Bairro Pedrão ao Bairro Lagoa e que seja cascalhado o trecho da estrada municipal próximo à sua residência.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1920/req-179-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1920/req-179-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal: 1) que realize a manutenção urgente do trecho da estrada do Bairro Santo Antônio, promovendo a retirada do "monte de terra" que ficou na estrada principal, tendo em vista que está causando enormes transtornos aos moradores que ali residem. e 2) realizar a manutenção urgente do trecho da estrada do Bairro Floresta, promovendo a retirada do "monte de terra" que ficou na estrada principal, tendo em vista que está causando enormes transtornos aos moradores que ali residem.</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1940/req-186-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1940/req-186-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que providencie para que seja feita manutenção (patrolamento, cascalhamento, limpeza das saídas de água e construção de bueiros nos pontos mais críticos) em toda extensão das seguintes estradas municipais: 1) estrada que inicia no Bairro Tamanduá, passa pela Usina do Pedrão (onde se encontra localizada a Agroindústria Energia da Fruta) e segue até chegar no Pedrão; e 2) estrada que inicia no Bairro Paulino, passa pela entrada para o Correias, pela Usina do Pedrão e Pipa até chegar no Pedrão.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1941/req-187-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1941/req-187-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que faça a manutenção da estrada do bairro Alecrim, com limpeza das saídas de água e cascalhamento.</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1942/req-188-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1942/req-188-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que faça manutenção da estrada conhecida como "Morro Frio", com limpeza das saídas de água e cascalhamento.</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1945/req-190-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1945/req-190-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que calce trecho da estrada localizada em uma subida no bairro Vintém, ao lado do posto da Estratégia da Família e do ponto de ônibus, próximo à ponte, às margens da rodovia. É um trajeto pequeno, que no período chuvoso forma enxurrada de lama, desembocando na rodovia. Fato esse muito perigoso para todos que passam por ali e um grande transtorno, sendo de fácil solução, já que existem montes de bloquetes no local, que precisam de uma destinação correta.</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes, João Batista Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1961/req-200-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1961/req-200-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que analise a viabilidade de colocação de placas indicativas, com os nomes dos bairros da zona rural de Pedralva; incluindo placas nos bairros com direcionamento para a área urbana do município, nos bairros Alecrim, Rezende, Pedra Batista, Furnas e Rocinha.</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1974/req-208-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1974/req-208-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que realize com urgência a manutenção das estradas do Bairro Correas, com a limpeza das saídas de água, patrolamento e o cascalhamento de alguns trechos emergenciais da estrada, tendo em vista que a água da chuva está causando buracos e outros danos, dificultando a passagem dos moradores.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1975/req-209-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1975/req-209-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que realize com urgência a manutenção da estrada do Bairro Alecrim, próximo à residência do "Sr. Zé Dito", devendo serem realizados os seguintes serviços: limpeza das saídas de água, troca de manilhas e bueiros por tamanho maior e o cascalhamento de alguns trechos emergenciais da estrada, tendo em vista que o "Sr. Zé Dito" e sua esposa utilizam da estrada diariamente para irem no médico, porém o tratamento médico de ambos está sendo prejudicado, haja vista que a estrada está intransitável no período de chuva.</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1997/req-224-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1997/req-224-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que providencie, através do setor responsável pela manutenção das estradas rurais, para que seja feita manutenção/operação tapa buracos na estrada que liga o Bairro Tamanduá ao Bairro Campestre e o Bairro Campestre à cidade.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1999/req-226-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1999/req-226-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar, através do setor responsável pela manutenção das estradas rurais, para ser feita manutenção/operação tapa buracos nas estradas do Bairro Sertãozinho, principalmente no trecho entre a venda de Dona Ana até a propriedade do senhor Herculano.</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2000/req-227-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2000/req-227-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que, no bairro Posses, seja colocado cascalho próximo ao grupo escolar, referência: perto da casa do Marcelo.</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2001/req-228-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2001/req-228-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que, no bairro Sertãozinho, o cascalho amontado seja espalhado na estrada, para tapar os buracos e valetas.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2002/req-229-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2002/req-229-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja feito cascalhamento nas estradas do bairro Balaio.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2005/req-232-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2005/req-232-2022.pdf</t>
   </si>
   <si>
     <t>Reiterando ao Prefeito Municipal o Requerimento de n° 111, de 10 de maio de 2022, requer que seja realizada a manutenção da estrada do Jaboticabal.</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2031/req-249-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2031/req-249-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que através do departamento responsável, seja realizada operação tapa buracos nas estradas rurais, em especial nos Bairros Anhumas, Cubatão e Cubatãozinho. Está ocorrendo muita quebra de veículos devido à grande quantidade de buracos. É necessário uma ação emergencial nas estradas rurais.</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2032/req-250-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2032/req-250-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal, que através do departamento responsável, seja realizada manutenção na estrada do Bairro Pedrão, próximo à Igreja e à família veloso. No local existem vários moradores idosos e a estrada é uma subida que está muito ruim, tornando-se praticamente intransitável com a chuva, devido ao barro e erosão da estrada. Solicito medidas urgentes.</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2034/req-252-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2034/req-252-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja reativada e feita manutenção na estrada que liga os Bairros Sertãozinho, Contendas e Pitangueiras. A referida estrada encontra-se em completo estado de abandono. É uma estrada que tem grande utilidade para os moradores daquela região, para acesso a cidade, sendo de suma importância a sua reativação para todos.</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2051/req-263-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2051/req-263-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que, através do setor responsável, sejam trocadas as lâmpadas queimadas dos postes de iluminação pública, tanto na área urbana como rural.</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2054/req-266-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2054/req-266-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que, através do setor responsável pela manutenção das estradas do município, seja feita manutenção no trecho de estrada do Bairro Rocinha, próximo à residência do senhor Laércio, que se encontra com muito barro, dificultando a passagem dos pedestres, que acabam se sujando ao passar pelo local.</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2055/req-267-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2055/req-267-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que, através do setor responsável pela manutenção das estradas do município, seja feita manutenção em dois trechos da estrada do Bairro Jabuticabal, sendo um logo após o término do calçamento e o outro aproximadamente trinta metros após o primeiro.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2057/req-269-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2057/req-269-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que, através do departamento responsável, seja colocado nas vias o cascalho que se encontra amontoado em alguns pontos das estradas.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2072/req-275-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2072/req-275-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que providencie, junto ao setor de obras, para serem realizadas as melhorias necessárias na estrada do Bairro Lagoa, trecho de subida, que fica próximo à sua propriedade, a qual fica praticamente intransitável nos dias de chuva.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2078/req-281-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2078/req-281-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que, através do departamento responsável, seja realizado o conserto da estrada do Bairro Pitangueiras, onde um buraco está trazendo grandes transtornos.</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2088/req-285-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2088/req-285-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que através do setor responsável sejam realizadas as medidas necessárias para conter a barreira que está descendo em um trecho da estrada do Bairro Pedrão.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2091/req-288-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2091/req-288-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que, através do departamento responsável, seja realizada manutenção, em caráter emergencial, na estrada do Bairro Castelhano. As condições da estrada são péssimas, muita lama e buracos. O escoamento da produção fica comprometido. Caminhões de leite precisam transitar e está praticamente impossível.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2092/req-289-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2092/req-289-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar a manutenção da estrada do Bairro Castelhano de acesso ao Bairro Pedra Preta, devendo ser manilhado trecho próximo da residência do Sr. Rogério Abreu, para que se dê vazão correta às águas que formam poças e acumulam barro nos dias de chuva.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1368,67 +1368,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1597/req-4-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1600/req-7-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1601/req-8-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1604/req-11-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1608/req-15-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1609/req-16-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1632/req-35-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1633/req-36-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1634/req-37-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1639/req-42-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1651/req-45-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1653/req-47-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1655/req-49-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1658/req-52-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1665/req-57-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1666/req-58-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1669/req-61-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1670/req-62-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1681/req-69-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1683/req-71-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1696/req-79-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1708/req-84-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1714/req-85-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1728/req-86-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1729/req-87-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1730/req-88-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1731/req-89-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1746/req-94-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1749/req-97-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1774/req-103-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1775/req-104-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1777/req-106-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1780/req-110-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1781/req-111-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1790/req-115-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1792/req-117-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1801/req-122-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1826/req-130-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1830/req-134-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1840/req-140-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1842/req-142-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1843/req-143-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1851/req-145-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1868/req-155-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1869/req-156-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1870/req-157-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1871/req-158-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1884/req-161-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1909/req-171-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1911/req-173-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1918/req-177-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1920/req-179-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1940/req-186-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1941/req-187-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1942/req-188-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1945/req-190-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1961/req-200-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1974/req-208-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1975/req-209-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1997/req-224-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1999/req-226-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2000/req-227-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2001/req-228-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2002/req-229-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2005/req-232-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2031/req-249-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2032/req-250-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2034/req-252-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2051/req-263-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2054/req-266-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2055/req-267-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2057/req-269-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2072/req-275-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2078/req-281-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2088/req-285-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2091/req-288-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2092/req-289-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1597/req-4-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1600/req-7-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1601/req-8-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1604/req-11-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1608/req-15-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1609/req-16-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1632/req-35-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1633/req-36-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1634/req-37-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1639/req-42-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1651/req-45-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1653/req-47-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1655/req-49-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1658/req-52-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1665/req-57-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1666/req-58-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1669/req-61-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1670/req-62-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1681/req-69-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1683/req-71-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1696/req-79-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1708/req-84-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1714/req-85-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1728/req-86-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1729/req-87-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1730/req-88-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1731/req-89-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1746/req-94-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1749/req-97-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1774/req-103-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1775/req-104-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1777/req-106-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1780/req-110-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1781/req-111-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1790/req-115-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1792/req-117-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1801/req-122-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1826/req-130-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1830/req-134-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1840/req-140-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1842/req-142-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1843/req-143-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1851/req-145-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1868/req-155-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1869/req-156-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1870/req-157-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1871/req-158-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1884/req-161-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1909/req-171-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1911/req-173-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1918/req-177-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1920/req-179-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1940/req-186-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1941/req-187-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1942/req-188-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1945/req-190-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1961/req-200-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1974/req-208-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1975/req-209-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1997/req-224-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1999/req-226-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2000/req-227-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2001/req-228-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2002/req-229-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2005/req-232-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2031/req-249-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2032/req-250-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2034/req-252-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2051/req-263-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2054/req-266-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2055/req-267-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2057/req-269-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2072/req-275-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2078/req-281-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2088/req-285-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2091/req-288-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2092/req-289-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="121.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="88.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="87.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>