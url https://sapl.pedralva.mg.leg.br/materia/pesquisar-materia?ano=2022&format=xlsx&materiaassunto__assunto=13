--- v0 (2025-10-04)
+++ v1 (2026-03-18)
@@ -54,624 +54,624 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Paulo Henrique de Faria</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1603/req-10-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1603/req-10-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que encontre, em caráter de emergência, uma solução para o asfalto da Rua Poeta João Carneiro de Rezende, que se deteriorou em menos de um ano e seis meses de sua finalização em setembro de 2020.</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Aline de Fátima Silva Guedes, Claudio de Lima Lopes, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1610/req-17-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1610/req-17-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Presidente da Câmara Municipal, que seja constituída comissão especial para apuração de inconformidades e/ou irregularidades na execução de obra para pavimentação asfáltica na Rua Poeta João Carneiro de Rezende.</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1615/req-20-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1615/req-20-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal abandonar o projeto de asfaltamento das ruas de Pedralva, ou, caso resolva prosseguir, que seja contratado uma empresa que faça totalmente o processo de asfalto. Desde análise de solo, drenagem pluvial, compactação e camada asfáltica. Já que é público e notório que a prefeitura não possui condições e nem profissionais para esse tipo de serviço. Foi uma experiência desastrosa para o município, a exemplo da rua Poeta João Carneiro de Rezende que está com o asfalto derretido.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1616/req-21-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1616/req-21-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal: a) Sinalização das cabeças das pontes; b) Colocação de "guard rail " para segurança dos veículos e população; c) Vistoria técnica de um engenheiro para saber as reais condições das pontes, após esse grande volume de chuvas, atestando sua segurança.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1617/req-22-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1617/req-22-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal colocação de cones com fitas refletivas para sinalização dos buracos no asfalto na Rua Poeta João Carneiro de Rezende. Medida para diminuir o risco de acidentes, principalmente de bicicletas, motos e outros veículos. Pois precisam avançar na contra mão para desviar das crateras do asfalto derretido.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Aline de Fátima Silva Guedes, João Batista Machado Filho, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1636/req-39-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1636/req-39-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar as obras necessárias de Drenagem Pluvial nas Ruas Josino Tomé, Benedito Gonçalves e José de Oliveira Lopes, de forma a garantir a segurança das residências e moradores das referidas vias.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1640/req-43-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1640/req-43-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal instalar placa indicativa de "proibido parar e estacionar no horário das 6h às 7h, das 11 h às 13h e das 17h às 18h" no trecho da Rua Casemiro Osório que inicia no ponto onde é cortada pela Rua Poeta Carneiro de Rezende até o ponto onde é cortada pela Rua José Belmiro Monti.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1652/req-46-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1652/req-46-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a pintura dos quebra-molas e instalação de placas de sinalização na Avenida.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1654/req-48-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1654/req-48-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que informe e solicite ao setor responsável que coloque faixas elevadas nos trechos já pedidos anteriormente: a) Bairro Bela vista na rua principal perto da casa do Beto baiano, ao longo da rua precisa-se construir no mínimo 3 faixas elevadas; b) Rua Pedro Monti, antes das placas "PARE" no mínimo 4 quebra molas; e c) Rua da auto escola, no mínimo 2 quebra molas.</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1656/req-50-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1656/req-50-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que informe o setor de obras da prefeitura referente a última rua do bairro São José, perto do senhor Antônio Fortes que se encontra intrafegável.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1663/req-55-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1663/req-55-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar, por intermédio da Secretaria de obras, a manutenção, em caráter emergencial, da rua José Belmiro Monti, que está com sério problema na curva, dificultando o trânsito tanto de veículos como o de pedestre. A localização é atrás do cemitério, como mostra as fotos abaixo.</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1668/req-60-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1668/req-60-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que providencie para que o setor de obras realize melhorias na lateral da Avenida Tancredo Neves, iniciando no começo da Rua Poeta João Carneiro de Rezende e seguindo por aproximadamente trinta metros na Avenida, em frente ao ponto de ônibus (construção de passeio e melhoria na drenagem de água de chuva).</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1679/req-67-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1679/req-67-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao DER-MG (Departamento de Estradas e Rodagem de Minas Gerais) a colocação de sinalização mais adequada com placas de atenção, lombadas e sonorizadores no perímetro do bairro Rocinha ao bairro Furnas. São cerca de duzentas famílias no local, muitas crianças em período escolar, que correm risco constante ao aguardar ou descer dos veículos escolares. O que por si só, já é um agravante para a situação. É uma situação de perigo iminente para todos que utilizam da via.</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1706/req-82-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1706/req-82-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a adequação das calçadas de acordo com as leis e diretrizes de acessibilidade nacional, tornando menos difícil a vida de cadeirantes e deficientes de nosso município, que precisa se adequar com urgência. Que seja feito um estudo sério e dentro das normas, e que seja colocado em prática o mais breve possível.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1763/req-102-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1763/req-102-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar, através do setor de obras, para ser feita uma avaliação das condições da Avenida Tancredo Neves e, em seguida, ser feito esforços para melhor as condições no local, haja vista os problemas visivelmente constatados por nós vereadores e pelos cidadãos que por lá trafegam.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>Fernanda Christiane Tomé Torres</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1788/req-113-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1788/req-113-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar para que o departamento de obras e responsáveis averigue a possibilidade de fazer a manutenção e reparos no trecho da rua Coronel Machado, próximo ao Mercaton (mercadinho do Toninho) e próximo ao Cantinho da Costura.</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1802/req-123-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1802/req-123-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Gerente Local da Copasa informações a respeito das condições da rede de esgoto em frente ao Minimercado Novo Horizonte e ao Posto Candola, na Avenida Tancredo Neves, que tem entupido com frequência.</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes, João Batista Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1823/req-127-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1823/req-127-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que informe ao Comandante do Pelotão da Polícia Militar sobre a situação do trânsito nas imediações da Escola Estadual Professor Arcádio do Nascimento Moura e Escola Municipal Coronel Gaspar, nos horários de início e término das aulas, e que se possível haja a presença da polícia nestes locais, haja vista que os alunos e transeuntes estão sujeitos a acidentes, devido a desorganização e trânsito intenso, principalmente nos horários de encerramento das aulas.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa, Fernanda Christiane Tomé Torres, Paulo Henrique de Faria, Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1828/req-132-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1828/req-132-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja feito reparo no calçamento da Rua Coronel Estevam Resende. O calçamento está pegando embaixo dos veículos.</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1853/req-147-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1853/req-147-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que providencie para que o setor responsável pelas obras públicas realize os procedimentos necessários para atender a seguinte demanda: Melhoramento da sinalização da Avenida Tancredo Neves, com instalação de placas informando e alertando sobre a grande circulação de veículos e pedestres por esta avenida.</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1910/req-172-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1910/req-172-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que sejam colocadas placas de identificação nas ruas do município onde não possuem placas de identificação. Existe um grande número de reclamações tanto dos correios, quanto outras transportadoras sobre a dificuldade de encontrar um endereço, devido à falta de placas em algumas ruas. Sugere que seja feita uma parceria com comércio e interessados locais com o patrocínio dessas placas.</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1912/req-174-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1912/req-174-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que providencie para que o departamento de obras e responsáveis averigue a possibilidade de fazer a manutenção e reparos no trecho da rua Coronel Carneiro (Morro do Chicão), próximo ao açougue do Mauricio, na Rua Dr. Macedo.</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1922/req-181-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1922/req-181-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que providencie, através do setor responsável, para serem realizadas as melhorias necessárias para melhorar a segurança, tanto para motoristas como para pedestres, na rua Maria Cibele no bairro São José. Moradores sugerem que seja construída uma faixa elevada.</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1948/req-193-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1948/req-193-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que providencie para que o trecho da Rua Dona Inácia Macedo, que inicia no cruzamento com a Rua Casemiro Osório até o ponto onde inicia a residência do senhor Paulo Fortes, passe a ser contramão no sentido de subida. Esta é uma medida necessária, solicitada por moradores do local, devido ao fato de ser uma rua bastante íngreme e lisa, que principalmente nos dias de chuva causa transtornos e perigo aos moradores e usuários da via.</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1959/req-198-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1959/req-198-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que, através do setor de obras da Prefeitura, seja construída faixa elevada nos trechos da Rua Pedro Monti com maior trânsito de veículos e pedestres.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1960/req-199-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1960/req-199-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que verifique a possibilidade de fazer uma via de ligação para passagem de moradores entre os loteamentos Cláudio Bustamante e Nair Bustamante, que facilite o tráfego de residentes das redondezas. Tal desvio facilitará o trânsito de pessoas que moram na localidade, evitando o tráfego por um caminho muito mais longo.</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1967/req-202-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1967/req-202-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que providencie, através do setor de obras, para serem construídas duas faixas elevadas na estrada do Bairro Estiva, no trecho em frente à Associação de Moradores e ao Campo de Futebol.</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1968/req-203-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1968/req-203-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que providencie para que o departamento de obras e responsáveis averiguem a possibilidade de fazer a manutenção na boca de lobo da Rua Coronel Machado, próximo à esquina da Igreja Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Aline de Fátima Silva Guedes, Claudio de Lima Lopes, João Batista Machado Filho, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1969/req-204-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1969/req-204-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizada a limpeza e correção da sarjeta existente na Avenida Tancredo Neves, em frente à antiga oficina do Mário Santana, pois, nos dias de chuva, é comum o alagamento do local, o que causa transtornos aos moradores e riscos ao trânsito de pessoas e veículos.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2003/req-230-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2003/req-230-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizado reparo paliativo com concreto nos pontos críticos da rua Poeta João Carneiro de Rezende.</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes, João Batista Machado Filho, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2004/req-231-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2004/req-231-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal pintura dos quebra-molas e instalação de placas de sinalização na Avenida Tancredo Neves.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2006/req-233-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2006/req-233-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que a Prefeitura Municipal realize o calçamento, com recursos próprios, do trecho da Rua Miguel Piazza Filho que ficou sem pavimentação, mesmo após as obras realizadas na citada via.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2010/req-237-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2010/req-237-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que realize com urgência a manutenção da Rua Frei Orestes Girardi, próximo ao portão de entrada do Parque de Exposição, tendo em vista que esse trecho da rua está com buracos que estão dificultando a passagem de veículos.</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2021/req-242-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2021/req-242-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar, junto ao setor responsável, para ser viabilizada a criação de mais vagas de estacionamento, no centro da cidade, para motos.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2035/req-253-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2035/req-253-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal tomar as medidas cabíveis para: 1) Construção de redutores de velocidade e faixa de pedestre na Rodovia MG-347, na altura do Bairro Rezende, em frente ao ponto de ônibus, limite de municípios de Cristina e Pedralva. 2) Colocação de placa de sinalização e construção de redutor de velocidade na rodovia, próximo a entrada para a escola municipal, no Bairro Divisa; e 3) Instalação de placa na rodovia, indicando a entrada para o Bairro Alecrim.</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2036/req-254-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2036/req-254-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao DER que sejam realizados os seguintes serviços no trecho da Rodovia MG-347, na altura dos Bairros Divisa, Rezende e Alecrim: 1) Construção de redutores de velocidade e faixa de pedestre na altura do Bairro Rezende, em frente ao ponto de ônibus, limite de municípios de Cristina e Pedralva. 2) Colocação de placa de sinalização na rodovia, próximo a entrada para a escola municipal, no Bairro Divisa.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2037/req-255-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2037/req-255-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao DER que seja colocada placa de sinalização na Rodovia MG-347, indicando a entrada para o Bairro Alecrim.</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2039/req-257-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2039/req-257-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providenciar, através do setor de obras, para ser analisada a situação de um trecho do calçamento da Rua Josefina de Oliveira Monti, onde foi feita manutenção recentemente, porém o calçamento está afundando, formando um buraco no local.</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2040/req-258-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2040/req-258-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal: 1) Que sejam tomadas medidas, seja notificando as empresas que trabalham com transporte de materiais pesados em caminhões ou seja sinalizando a via, para que caminhões deixem de trafegar pelo trecho da Rua Coronel Machado situado entre a Casa do senhor Antônio Fortes e a Escola Coronel Gaspar e passem a utilizar outro trajeto; 2) Que a prefeitura analise e informe aos usuários da via qual o melhor trajeto para trânsito de caminhões com carga pesada.</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2053/req-265-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2053/req-265-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que através do setor de obras seja feita manutenção no calçamento da Rua Presidente Vargas, trecho localizado próximo à Delegacia de Polícia Civil, onde o calçamento apresenta um rebaixamento, formando uma valeta no local. Trata-se de um serviço que precisa ser feito com urgência.</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2058/req-270-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2058/req-270-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja procedida a roçada no mato existente nas margens da via principal de acesso e trânsito do Bairro Usina.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2079/req-282-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2079/req-282-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que, através do setor de obras, sejam realizadas as medidas necessárias para conserto do buraco que se formou na Rua José dos Santos Marques, em frente à entrada da Escola Estadual Professor Arcádio.</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2080/req-283-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2080/req-283-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realizar a limpeza do mato existente nas vias do Residencial Cláudio de Souza Bustamante, bem como, realizar a manutenção dos pontos de pavimentação que apresentam buracos.</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2089/req-286-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2089/req-286-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que, através do departamento responsável, seja construída uma passarela elevada na Avenida Tancredo Neves, altura do "Bar da Creuza", próximo à bifurcação.</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2090/req-287-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2090/req-287-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que, através do departamento responsável, sejam realizadas melhorias em uma rua projetada localizada no Bairro Bela Vista (Usina). A referida rua está em péssimas condições, cheia de mato e sendo invadida por enxurradas. Os moradores que estão fazendo a roçagem. Peço atitude urgente e imediata em relação a essa situação.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -978,67 +978,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1603/req-10-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1610/req-17-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1615/req-20-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1616/req-21-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1617/req-22-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1636/req-39-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1640/req-43-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1652/req-46-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1654/req-48-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1656/req-50-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1663/req-55-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1668/req-60-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1679/req-67-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1706/req-82-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1763/req-102-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1788/req-113-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1802/req-123-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1823/req-127-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1828/req-132-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1853/req-147-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1910/req-172-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1912/req-174-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1922/req-181-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1948/req-193-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1959/req-198-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1960/req-199-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1967/req-202-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1968/req-203-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1969/req-204-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2003/req-230-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2004/req-231-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2006/req-233-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2010/req-237-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2021/req-242-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2035/req-253-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2036/req-254-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2037/req-255-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2039/req-257-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2040/req-258-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2053/req-265-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2058/req-270-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2079/req-282-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2080/req-283-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2089/req-286-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2090/req-287-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1603/req-10-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1610/req-17-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1615/req-20-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1616/req-21-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1617/req-22-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1636/req-39-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1640/req-43-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1652/req-46-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1654/req-48-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1656/req-50-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1663/req-55-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1668/req-60-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1679/req-67-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1706/req-82-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1763/req-102-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1788/req-113-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1802/req-123-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1823/req-127-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1828/req-132-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1853/req-147-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1910/req-172-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1912/req-174-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1922/req-181-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1948/req-193-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1959/req-198-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1960/req-199-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1967/req-202-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1968/req-203-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1969/req-204-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2003/req-230-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2004/req-231-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2006/req-233-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2010/req-237-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2021/req-242-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2035/req-253-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2036/req-254-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2037/req-255-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2039/req-257-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2040/req-258-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2053/req-265-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2058/req-270-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2079/req-282-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2080/req-283-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2089/req-286-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2090/req-287-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="121.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="88.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="87.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>