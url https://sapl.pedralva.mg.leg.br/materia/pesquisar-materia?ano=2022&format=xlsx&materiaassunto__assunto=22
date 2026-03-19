--- v0 (2026-01-20)
+++ v1 (2026-03-19)
@@ -54,1272 +54,1272 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Comissão Especial - CE</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1712/pdl_01-2022_-_titulo_de_amigo_de_pedralva_2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1712/pdl_01-2022_-_titulo_de_amigo_de_pedralva_2022.pdf</t>
   </si>
   <si>
     <t>Concede título de amigo de Pedralva.</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Mesa Diretora da Câmara - MESADIR</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1845/pdl_03-2022_-homenagem_postuma__cidadaos_centenarios.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1845/pdl_03-2022_-homenagem_postuma__cidadaos_centenarios.pdf</t>
   </si>
   <si>
     <t>Concede homenagem póstuma comemorativa ao Centenário do Nascimento de Agostinha de Barros Rangel, José Fernandes Sobrinho e Maria de Lourdes Faria Van Wijk.</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1927/pdl_05-2022_-_titulo_merito_educacional.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1927/pdl_05-2022_-_titulo_merito_educacional.pdf</t>
   </si>
   <si>
     <t>Concede Título de Mérito Educacional "Professor José Raimundo de Faria, o Zé Grande".</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2024/pdl_07-2022_-_medalha_do_merito_legislativo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2024/pdl_07-2022_-_medalha_do_merito_legislativo.pdf</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1594/mo-1-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1594/mo-1-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da criança Ana Cecília de Souza Faria, moradora do Bairro Pitangueiras, neste município, ocorrido no último sábado.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1595/mo-2-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1595/mo-2-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Tenente da Policia Militar Alan Pierre Oliveira Lins.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1596/mo-3-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1596/mo-3-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Padre Joaquim Miguel das Chagas, pelos 6 anos de serviços prestados a comunidade pedralvense.</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes, João Batista Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1649/mo-4-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1649/mo-4-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a todas as mulheres, especialmente as mulheres pedralvenses.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1675/mo-5-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1675/mo-5-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor Vicente Carlos Vilas Boas, conhecido por Di, ocorrido no dia 18 de março do corrente ano.</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1676/mo-6-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1676/mo-6-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulações ao Atleta Eduardo Alves Lamim, pela conquista do cinturão na competição de artes marciais disputada na cidade de Natércia-MG.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1677/mo-7-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1677/mo-7-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulações ao professor de artes marciais Adilson Rangel - "Dojo Rangel Karatê Do".</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes, João Batista Machado Filho, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1684/mo-8-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1684/mo-8-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio aos profissionais da área de Segurança Pública.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1685/mo-9-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1685/mo-9-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio aos trabalhadores e trabalhadoras da educação da rede estadual em greve.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1686/mo-10-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1686/mo-10-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio ao Presidente da Câmara Municipal de Itajubá, Vereador Robson Vaz de Lima.</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1687/mo-11-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1687/mo-11-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da Sra. Maria Inês Bustamante Braga, ocorrido no dia 19 de março de 2022.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1688/mo-12-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1688/mo-12-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulações ao Atleta William Correa, pela participação em diversas competições esportivas, principalmente na modalidade de artes marciais e corrida.</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1701/mo-13-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1701/mo-13-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos  ao Deputado Estadual Cabo Junio Amaral, ao Tenente Coronel Paulo Roberto Ribeiro e demais Policiais Militares presentes no evento de entrega de um veículo Renault/Duster para o Quartel da Polícia Militar de Pedralva e uma moto para o Quartel da Polícia Militar de Cristina.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Aline de Fátima Silva Guedes, João Batista Machado Filho, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1702/mo-14-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1702/mo-14-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à senhora Maria Ângela Ribeiro Rangel, funcionária da administração pública municipal que recentemente se aposentou no cargo de Auxiliar de Serviços Gerais da Prefeitura de Pedralva.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Paulo Henrique de Faria</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1703/mo-15-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1703/mo-15-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à Senhora Maria Ângela Ribeiro Rangel, pela aposentadoria como servidora na área de Serviços Gerais em nosso município.</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes, Claudio de Lima Lopes, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1704/mo-16-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1704/mo-16-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio aos movimentos que visam a garantia dos direitos dos autista, como o Dia Mundial da Conscientização do Autismo.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1705/mo-17-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1705/mo-17-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da senhora Maria das Graças Silvestre.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>João Batista Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1715/mo-18-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1715/mo-18-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da senhora Maria de Fátima Castro.</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Aline de Fátima Silva Guedes, Claudio de Lima Lopes, João Batista Machado Filho, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1716/mo-19-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1716/mo-19-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à Corporação Musical Gaspar Carneiro, pelas belíssimas apresentações realizadas para celebração de reinauguração do Estádio Monti.</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1717/mo-20-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1717/mo-20-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à Equipe dos Los Vadios, por sagrar-se campeão do torneio de futebol do bairro da Barra.</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1718/mo-21-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1718/mo-21-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à Equipe da Contendas pelo vice-campeonato de torneio de futebol do bairro da Barra.</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1719/mo-22-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1719/mo-22-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à família do senhor Alvarino, cujos filhos e netos são organizadores do torneio de futebol amador no bairro da Barra.</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes, Claudio de Lima Lopes, João Batista Machado Filho, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1727/11-__mocao_de_congratulacoes-_19-04-2022_-_maria_do_carmo_cassiano.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1727/11-__mocao_de_congratulacoes-_19-04-2022_-_maria_do_carmo_cassiano.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações para prestar nossas homenagens a Srta. Maria do Carmo Cassiano pelos valorosos serviços prestados ao município de Pedralva, que notavelmente desempenhou durante 18 anos, atuando na área da saúde, desde a implementação do Programa Saúde da Família.</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1764/mo-24-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1764/mo-24-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à senhora SÔNIA MARIA DOS SANTOS, funcionária da administração pública municipal recentemente aposentada no cargo de Auxiliar de Serviços Gerais da Prefeitura de Pedralva.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1767/12-__mocao_de_aplausos-_03-05-2022_-_sonia_maria_dos_santos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1767/12-__mocao_de_aplausos-_03-05-2022_-_sonia_maria_dos_santos.pdf</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1765/mo-26-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1765/mo-26-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor ANTÔNIO CARLOS DE CARVALHO, conhecido por Toninho Lalá, ilustre cidadão deste município, morador do Bairro Barra, ocorrido no dia 25 de abril de 2022.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1766/mo-27-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1766/mo-27-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulações ao Padre Josimar, Departamento de agricultura e pecuária da Prefeitura de Pedralva, produtores rurais, equipe veterinária, equipe de transporte dos animais, leiloeiro e sua equipe e aos demais que contribuíram para a realização do evento "leilão de gado da Festa de São Sebastião" que ocorreu no dia 30/04/2022 (sábado) no Parque de Exposições de Pedralva.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1772/mo-28-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1772/mo-28-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos aos participantes do passeio ciclístico em comemoração ao Aniversário de 135 anos de Emancipação Política de Pedralva.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1773/mo-29-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1773/mo-29-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Departamento de Esporte, Organizadores, funcionários e equipe de apoio, enfim a todos os envolvidos direta ou indiretamente para que o Evento Ciclístico, em comemoração aos 135 anos de Emancipação Política de Pedralva, ocorresse com grande sucesso, no dia 7 de maio de 2022, o qual contou com vários ciclistas em um percurso rural por nossas belezas naturais.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Fernanda Christiane Tomé Torres</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1785/mo-30-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1785/mo-30-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao jovem CARLOS ALEXANDRE BUENO REIS, pedralvense de 20 anos, que participou do 25° RODEIO DE PEDRALVA, ocorrido entre os dias 11 e 15 de maio, COMO COMPETIDOR EM TOUROS.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1786/mo-31-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1786/mo-31-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da Sra. MARINÊS BATISTA CALDAS SILVA, ocorrido no dia 15 de maio de 2022.</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1798/mo-32-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1798/mo-32-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento de nosso amigo e cidadão pedralvense, José Sevilo Vilas Boas, nosso querido Zé Sevilo. José Sevilo nasceu em 24 de outubro de 1941 e faleceu dia 17 de maio de 2022, aos 81 anos, sendo sepultado na manhã seguinte acompanhado por amigos e familiares.</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1799/mo-33-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1799/mo-33-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor JOSÉ SEVILO VILAS BOAS, ilustre cidadão pedralvense, ocorrido no dia 17 de maio.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1805/mo-34-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1805/mo-34-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a todos cafeicultores de nosso município pela data de 24 de maio, que é o Dia do Cafeicultor e do Café. Homenageando aos cafeicultores pedralvenses por se dedicarem a essa cultura, sendo o café o carro chefe de nosso município. Trazendo empregos e geração de renda.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1813/mo-35-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1813/mo-35-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a todos os envolvidos para o êxito e premiação dos jovens alunos da Escola Estadual Com. Mário Goulart Santiago, na participação dos jogos JEMG do estado de Minas Gerais.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1814/mo-36-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1814/mo-36-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a todos os envolvidos para o êxito e premiação dos jovens alunos da Escola Professor Arcádio Nascimento Moura, na participação dos jogos JEMG do estado de Minas Gerais.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1815/mo-37-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1815/mo-37-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso aos Diretores, Supervisores, Professores e Funcionários; Pais, Mães e Responsáveis; Apoiadores da Comunidade Escolar, Estudantes torcedores, e em especial, aos professores Rodrigo e Gilmar, e aos estudantes atletas das equipes do handebol masculino e feminino e do futsal masculino e feminino da escola estadual Arcárdio Nascimento Moura pelos belíssimos resultados obtidos na Etapa Microrregional dos Jogos Escolares de Minas Gerais 2022.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1816/mo-38-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1816/mo-38-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso aos Diretores, Supervisores, Professores e Funcionários; Pais, Mães e Responsáveis; Apoiadores da Comunidade Escolar, Estudantes torcedores, e em especial, aos professores Walker e Gilmar, e aos estudantes atletas das equipes do handebol masculino e do futsal masculino e feminino da escola estadual Comendador Mário Goulart Santiago, pelos belíssimos resultados obtidos na Etapa Microrregional dos Jogos Escolares de Minas Gerais 2022.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1817/mo-39-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1817/mo-39-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor Carlos Henrique Gonçalves.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1818/mo-40-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1818/mo-40-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor José Claudino Machado. Morador de Pedralva, viveu e aqui constituiu sua família sendo grande ser humano na vida de todos que tiveram a oportunidade de conviver com ele.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1819/mo-41-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1819/mo-41-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao jovem FABRÍCIO SOARES, pela bela participação no rodeio da cidade de Estiva.</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1837/mo-42-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1837/mo-42-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor Ademar Braga Abreu, ocorrido no dia 09 de junho de 2022.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes, João Batista Machado Filho, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1838/mo-43-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1838/mo-43-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor Ademar Braga de Abreu, ocorrido no dia 09 de junho do corrente ano.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1850/mo-44-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1850/mo-44-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao servidor público municipal Deniraldo de Abreu Lopes, mais conhecido por "Pezinho", pelo excelente serviço que sempre executou como motorista e que vem executando no gerenciamento da manutenção dos veículos.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1860/mo-45-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1860/mo-45-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da senhora Rita Rocha Braga, ilustre cidadã deste município, moradora do Bairro Belo Ramo, ocorrido no dia 24 de junho de 2022.</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1861/mo-46-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1861/mo-46-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da ilustríssima senhora Rita Rocha Braga, ocorrido no dia 25 de junho do corrente ano.</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1862/mo-47-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1862/mo-47-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor José Carmo da Silveira, ocorrido no dia 27 de junho do corrente ano.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1863/mo-48-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1863/mo-48-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor José Carmo da Silveira, ocorrido no dia 27 de junho de 2022.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1864/mo-49-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1864/mo-49-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da ilustríssima senhora Suely Borges Barros Mandolesi, ocorrido no dia 31 de maio de 2022.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1865/mo-50-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1865/mo-50-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor Tarcísio Alves da Silva, ocorrido no dia 15 de junho de 2022.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1866/mo-51-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1866/mo-51-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos aos alunos da Escola Estadual Comendador Mário Goulart Santiago que obtiveram destaque na OBMEP 2021.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1893/mo-52-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1893/mo-52-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor Sebastião Batista de Vilas Bôas.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes, Claudio de Lima Lopes, João Batista Machado Filho, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1894/mo-53-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1894/mo-53-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da senhora Maria do Carmo Cassiano, ocorrido no dia primeiro de agosto de 2022.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1895/mo-54-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1895/mo-54-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da senhora Maria do Carmo Cassiano, aos 51 anos.</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1896/mo-55-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1896/mo-55-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento de Maria do Carmo Cassiano, ocorrido no dia 1 de agosto de 2022.</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1897/mo-56-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1897/mo-56-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor Ivo Soares, ocorrido no mês de junho de 2022, aos 70 anos de idade.</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1898/mo-57-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1898/mo-57-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor Adolfo Honório Filho, ocorrido no mês de julho de 2022, aos 90 anos.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1899/mo-58-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1899/mo-58-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da senhora Maria José Francelino, ocorrido no dia 3 de julho de 2022.</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1900/mo-59-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1900/mo-59-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor José Roberto Barbêdo e sua filha Ana Ester Barbêdo, ocorrido no dia 19 de julho de 2022.</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1901/mo-60-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1901/mo-60-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor José Roberto Barbedo, ocorrido no dia 19 de julho de 2022 em um trágico acidente de trânsito.</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1902/mo-61-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1902/mo-61-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da jovem Ana Ester Barbedo ocorrido no dia 19 de julho de 2022 em um trágico acidente de trânsito.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes, Claudio de Lima Lopes, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1903/mo-62-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1903/mo-62-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à Família, pelo falecimento de Muller Efraim Pereira, ocorrido no dia 30 de julho do corrente ano.</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1904/mo-63-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1904/mo-63-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos às artesãs do grupo de artesanato de Pedralva.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1907/mo-64-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1907/mo-64-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Atleta Pedralvense, José Bruno Divino, pelo Primeiro Lugar Geral Masculino obtido no 3° Desafio Une Personal Studio 10K Night Run, corrida de rua noturna realizada na cidade de Santa Rita do Sapucaí, no dia 06 de agosto de 2022.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1917/mo-65-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1917/mo-65-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Secretário Municipal de Saúde de Pedralva, Senhor Eduardo Rocha, e toda equipe envolvida, pelo empenho e dedicação para conseguir junto ao Ministério da Saúde e Consórcio Cissul, o SAMU para o Município de Pedralva. Pedralva foi contemplada com uma USB - Unidade de Suporte Básico.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1930/mo-66-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1930/mo-66-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso parabenizando a direção da Escola Estadual Comendador Mário Goulart Santiago, na pessoa da vice-diretora, Terezinha, ao Conselho Municipal da Mulher e aos policiais militares, Tenente Valério Almeida e Sargento Adriano Garcia, pelo evento ocorrido no dia 18 de agosto, no colégio, celebrando o Agosto Lilás e pelos 16 anos da Lei Maria da Penha.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1935/mo-67-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1935/mo-67-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da senhora Joaquina da Silva Ribeiro, mais conhecida como Nenzita, ocorrido no dia 28 de agosto de 2022.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1936/mo-68-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1936/mo-68-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso parabenizando os 6 atletas pedralvenses que participaram da 5º copa de jiu-jitsu da cidade de Itajubá.</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1944/mo-69-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1944/mo-69-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor Elpídio Carneiro Bustamante, ocorrido no dia 5 de setembro de 2022.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1954/mo-70-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1954/mo-70-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da senhora Daniela Sales Gonzaga, aos 44 anos, filha de Clemente Gonzaga e Maria Helena Sales Gonzaga, casada com Délcio Antônio Pereira e mãe de Érika Sales Pereira.</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1955/mo-71-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1955/mo-71-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da senhora Daniela Sales Gonzaga, ilustre cidadã pedralvense, ocorrido no dia 24 de setembro.</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1956/mo-72-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1956/mo-72-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso parabenizando a Polícia Militar de Pedralva e a de São José do Alegre, pelo excelente trabalho diante do furto de um veículo ocorrido neste município.</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1957/mo-73-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1957/mo-73-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor Darcy de Jesus, ocorrido no dia 16 de setembro.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1966/mo-74-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1966/mo-74-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a Maria Roseni de Oliveira, funcionária da administração pública municipal recentemente aposentada no cargo de Supervisor Pedagógico da Prefeitura de Pedralva, que durante 20 anos de sua vida dedicou seus préstimos a nossa cidade com dedicação e lealdade.</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1972/mo-75-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1972/mo-75-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao proprietário e colaboradores da Lanchonete Ponto G, pela bela iniciativa de promover, em comemoração ao dia das crianças, uma tarde de pizzas em seu estabelecimento comercial, com as crianças que são atendidas na Apae de Pedralva.</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1978/mo-76-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1978/mo-76-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a todos os Professores do Município de Pedralva, em comemoração ao Dia do Professor, celebrado em 15 de outubro.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1979/mo-77-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1979/mo-77-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulações aos Atletas Renan Silva Bonette e Edson Takaiyuki Yumiya Júnior, pela participação no campeonato de fisiculturismo "MUSCLECONTEST POÇOS DE CALDAS 2022", ocorrida no dia 15 de outubro de 2022, na cidade de Poços de Caldas-MG.</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1985/mo-78-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1985/mo-78-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulações aos organizadores André Braz, Angelita, Elenice, Fabiana, Mauro Sérgio, "Te", Cidinha, Nelson, Josias, Márcio, Sebastião Justino, Dito, Carlão, Anísio, Athos, Everton, Gislene, Gigi, Vera, Rafaela, Fabiana, Joana, Anderson, Carmem, Mariana, Mirtes, Celeste, Marli, Eduardo, Antonella, aos familiares e demais moradores do bairro Pedrão que participaram da organização do belíssimo evento conhecido por "Tríduo e Festa de Santa Teresinha", ocorrido no bairro Pedrão.</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1996/mo-79-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1996/mo-79-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulações ao Juiz de Direito Dr. Fábio Moreira Arantes, pela atuação como Juiz de Direito na Comarca de Pedralva-MG e como Juiz Eleitoral no Cartório Eleitoral da Região.</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2015/mo-80-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2015/mo-80-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor Aloísio Braga de Abreu, mais conhecido por Lolô, ilustre cidadão deste Município, morador do Bairro Estiva, ocorrido no dia 11 de novembro.</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2016/mo-81-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2016/mo-81-2022.pdf</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2017/mo-82-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2017/mo-82-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor José Benedito dos Santos, ocorrido no dia 10 de novembro de 2022.</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2026/mo-83-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2026/mo-83-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à Escola Estadual Comendador Mário Goulart Santiago pela realização da Semana Educação para Vida e da Semana da Consciência Negra, onde a escola abre as portas à comunidade, com várias atividades e com uma feira de tirar o fôlego, com muitos stands, com projetos incríveis e cada um com sua mensagem que engrandece a todos que tiveram o privilégio de assistir a essa feira. Requer muito das partes envolvidas como a direção da escola, os professores e os protagonistas de tudo, os alunos.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Aline de Fátima Silva Guedes, João Batista Machado Filho, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2048/mo-84-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2048/mo-84-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à nova diretoria da Escola Estadual Comendador Mário Goulart Santiago e à nova diretoria da Escola Estadual Professor Arcádio do Nascimento Moura.</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2049/mo-85-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2049/mo-85-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à Sra. Teresinha Aparecida Rodrigues e ao Sr. Sebastião Donizete Monti, que foram eleitos diretora e vice-diretor para a direção da Escola Estadual Comendador Mário Goulart Santiago.</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2050/mo-86-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2050/mo-86-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Sr. Leandro Henrique da Silva Gonçalves, eleito para a direção da Escola Estadual Professor Arcádio do Nascimento Moura, juntamente com a vice Aline de Fátima Silva Guedes.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa, Aline de Fátima Silva Guedes, João Batista Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2066/mo-87-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2066/mo-87-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso aos organizadores da Festa de Natal, realizada no Bairro Rocinha, no dia 11 de dezembro de 2022.</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2067/mo-88-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2067/mo-88-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à senhora Maria Conceição Faria Alencar (Maguinha), pela realização do evento de natal, realizado no dia 11 de dezembro, sendo uma festa para as crianças do bairro Rocinha.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2068/mo-89-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2068/mo-89-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento prematuro do jovem Pedro Emanuel de Faria Lopes, que iria completar 18 anos no próximo dia 30 de dezembro.</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2069/mo-90-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2069/mo-90-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Batalhão da Policia Militar em Itajubá, ao destacamento de Pedralva e aos senhores policiais militares Adriano Fernando Garcia, terceiro sargento (1516582) e soldado William Gonçalves, soldado (1800721), que no dia 30 de novembro último atenderam uma ocorrência, onde uma pessoa se atirou no rio anhumas com intuito de tirar a própria vida.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2083/mo-91-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2083/mo-91-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Tenente da Policia Militar Valério Almeida.</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2084/mo-92-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2084/mo-92-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação ao Tenente da Polícia Militar Marcelo Rosa de Souza.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2085/mo-93-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2085/mo-93-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Batalhão da Polícia Militar em Itajubá e ao Pelotão da Polícia Militar em Pedralva, extensiva a todos os Policiais Militares que atuam em Pedralva. No dia 10 de dezembro, ocorreu um furto em um comércio em Pedralva e, através do serviço de inteligência da PM, o meliante foi localizado na cidade de Ipuiúna - MG. Devido à rapidez dos policiais, as mercadorias furtadas foram recuperadas e devolvidas ao dono do estabelecimento.</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa, Paulo Henrique de Faria</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2086/mo-94-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2086/mo-94-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor Luiz Márcio Rezende Lopes, ocorrido no dia 17 de dezembro de 2022.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1626,67 +1626,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1712/pdl_01-2022_-_titulo_de_amigo_de_pedralva_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1845/pdl_03-2022_-homenagem_postuma__cidadaos_centenarios.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1927/pdl_05-2022_-_titulo_merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2024/pdl_07-2022_-_medalha_do_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1594/mo-1-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1595/mo-2-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1596/mo-3-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1649/mo-4-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1675/mo-5-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1676/mo-6-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1677/mo-7-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1684/mo-8-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1685/mo-9-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1686/mo-10-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1687/mo-11-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1688/mo-12-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1701/mo-13-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1702/mo-14-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1703/mo-15-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1704/mo-16-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1705/mo-17-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1715/mo-18-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1716/mo-19-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1717/mo-20-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1718/mo-21-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1719/mo-22-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1727/11-__mocao_de_congratulacoes-_19-04-2022_-_maria_do_carmo_cassiano.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1764/mo-24-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1767/12-__mocao_de_aplausos-_03-05-2022_-_sonia_maria_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1765/mo-26-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1766/mo-27-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1772/mo-28-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1773/mo-29-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1785/mo-30-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1786/mo-31-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1798/mo-32-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1799/mo-33-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1805/mo-34-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1813/mo-35-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1814/mo-36-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1815/mo-37-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1816/mo-38-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1817/mo-39-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1818/mo-40-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1819/mo-41-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1837/mo-42-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1838/mo-43-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1850/mo-44-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1860/mo-45-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1861/mo-46-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1862/mo-47-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1863/mo-48-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1864/mo-49-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1865/mo-50-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1866/mo-51-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1893/mo-52-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1894/mo-53-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1895/mo-54-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1896/mo-55-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1897/mo-56-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1898/mo-57-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1899/mo-58-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1900/mo-59-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1901/mo-60-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1902/mo-61-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1903/mo-62-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1904/mo-63-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1907/mo-64-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1917/mo-65-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1930/mo-66-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1935/mo-67-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1936/mo-68-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1944/mo-69-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1954/mo-70-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1955/mo-71-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1956/mo-72-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1957/mo-73-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1966/mo-74-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1972/mo-75-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1978/mo-76-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1979/mo-77-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1985/mo-78-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1996/mo-79-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2015/mo-80-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2016/mo-81-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2017/mo-82-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2026/mo-83-2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2048/mo-84-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2049/mo-85-2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2050/mo-86-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2066/mo-87-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2067/mo-88-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2068/mo-89-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2069/mo-90-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2083/mo-91-2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2084/mo-92-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2085/mo-93-2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2086/mo-94-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1712/pdl_01-2022_-_titulo_de_amigo_de_pedralva_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1845/pdl_03-2022_-homenagem_postuma__cidadaos_centenarios.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1927/pdl_05-2022_-_titulo_merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2024/pdl_07-2022_-_medalha_do_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1594/mo-1-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1595/mo-2-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1596/mo-3-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1649/mo-4-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1675/mo-5-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1676/mo-6-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1677/mo-7-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1684/mo-8-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1685/mo-9-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1686/mo-10-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1687/mo-11-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1688/mo-12-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1701/mo-13-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1702/mo-14-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1703/mo-15-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1704/mo-16-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1705/mo-17-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1715/mo-18-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1716/mo-19-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1717/mo-20-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1718/mo-21-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1719/mo-22-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1727/11-__mocao_de_congratulacoes-_19-04-2022_-_maria_do_carmo_cassiano.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1764/mo-24-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1767/12-__mocao_de_aplausos-_03-05-2022_-_sonia_maria_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1765/mo-26-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1766/mo-27-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1772/mo-28-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1773/mo-29-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1785/mo-30-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1786/mo-31-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1798/mo-32-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1799/mo-33-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1805/mo-34-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1813/mo-35-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1814/mo-36-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1815/mo-37-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1816/mo-38-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1817/mo-39-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1818/mo-40-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1819/mo-41-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1837/mo-42-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1838/mo-43-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1850/mo-44-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1860/mo-45-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1861/mo-46-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1862/mo-47-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1863/mo-48-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1864/mo-49-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1865/mo-50-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1866/mo-51-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1893/mo-52-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1894/mo-53-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1895/mo-54-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1896/mo-55-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1897/mo-56-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1898/mo-57-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1899/mo-58-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1900/mo-59-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1901/mo-60-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1902/mo-61-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1903/mo-62-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1904/mo-63-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1907/mo-64-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1917/mo-65-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1930/mo-66-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1935/mo-67-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1936/mo-68-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1944/mo-69-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1954/mo-70-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1955/mo-71-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1956/mo-72-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1957/mo-73-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1966/mo-74-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1972/mo-75-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1978/mo-76-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1979/mo-77-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1985/mo-78-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1996/mo-79-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2015/mo-80-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2016/mo-81-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2017/mo-82-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2026/mo-83-2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2048/mo-84-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2049/mo-85-2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2050/mo-86-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2066/mo-87-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2067/mo-88-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2068/mo-89-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2069/mo-90-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2083/mo-91-2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2084/mo-92-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2085/mo-93-2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2086/mo-94-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="121.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="141.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="141" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>