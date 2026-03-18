--- v0 (2026-01-20)
+++ v1 (2026-03-18)
@@ -54,81 +54,81 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1779/req-109-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1779/req-109-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que tome as medidas cabíveis para ser colocada iluminação pública na Rua José Monti Sobrinho, via que liga a Rodovia MG-347 ao Bairro Bela Vista. Há muitos anos tem sido solicitado, tanto por vereadores como pelos moradores do Bairro Bela Vista, que seja colocada iluminação pública na Rua José Monti Sobrinho, contudo, até o momento, este pleito não foi atendido. Com a instalação da Fábrica Mega Plus naquele bairro, a necessidade e iluminação pública na referida via aumentou ainda mais, pois o trânsito de pedestres, no período da noite, aumentou muito.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes, João Batista Machado Filho, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1872/req-159-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1872/req-159-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que tome as medidas cabíveis para ser colocada iluminação pública na rua Prefeito Lafaiete da Costa Paiva, na rua sem calçamento que se encontra também sem iluminação pública. O perímetro se inicia após a Rádio e vai até o Loteamento Alta Ville. Há muito vem sendo solicitado, pelos moradores da referida rua e imediações, que seja colocada iluminação pública na Rua Prefeito Lafaiete Costa da Paiva.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>Paulo Henrique de Faria</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1885/req-162-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1885/req-162-2022.pdf</t>
   </si>
   <si>
     <t>Solicita à Cemig explicação para os problemas técnicos das quedas de energia no final da tarde por volta das 18:00 em diante no Município de Pedralva, o que tem trazido grande transtorno à população de Pedralva, assim como danos aos aparelhos elétricos e eletrônicos, para que possamos deixar a população ciente dos motivos. Se houve Sobrecarga no sistema ou sistema inadequado ao porte atual da cidade.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -435,67 +435,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1779/req-109-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1872/req-159-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1885/req-162-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1779/req-109-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1872/req-159-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1885/req-162-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="77.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="88.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="87.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>