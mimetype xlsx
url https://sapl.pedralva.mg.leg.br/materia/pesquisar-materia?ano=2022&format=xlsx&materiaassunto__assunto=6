--- v0 (2025-12-06)
+++ v1 (2026-03-12)
@@ -54,159 +54,159 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1606/req-13-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1606/req-13-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal informar se existe a possibilidade de ser disponibilizada uma Kombi para buscar os alunos do Bairro Pedra Batista neste início do ano letivo, no período da manhã e da tarde, haja vista que com as constantes chuvas, o ônibus que transporta os alunos daquela localidade não conseguirá buscar os alunos dentro do bairro, devido as condições da estrada, e será necessário que os alunos caminhem por um longo caminho até a beira do asfalto.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Paulo Henrique de Faria</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1630/req-33-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1630/req-33-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja, em caráter de urgência, esclarecido e apurado o seguinte fato: Na última Sexta-feira, dia 18/02/2022, aconteceu o "esquecimento" de 7 crianças, alunas da Apae, sendo três cadeirantes e quatro autistas, que não foram buscadas pelo transporte público escolar, causando desespero da professora, das crianças e familiares. Essas crianças tiveram que ser transportadas pela diretora, uma a uma, para suas residências.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1650/req-44-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1650/req-44-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal informar sobre a falta de taxistas no ponto de táxi da Rua Coronel Canuto, próximo à rodoviária, haja vista que muitas pessoas, que precisam dos serviços de taxista, estão perguntado por que não tem taxistas neste ponto.</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1657/req-51-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1657/req-51-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que, por meio do setor responsável, verifique a possibilidade de colocar condução para as crianças irem para escola no bairro São José e avenida.</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes, João Batista Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1888/req-165-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1888/req-165-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que informe se já foram feitos os procedimentos e se tem previsão de quando começará a funcionar os serviços de transporte coletivo urbano e suburbano, instituído no Município de Pedralva através da Lei n° 1.864/2021, de 30 de agosto de 2021.</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1891/req-168-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1891/req-168-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal: a) Manutenção nos bancos dos ônibus que faz a linha Bairro Divisa/Creche e fazer uma vistoria nos demais ônibus para o caso de haver outro precisando; e b) Regularizar as linhas que se encontram com superlotação, como por exemplo a da Divisa no período da tarde, e estender essa medida para todas as linhas que está com esse problema.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1973/req-207-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1973/req-207-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que sejam tomadas as providências necessárias para que se cumpra a Lei Municipal 1.729/17, que dispõe sobre o serviço de taxista no município, onde menciona, inclusive as horas de plantão e demais assuntos pertinentes.</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1981/req-213-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1981/req-213-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que informe se o departamento jurídico da prefeitura já finalizou o estudo sobre a questão dos serviços de transporte coletivo urbano e suburbano, instituído no Município de Pedralva através da Lei n° 1.864/2021, de 30 de agosto de 2021. Em caso afirmativo, quais as conclusões e procedimentos estão sendo realizados para que o serviço possa iniciar no município.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2022/req-243-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2022/req-243-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que promova com urgência a melhoria do transporte escolar dos alunos moradores do Bairro Pedrão, Usina do Pedrão, Pipa e Correas, disponibilizando veículos com mais qualidade e segurança para o transporte dos nossos alunos, tendo em vista que recentemente o veículo utilizado nesta linha apresentou diversos problemas durante o transporte, colocando em risco a segurança dos alunos.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -513,67 +513,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1606/req-13-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1630/req-33-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1650/req-44-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1657/req-51-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1888/req-165-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1891/req-168-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1973/req-207-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1981/req-213-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2022/req-243-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1606/req-13-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1630/req-33-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1650/req-44-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1657/req-51-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1888/req-165-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1891/req-168-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1973/req-207-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1981/req-213-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2022/req-243-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="100.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="88.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="87.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>