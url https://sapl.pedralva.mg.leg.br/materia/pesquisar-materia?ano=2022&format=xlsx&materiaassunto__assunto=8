--- v0 (2025-12-06)
+++ v1 (2026-03-12)
@@ -54,135 +54,135 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Paulo Henrique de Faria</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1614/req-19-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1614/req-19-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal: a) padronização, adequação da coleta de lixo na zona rural, bem como também a conscientização da população dos locais e dias da coleta. Porque está havendo acúmulo de lixos por longos períodos, alguns em 2 meses sem coleta, exemplo o bairro Balaio; e b) Conserto e colocação de lixeiras novas com cobertura contra chuva e acúmulo de águas.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1678/req-66-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1678/req-66-2022.pdf</t>
   </si>
   <si>
     <t>Solicita à Copasa que esclareça os seguintes fatos: 1) Sobre a falta de água no bairro Bela Vista, sem aviso prévio, no dia 16/03/2022, deixando os moradores em situação complicada, com crianças e até doentes. A falta de comunicação da Copasa só agrava a situação. 2) Motivo do aumento da taxa de esgoto na conta da Copasa, em uma época de crise econômica.</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1852/req-146-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1852/req-146-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que providencie para que o setor responsável pela limpeza pública realize os procedimentos necessários para atender a seguinte demanda: Instalação de lixeiras nas vias públicas, nos locais onde ainda não existem, para facilitar a coleta.</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1890/req-167-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1890/req-167-2022.pdf</t>
   </si>
   <si>
     <t>Encaminha reclamação à Copasa referente ao aumento das contas após a troca do hidrômetro.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1987/req-217-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1987/req-217-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que providencie, junto ao setor responsável, para que 10 (dez) lâmpadas que estão queimadas, da iluminação pública no Bairro Lagoa, sejam substituídas por lâmpadas novas.</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>Fernanda Christiane Tomé Torres</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1992/req-222-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1992/req-222-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que providencie para que o departamento responsável faça a manutenção na lixeira e limpeza (retirada do lixo) do Bairro Rocinha, pois a mesma se encontra quebrada e com lixo espalhado pelo chão.</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2030/req-248-2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2030/req-248-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja colocada uma lixeira comunitária no Bairro Cubatão, próximo à Igrejinha. A falta de lixeira no local fez com que os moradores improvisassem uma geladeira velha como lixeira, porém ela foi furtada. Por não haver uma lixeira no local, os moradores precisam se deslocar para a cidade para descartar o lixo. Peço urgência no acatamento deste pedido.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -489,67 +489,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1614/req-19-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1678/req-66-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1852/req-146-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1890/req-167-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1987/req-217-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1992/req-222-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2030/req-248-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1614/req-19-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1678/req-66-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1852/req-146-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1890/req-167-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1987/req-217-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/1992/req-222-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2022/2030/req-248-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="77.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="88.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="87.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>