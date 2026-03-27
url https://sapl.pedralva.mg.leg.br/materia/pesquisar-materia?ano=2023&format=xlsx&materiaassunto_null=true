--- v0 (2025-12-05)
+++ v1 (2026-03-27)
@@ -54,9875 +54,9875 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Josimar Silva de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2153/06_-_pl_06-2023_-_credito_suplementar_1.134.93416.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2153/06_-_pl_06-2023_-_credito_suplementar_1.134.93416.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva para o exercício de 2023, crédito suplementar no valor de R$ 1.134.934,16 para reforço de dotação orçamentária e dá outras providências</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2154/07_-_pl_07-2023_-_subvencao_apae.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2154/07_-_pl_07-2023_-_subvencao_apae.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de subvenção social à APAE - Associação de Pais e Amigos  dos Excepcionais de Maria da Fé, para o exercício de 2023, e dá outras providências</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2155/08_-_pl_08-2023_-_subvencao_casa_dos_velhinhos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2155/08_-_pl_08-2023_-_subvencao_casa_dos_velhinhos.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a aumentar a subvenção para a Associação Beneficente Dr. Geraldo Pinheiro Osório, abrir crédito suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2178/09_-_pl_09-2023_-_contribuicao_financeira_casa_crianca.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2178/09_-_pl_09-2023_-_contribuicao_financeira_casa_crianca.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Pedralva conceder contribuição financeira a Sociedade de Educação e Assistência Social Frei Orestes - S.E.A.</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2259/10_-_pl_010-2023_-_credito_suplementar_205_mil.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2259/10_-_pl_010-2023_-_credito_suplementar_205_mil.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2023, crédito suplementar no valor de R$ 205.063,72, para reforço de dotações orçamentárias, e dá outras providências.</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2260/10_-_pl_011-2023_-_conselho_cultura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2260/10_-_pl_011-2023_-_conselho_cultura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Cultura - CMC e do Fundo Municipal de Cultura - FMC, e dá outras providências.</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes, Claudio de Lima Lopes, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2326/12_-_pl_012-2023_-_diretrizes_para_policita_municipal_autista_e_deficit_atencao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2326/12_-_pl_012-2023_-_diretrizes_para_policita_municipal_autista_e_deficit_atencao.pdf</t>
   </si>
   <si>
     <t>Fixa diretrizes para a política municipal de atendimento às pessoas com Transtorno de Espectro Autista (TEA), Transtorno do Déficit de Atenção com Hiperatividade (TDAH), dislexia e outros transtornos de aprendizagem, institui a Carteira de Identificação de Pessoas com TEA, institui datas simbólicas e dá outras providências.</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2327/13_-_pl_013-2023_-_altera_lei_beneficios_eventuais_assistencia_social.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2327/13_-_pl_013-2023_-_altera_lei_beneficios_eventuais_assistencia_social.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.905, de 28/04/2022, que "dispõe sobre a regulamentação para a concessão dos benefícios eventuais da Política de Assistência Social e dá outras providências"</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2328/14_-_pl_014-2023_-_credito_suplementar_183.000.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2328/14_-_pl_014-2023_-_credito_suplementar_183.000.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva para o exercício de 2023, crédito suplementar no valor de R$ 183.000,00 para reforço de dotação orçamentária, e dá outras providências.</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2329/15_-_pl_015-2023_-_prorrogacao_contratos_tempo_determinado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2329/15_-_pl_015-2023_-_prorrogacao_contratos_tempo_determinado.pdf</t>
   </si>
   <si>
     <t>Autoriza a prorrogação dos contratos por tempo determinado para atender a necessidade temporária de excepcional interesse público, a que se refere as Leis Municipais nº 1.846, de 30/04/2021, nº 1.907, de 28/04/2022 e nº 1.955, de 27/10/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2330/16_-_pl_016-2023_-credito_especial_29.870_-.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2330/16_-_pl_016-2023_-credito_especial_29.870_-.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial no orçamento do Município de Pedralva, para o exercício de 2023.</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2341/17_-_pl_017-2023_-_censura_digital_administracao_municipal.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2341/17_-_pl_017-2023_-_censura_digital_administracao_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de censura nos meios de comunicação digitais no âmbito da Administração Municipal, inclusive nas redes sociais oficiais.</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2342/18_-_pl_018-2023_-_ldo_2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2342/18_-_pl_018-2023_-_ldo_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da lei orçamentária de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2374/19_-_pl_019-2023_-_regova_lei_no_1.076_de_15-10-1997_-_q_regulamenta_art_83_do_estatuto_do_servidor_publico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2374/19_-_pl_019-2023_-_regova_lei_no_1.076_de_15-10-1997_-_q_regulamenta_art_83_do_estatuto_do_servidor_publico.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 1.073, datada de 15 de setembro de 1997, e dá outras providências.</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2375/20_-_pl_020-2023_-_credito_suplementar_1.088.21320.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2375/20_-_pl_020-2023_-_credito_suplementar_1.088.21320.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva para o exercício de 2023, crédito suplementar no valor de R$ 1.088.213,20, para reforço de dotação orçamentária, e dá outras providências.</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2423/21_-_pl_021-2023_-_subvencao_apae_pedralva_-_11.96342.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2423/21_-_pl_021-2023_-_subvencao_apae_pedralva_-_11.96342.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Pedralva conceder contribuição financeira a Associação de Pais e Amigos dos Excepcionais de Pedralva - APAE.</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2424/22_-_pl_022-2023_-_subvencao_casa_crianca_de_pedralva_-_11.96342.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2424/22_-_pl_022-2023_-_subvencao_casa_crianca_de_pedralva_-_11.96342.pdf</t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2441/23_-_pl_023-2023_-_altera_lei_1969_-2023_-_gratificacao_farmaceutico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2441/23_-_pl_023-2023_-_altera_lei_1969_-2023_-_gratificacao_farmaceutico.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao art. 5º da Lei nº 1.969, de 3 de abri de 2023.</t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes, João Batista Machado Filho, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2443/24_-_pl_024-2023_-_incentivo_ao_artesanato.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2443/24_-_pl_024-2023_-_incentivo_ao_artesanato.pdf</t>
   </si>
   <si>
     <t>Cria o Programa Municipal de Incentivo ao Artesanato no âmbito do Município de Pedralva-MG.</t>
   </si>
   <si>
     <t>2476</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2476/25_-_pl_025-2023_-_altera_fonte_de_recurso_lei_1978_-_17-05-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2476/25_-_pl_025-2023_-_altera_fonte_de_recurso_lei_1978_-_17-05-2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 1.978, de 17 de maio de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2477/26_-_pl_026-2023_-_agente_de_contrataca_e_equipe_de_apoio_-_comissao_de_contratacao_prefeitura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2477/26_-_pl_026-2023_-_agente_de_contrataca_e_equipe_de_apoio_-_comissao_de_contratacao_prefeitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre regras e diretrizes para a atuação do agente de contratação da equipe de apoio, da comissão de contratação, no âmbito do Poder Executivo do Município de Pedralva.</t>
   </si>
   <si>
     <t>2498</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2498/27_-_pl_027-2023_-_prorrogacao_contratos_leis_1.846_-_1907_-_1955_-_1976.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2498/27_-_pl_027-2023_-_prorrogacao_contratos_leis_1.846_-_1907_-_1955_-_1976.pdf</t>
   </si>
   <si>
     <t>Autoriza a prorrogação dos contratos por tempo determinado para atender a necessidade temporária de excepcional interesse público, a que se refere as Leis Municipais nº  1.846, de 30/04/2021, nº 1.907, de 28/04/2022, nº 1.955, de 27/10/2022 e nº 1.976, de 04/05/2023, e dá outras providências.</t>
   </si>
   <si>
     <t>2499</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2499/28_-_pl_028-2023_-_prorrogacao_contratos_leis__1838_-_1849_-_1909_-_1961_-__lc_41_-.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2499/28_-_pl_028-2023_-_prorrogacao_contratos_leis__1838_-_1849_-_1909_-_1961_-__lc_41_-.pdf</t>
   </si>
   <si>
     <t>Autoriza a prorrogação dos contratos por tempo determinado para atender a necessidade temporária de excepcional interesse público, a que se refere as Leis Municipais nº 1.838, de 11/03/2021, nº 1.849, de 06/05/2021, nº 1.909, de 27/05/2022, Lei Complementar nº 41, de 04/02/2022, e Lei nº 1.961, de 21/12/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>2513</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2513/29_-_pl_029-2023_-_credito_suplementar_455.96142.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2513/29_-_pl_029-2023_-_credito_suplementar_455.96142.pdf</t>
   </si>
   <si>
     <t>Abre, ao orçamento do Município de Pedralva para o  exercício de 2023, crédito suplementar no valor de R$ 455.961,42 para reforço de dotação orçamentária, e dá outras providências.</t>
   </si>
   <si>
     <t>2514</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2514/30_-_pl_030-2023_-_contagem_de_temo_periodo_pandemia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2514/30_-_pl_030-2023_-_contagem_de_temo_periodo_pandemia.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a efetuar a contagem de tempo relativa ao período da pandemia Covid-19, para fins de concessão e pagamento de quinquênios, licenças-prêmio e demais mecanismos equivalentes, e dá outras providências.</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2599/31_-_pl_031-2023_-_credito_especial_r_119.30361.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2599/31_-_pl_031-2023_-_credito_especial_r_119.30361.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva para o exercício de 2023, Crédito Adicional Especial no valor de R$ 119.303,61 e dá outras providências.</t>
   </si>
   <si>
     <t>2601</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2601/32_-_pl_032-2023_-_altera_dispositivo_lei_1989_de_30-06-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2601/32_-_pl_032-2023_-_altera_dispositivo_lei_1989_de_30-06-2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 1.989, de 30 de junho de 2023, e dá outras providências</t>
   </si>
   <si>
     <t>2602</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Paulo Henrique de Faria</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2602/33_-_pl_033-2023_-_institui_o_portal_informativo_de_obras_publicas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2602/33_-_pl_033-2023_-_institui_o_portal_informativo_de_obras_publicas.pdf</t>
   </si>
   <si>
     <t>Institui o Portal Informativo de Obras Públicas Municipais.</t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2626/34_-_pl_034-2023_-_credito_suplementar_1.110.42386_gabinete-meio_ambiente-esporte-_educacao-_promocao_social-obras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2626/34_-_pl_034-2023_-_credito_suplementar_1.110.42386_gabinete-meio_ambiente-esporte-_educacao-_promocao_social-obras.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva para o exercício de 2023, crédito suplementar no valor de R$1.110.423,86 para reforço de dotação orçamentária, e dá outras providências.</t>
   </si>
   <si>
     <t>2654</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Aline de Fátima Silva Guedes, Claudio de Lima Lopes, João Batista Machado Filho, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2654/35_-_pl_035-2023_-_denomina_bairro_rezende.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2654/35_-_pl_035-2023_-_denomina_bairro_rezende.pdf</t>
   </si>
   <si>
     <t>Dá denominação de "Rezende" ao bairro rural anteriormente chamado de "São Domingos".</t>
   </si>
   <si>
     <t>2655</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2655/36_-_pl_036-2023_-_manutencao_de_iluminacao_publica.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2655/36_-_pl_036-2023_-_manutencao_de_iluminacao_publica.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o serviço de manutenção de iluminação pública como serviço essencial para o município de Pedralva, e dá outras providências.</t>
   </si>
   <si>
     <t>2706</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2706/37_-_pl_037-2023_-_nome_rua_-_aloisio_braga_de_abreu_-_lolo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2706/37_-_pl_037-2023_-_nome_rua_-_aloisio_braga_de_abreu_-_lolo.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Municipal. (Rua  Aloisio Braga de Abreu)</t>
   </si>
   <si>
     <t>2707</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2707/38_-_pl_038-2023_-_nome_rua_-_jose_sevilo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2707/38_-_pl_038-2023_-_nome_rua_-_jose_sevilo.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Municipal. ( Rua Vereador José Sevilo de Vilas Boas)</t>
   </si>
   <si>
     <t>2725</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2725/39_-_projeto_de_lei_no_039-2023_-_denomina_logradouro_-_vice-prefeito_evaristo_inacio_dos_reis.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2725/39_-_projeto_de_lei_no_039-2023_-_denomina_logradouro_-_vice-prefeito_evaristo_inacio_dos_reis.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Municipal. (Rua Vice-Prefeito Evaristo Inácio dos Reis)</t>
   </si>
   <si>
     <t>2726</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2726/40_-_projeto_de_lei_no_040-2023_-_utilidade_publica_consep.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2726/40_-_projeto_de_lei_no_040-2023_-_utilidade_publica_consep.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública o Conselho Comunitário de Segurança Pública de Pedralva – CONSEP.</t>
   </si>
   <si>
     <t>2727</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2727/41_-_projeto_de_lei_no_041-2023_-_contribuicao_financeira_piso_salarial_enfermagem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2727/41_-_projeto_de_lei_no_041-2023_-_contribuicao_financeira_piso_salarial_enfermagem.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da Assistência Financeira Complementar repassada pela União Federal, visando dar cumprimento ao disposto na Lei Federal nº 14.434, de 4 de agosto de 2022, que institui o piso salarial nacional do Enfermeiro, do Técnico de Enfermagem, do Auxiliar de Enfermagem e da Parteira.</t>
   </si>
   <si>
     <t>2734</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2734/42_-_projeto_de_lei_no_042-2023_-_credito_suplementar_582.300.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2734/42_-_projeto_de_lei_no_042-2023_-_credito_suplementar_582.300.pdf</t>
   </si>
   <si>
     <t>Abre ao orçamento do Município de Pedralva, para o exercício de 2023, crédito suplementar no valor de R$ 582.000,00, para reforço de dotações orçamentárias e dá outras providências.</t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2740/43_-_projeto_de_lei_no_043-2023_-_nome_de_rua_-_casemiro_vitor_de_castro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2740/43_-_projeto_de_lei_no_043-2023_-_nome_de_rua_-_casemiro_vitor_de_castro.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Municipal (Rua Casemiro Vitor de Castro, o “Vitinho”)</t>
   </si>
   <si>
     <t>2746</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2746/44_-_projeto_de_lei_no_044-2023_-_altera_ldo_2024_compressed.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2746/44_-_projeto_de_lei_no_044-2023_-_altera_ldo_2024_compressed.pdf</t>
   </si>
   <si>
     <t>Altera a Lei de Diretrizes Orçamentárias – LDO 2024 em seus anexos e dá outras providências.</t>
   </si>
   <si>
     <t>2747</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2747/45_-_projeto_de_lei_no_045-2023_-_altera_ppa_2022-2025-compactado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2747/45_-_projeto_de_lei_no_045-2023_-_altera_ppa_2022-2025-compactado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do Plano Plurianual de Ações para o quadriênio 2022/2025 e dá outras providências.</t>
   </si>
   <si>
     <t>2748</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2748/46_-_projeto_de_lei_no_046-2023_-_lo_2024_compressed_1.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2748/46_-_projeto_de_lei_no_046-2023_-_lo_2024_compressed_1.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Pedralva para o exercício financeiro de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>2749</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2749/47_-_projeto_de_lei_no_047-2023_-_contribuicao_financeira_casa_crianca.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2749/47_-_projeto_de_lei_no_047-2023_-_contribuicao_financeira_casa_crianca.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Pedralva conceder contribuição financeira à Sociedade de Educação e Assistência Social Frei Orestes - S.E.A.</t>
   </si>
   <si>
     <t>2774</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2774/48_-_projeto_de_lei_no_048-2023_-_nome_der_rua_-_ditinho_lorena.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2774/48_-_projeto_de_lei_no_048-2023_-_nome_der_rua_-_ditinho_lorena.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Municipal. (Rua Benedito de Jesus "Ditinho Lorena")</t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2808/49_-_projeto_de_lei_no_049-2023_-_contribuicao_financeira_afroblak.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2808/49_-_projeto_de_lei_no_049-2023_-_contribuicao_financeira_afroblak.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Pedralva conceder contribuição financeira à Associação Cultural Grupo Afroblack de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>2833</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2833/50_-_projeto_de_lei_no_050-2023_-_modificacao_na_lei_1998.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2833/50_-_projeto_de_lei_no_050-2023_-_modificacao_na_lei_1998.pdf</t>
   </si>
   <si>
     <t>Altera a fonte especificada no art. 2º da Lei nº 1.998, de 18/10/2023, e dá outras providências.</t>
   </si>
   <si>
     <t>2843</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2843/51_-_projeto_de_lei_no_051-2023_-_contribuicao_financeira_casa_velhinhos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2843/51_-_projeto_de_lei_no_051-2023_-_contribuicao_financeira_casa_velhinhos.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Pedralva conceder contribuição financeira a Associação Beneficente Dr. Geraldo Pinheiro Osório.</t>
   </si>
   <si>
     <t>2864</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2864/52_-_projeto_de_lei_no_052-2023_-_utilidade_publica_afroblack.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2864/52_-_projeto_de_lei_no_052-2023_-_utilidade_publica_afroblack.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação Cultural Grupo Afroblack de Minas Gerais.</t>
   </si>
   <si>
     <t>2865</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2865/53_-_projeto_de_lei_no_053-2023_-_semana_da_juventude.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2865/53_-_projeto_de_lei_no_053-2023_-_semana_da_juventude.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Pedralva a Semana da Juventude, a ser realizada, anualmente, a partir do dia 12 de agosto.</t>
   </si>
   <si>
     <t>2866</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2866/54_-_projeto_de_lei_no_054-2023_-_concurso_de_miss_e_mister.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2866/54_-_projeto_de_lei_no_054-2023_-_concurso_de_miss_e_mister.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inserção do Concurso de Miss e Mister no Calendário Oficial de Eventos do Município de Pedralva.</t>
   </si>
   <si>
     <t>2901</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Aline de Fátima Silva Guedes, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2901/55_-_projeto_de_lei_no_055-2023_-_indicacao_da_numeracao_do_projeto_e_autor_na_hora_de_sancionar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2901/55_-_projeto_de_lei_no_055-2023_-_indicacao_da_numeracao_do_projeto_e_autor_na_hora_de_sancionar.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a exigência de se indicar a numeração e o nome do (a) autor (a) ou dos (as) autores (as) dos respectivos projetos de lei, quando da publicação das leis municipais, conforme se especifica.</t>
   </si>
   <si>
     <t>2902</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Aline de Fátima Silva Guedes, Claudio de Lima Lopes, João Batista Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2902/56_-_projeto_de_lei_no_056-2023_-_programa_de_arborizacao_urbana.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2902/56_-_projeto_de_lei_no_056-2023_-_programa_de_arborizacao_urbana.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Arborização Urbana no Município de Pedralva e dá outras providências.</t>
   </si>
   <si>
     <t>2925</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2925/57_-_projeto_de_lei_no_057-2023_-_cesta_natal_prefeitura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2925/57_-_projeto_de_lei_no_057-2023_-_cesta_natal_prefeitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Cesta de Natal aos servidores municipais do Poder Executivo, autoriza a abertura de crédito especial ao orçamento vigente e dá outras providências.</t>
   </si>
   <si>
     <t>2931</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2931/58_-_projeto_de_lei_no_058-2023_-_contribuicao_financeira_apae.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2931/58_-_projeto_de_lei_no_058-2023_-_contribuicao_financeira_apae.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Pedralva conceder contribuição financeira a Associação de Pais e Amigos dos Excepcionais de Pedralva - APAE, autoriza a abertura de crédito especial ao orçamento vigente e dá outras providências.</t>
   </si>
   <si>
     <t>2969</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Aline de Fátima Silva Guedes, Claudio de Lima Lopes, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2969/59_-_projeto_de_lei_no_059-2023_-_sindrome_de_burnout.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2969/59_-_projeto_de_lei_no_059-2023_-_sindrome_de_burnout.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Atenção Integral à Síndrome de Burnout.</t>
   </si>
   <si>
     <t>2474</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLJ</t>
   </si>
   <si>
     <t>Projeto de Lei Jovem (Câmara Jovem)</t>
   </si>
   <si>
     <t>Yasmin Castro Souza</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2474/plj_01-2023_-_vj_yasmin_-_semana_juventude.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2474/plj_01-2023_-_vj_yasmin_-_semana_juventude.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Pedralva a SEMANA DA JUVENTUDE, a ser realizada, anualmente, a partir do dia 12 de agosto.</t>
   </si>
   <si>
     <t>2728</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Peterson Vinícius Rodrigues de Melo</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2728/plj_02-2023_-__concurso_de_miss_e_mister.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2728/plj_02-2023_-__concurso_de_miss_e_mister.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inserção do concurso de Miss e Mister no calendário oficial de eventos do Município de Pedralva.</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2179/06_-_plc_06-2023_-_cria_cargo_de_eletricista_automotivo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2179/06_-_plc_06-2023_-_cria_cargo_de_eletricista_automotivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargo no Quadro Permanente de Pessoal da Prefeitura Municipal de PEdralva (MG), e dá outras providências.</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora da Câmara - MESADIR</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2126/01_-_projeto_de_resolucao_01-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2126/01_-_projeto_de_resolucao_01-2023.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos da Resolução no 279/2022 da Câmara Municipal de Pedralva, que cria o cargo de Assessor Jurídico Legislativo.</t>
   </si>
   <si>
     <t>2600</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Aline de Fátima Silva Guedes, João Batista Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2600/02_-_projeto_de_resolucao_02-2023_-_extingue_cargo_assessor_juridico_comissionado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2600/02_-_projeto_de_resolucao_02-2023_-_extingue_cargo_assessor_juridico_comissionado.pdf</t>
   </si>
   <si>
     <t>Revoga a Resolução nº 279/2022 e extingue o cargo de Assessor Jurídico da Câmara Municipal.</t>
   </si>
   <si>
     <t>2775</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2775/03_-_projeto_de_resolucao_no_03-2023_-_modifica_resolucao_aluno_nota_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2775/03_-_projeto_de_resolucao_no_03-2023_-_modifica_resolucao_aluno_nota_10.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivo da Resolução nº 268/2017, que "cria a Medalha Aluno Nota 10" no âmbito da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>2836</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2836/projeto_de_resolucao__4-2023_-_cargos_da_camara_-__assessor.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2836/projeto_de_resolucao__4-2023_-_cargos_da_camara_-__assessor.pdf</t>
   </si>
   <si>
     <t>Inclui dispositivo na Resolução nº 249/2021, de 8 de junho de 2004, adicionando um novo cargo efetivo e um cargo comissionado na estrutura e no quadro de pessoal da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
     <t>PRJ</t>
   </si>
   <si>
     <t>Projeto de Resolução (Jovem)</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2462/projeto_de_resolucao_jovem_no_1-2023_-_programa_jovem_aprendiz_na_camara_municipal.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2462/projeto_de_resolucao_jovem_no_1-2023_-_programa_jovem_aprendiz_na_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Jovem Aprendiz na Câmara Municipal de Pedralva/Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CE - Comissão Especial - CE</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Concede Título de Amigo de Pedralva.</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2362/pdl_02-2023_-_titulo_de_cidadao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2362/pdl_02-2023_-_titulo_de_cidadao.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário Pedralvense.</t>
   </si>
   <si>
     <t>2642</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2642/pdl_03-2023_-_comenda_chinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2642/pdl_03-2023_-_comenda_chinho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Comenda “Antônio Nélcio de Abreu, o Chinho” no ano de 2023.</t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2661/pdl_04-2023_-_merito_educacional.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2661/pdl_04-2023_-_merito_educacional.pdf</t>
   </si>
   <si>
     <t>Concede Título de Mérito Educacional “Professor José Raimundo de Faria, o Zé Grande”.</t>
   </si>
   <si>
     <t>2735</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2735/pdl_05-2023_-_titulo_de_cidadania_procurador-geral_de_justica.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2735/pdl_05-2023_-_titulo_de_cidadania_procurador-geral_de_justica.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário Pedralvense._x000D_
 (Concedido ao Procurador-Geral de Justiça de Minas Gerais, Dr. Jarbas Soares Júnior)</t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2792/pdl_06-2023_-_veto_pl_33-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2792/pdl_06-2023_-_veto_pl_33-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o veto ao Projeto de Lei n° 033/2023.</t>
   </si>
   <si>
     <t>2835</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2835/pdl_07-2023_-_veto_pl_36-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2835/pdl_07-2023_-_veto_pl_36-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o veto ao Projeto de Lei nº 036/2023.</t>
   </si>
   <si>
     <t>2903</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2903/pdl_08-2023_-_medalha_merito_legislativo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2903/pdl_08-2023_-_medalha_merito_legislativo.pdf</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo</t>
   </si>
   <si>
     <t>2927</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2927/substitutivo_ao_pr_04-23_-_assessor_juridico_-_autores_joao_e_aline.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2927/substitutivo_ao_pr_04-23_-_assessor_juridico_-_autores_joao_e_aline.pdf</t>
   </si>
   <si>
     <t>Inclui dispositivo na Resolução nº 249/2021, de 8 de junho de 2004, adicionando um novo cargo efetivo na estrutura e no quadro de pessoal da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
     <t>SubJ</t>
   </si>
   <si>
     <t>Substitutivo Jovem (Câmara Jovem)</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2463/substitutivo_pr_01-2023_-_vj_yasmin_-_jovem_estagiario.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2463/substitutivo_pr_01-2023_-_vj_yasmin_-_jovem_estagiario.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Jovem Estagiário na Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>2761</t>
   </si>
   <si>
     <t>VPL</t>
   </si>
   <si>
     <t>Veto a Proposição de Lei</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2761/mensagem_de_veto_no_042-2023_-_pl_33-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2761/mensagem_de_veto_no_042-2023_-_pl_33-2023.pdf</t>
   </si>
   <si>
     <t>Mensagem nº 42/2023 - Veto ao Projeto de Lei nº 033/2023.</t>
   </si>
   <si>
     <t>2762</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2762/mensagem_de_veto_no_043-2023_-_pl_36-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2762/mensagem_de_veto_no_043-2023_-_pl_36-2023.pdf</t>
   </si>
   <si>
     <t>Mensagem nº 043/2023 - Veto ao Projeto de Lei nº 036/2023.</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes</t>
   </si>
   <si>
     <t>Requerer, nos termos do art. 40, I da Lei Orgânica Municipal e do art. 49, I c/c § 2º do Regimento Interno desta Casa, a concessão de licença do mandato de Vereadora e do cargo de Secretária da Mesa Diretora, pelo prazo de 30 (trinta) dias, a contar da presente data, por motivo de saúde, conforme prescrição médica comprovada pelo atestado.</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2109/01_-_requerimento_06-02-2023_-_justificativa_falta_sessao_extra_do_dia_23-01-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2109/01_-_requerimento_06-02-2023_-_justificativa_falta_sessao_extra_do_dia_23-01-2023.pdf</t>
   </si>
   <si>
     <t>informa que não pode comparecer à reunião extraordinária realizada no dia 23 de janeiro de 2023, às 19h15, devido ao fato de que neste dia estava em viagem à trabalho, agendada antes da convocação da a sessão. E justificado ausência, a fim de ser ressarcido do desconto em seu subsídio.</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2110/02_-_requerimento_06-02-2023_-_manutencao_estrada_pitangueiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2110/02_-_requerimento_06-02-2023_-_manutencao_estrada_pitangueiras.pdf</t>
   </si>
   <si>
     <t>Que, através do departamento responsável, seja feita manutenção na estrada no bairro Pitangueiras, altura do mato da fornoca. No local o barro está alto, segurando os veículos, de tal forma que atolam. Existem pessoas com problemas de saúde e muitos ficaram isolados, sem possibilidade de sair de casa, em caso de emergência. Sem contar os produtores rurais que ficam sem condições de escoar suas mercadorias.</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2111/03_-_requerimento_06-02-2023_-_manutencao_estrada_correias.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2111/03_-_requerimento_06-02-2023_-_manutencao_estrada_correias.pdf</t>
   </si>
   <si>
     <t>Que, através do departamento responsável, seja feita manutenção na estrada no bairro Correias, próximo à Igreja CCB, onde existe um ponto crítico, em que  há um córrego e este não recebe a devida manutenção e está entupido. A água, por não poder escorrer pelo córrego, desce para estrada. Deve ser dado devida destinação a essa enxurrada, desobstruindo o córrego. O mato está tomando conta da estrada. É uma estrada que leva a um ponto turístico muito procurado, que é a pedra da Pedrão. Outro ponto crucial é a existência de pessoas doentes acamadas, que residem nesse local, o que pode ocasionar algo mais sério, caso precise de socorro urgente.</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2112/04_-_requerimento_06-02-2023_-_limpeza_mato_estradas_rurais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2112/04_-_requerimento_06-02-2023_-_limpeza_mato_estradas_rurais.pdf</t>
   </si>
   <si>
     <t>Que, através do departamento responsável, seja feita manutenção nas estradas rurais, que estão sendo invadidas pelo mato. Isso é muito perigoso, pois já está impedindo a passagem de carros. E, quando cruzam dois carros, pode vir a ocorrer acidentes devido à falta de visibilidade e espaço. A roçagem do mato é imprescindível nessa época do ano, porque cresce rapidamente.</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2113/05_-_requerimento_06-02-2023_-_manutencao_trecho_estrada_barra_-_gumercindo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2113/05_-_requerimento_06-02-2023_-_manutencao_trecho_estrada_barra_-_gumercindo.pdf</t>
   </si>
   <si>
     <t>Que, através do departamento responsável, seja feita manutenção nas estradas rurais, seja feita manutenção no trecho da estrada do bairro Barra situado próximo à casa do Sr. Gumercindo, onde existe um pequeno trecho que precisa de um caminhão de cascalho e pode ser resolvido em poucas horas. É uma solicitação antiga dos moradores, quanto a esse trecho específico.</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2114/06_-_requerimento_06-02-2023_-_instalar_armadilha_moscas_rocinha_e_furnas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2114/06_-_requerimento_06-02-2023_-_instalar_armadilha_moscas_rocinha_e_furnas.pdf</t>
   </si>
   <si>
     <t>Que, através do departamento responsável e setor de vigilância sanitária, seja feita a instalação de armadilhas para moscas nos bairros Rocinha e Furnas e proximidades. Nesse local há uma grande incidência de insetos, principalmente moscas, que todos sabemos que são transmissoras de várias doenças. Por se tratar de um local com alta concentração populacional será de muita utilidade no que tange a saúde pública.</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2115/07_-_requerimento_06-02-2023_-_cobra_operacao_tapa_buracos_estradas_rurais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2115/07_-_requerimento_06-02-2023_-_cobra_operacao_tapa_buracos_estradas_rurais.pdf</t>
   </si>
   <si>
     <t>Que, através do departamento responsável pela manutenção das estradas rurais, seja atendido o requerimento apresentado em 21 de novembro de 2022, através do qual foi solicitada a realização de operação emergencial de tapa buracos, sendo a melhor solução para a situação das estradas. Sem maquinários pesados, somente cascalhos para serem espalhados nos pontos críticos, onde as pessoas estão ficando ilhadas. Fazer também paralelamente os cortes de água, para evitar que esses materiais sejam levados pelas chuvas. Fazendo um mutirão rural para por as estradas em condições de trafegabilidade.</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2116/08_-_requerimento_06-02-2023_-_cobra_cumprimento_da_lei_bom_caminho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2116/08_-_requerimento_06-02-2023_-_cobra_cumprimento_da_lei_bom_caminho.pdf</t>
   </si>
   <si>
     <t>Que seja cumprida a L Municipal nº 1476/2010, conhecida por “Lei do bom caminho”. Esta lei prioriza as ações para um funcionamento básico das estradas rurais. Para ter estradas condizentes ao uso da população, com acesso às propriedades e aos bairros rurais.</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2117/09_-_requerimento_06-02-2023_-_manutencao_estrada_jaboticabal.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2117/09_-_requerimento_06-02-2023_-_manutencao_estrada_jaboticabal.pdf</t>
   </si>
   <si>
     <t>Prestar esclarecimentos e informações sobre o decreto municipal que adia o início das aulas na rede municipal de ensino. Segue questionamentos:_x000D_
 1- Qual a data provável para o início do ano letivo?_x000D_
 2- Como serão repostas essas aulas, já que o ensino segue um plano anual de conteúdos que devem ser lecionados._x000D_
 3-Como fica a situação da família, que na maioria os pais trabalham e não tem onde deixar os filhos, pois é o horário que deveriam estar na escola._x000D_
 4-Qual a medida prática e que está dando resultados positivos, para que as estradas voltem a ser seguras aos alunos?_x000D_
 5- Como fica a situação dos alunos da rede estadual de ensino, que o início será no dia 6 de fevereiro, já que utilizam o transporte da prefeitura para chegar as escolas ?</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2118/10_-_requerimento_06-02-2023_-informacoe_sobre_adiamento_volta_aulas_escolas_municipais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2118/10_-_requerimento_06-02-2023_-informacoe_sobre_adiamento_volta_aulas_escolas_municipais.pdf</t>
   </si>
   <si>
     <t>Que, através do departamento responsável, seja feita manutenção na estrada no bairro Jaboticabal, no final da rua Dr. Macedo, após o calçamento. No local existe um trecho pequeno que está esburacado, cheio de lama e água empossada. Precisa fazer o desvio correto da enxurrada e tapar esses buracos. A colocação de alguns caminhões de cascalho ou entulho para aterrar o local já ajudaria. As pessoas passam a pé por ali e estão caindo no barro ou sujando muito as roupas para atravessar.</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2119/01_-_requerimento_06-02-2023_-_informacoes_sobre_quando_voltara_as_aulas_municipais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2119/01_-_requerimento_06-02-2023_-_informacoes_sobre_quando_voltara_as_aulas_municipais.pdf</t>
   </si>
   <si>
     <t>Que informe em qual data retornará as aulas na rede municipal (na área rural e urbana), tendo em vista o adiamento do início do ano letivo nas escolas da rede municipal de ensino, em razão das péssimas condições das estradas rurais, conforme informado no decreto municipal de nº 2.498/2023</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2120/02_-_requerimento_06-02-2023_-_informacoes_sobre_aquisicao_de_materiais_para_manutencao_estradas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2120/02_-_requerimento_06-02-2023_-_informacoes_sobre_aquisicao_de_materiais_para_manutencao_estradas.pdf</t>
   </si>
   <si>
     <t>Que informe se o Setor de Manutenção de estradas rurais do nosso Município já adquiriu material (cascalho, pedra, predrisco, brita e entre outros) para ser utilizado na manutenção das estradas rurais ou se ainda vai adquirir, tendo em vista a urgente necessidade de uma manutenção com qualidade em nossas estradas.</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2121/03_-_requerimento_06-02-2023_-_informacoes_sobre_desconto_imposto_de_renda_conselheiros_tutelares.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2121/03_-_requerimento_06-02-2023_-_informacoes_sobre_desconto_imposto_de_renda_conselheiros_tutelares.pdf</t>
   </si>
   <si>
     <t>Que informe por qual motivo está ocorrendo o desconto a título de imposto de renda (IR), da remuneração do cargo de Conselheiro Tutelar, tendo em vista que anteriormente não tinha incidência do IR na remuneração deste cargo e agora passou a ter, conforme se verifica no Portal Transparência.</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Claudio de Lima Lopes, João Batista Machado Filho, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2122/01_-_requerimento_06-02-2023_-_informacoes_sobre_valores_do_fundeb_2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2122/01_-_requerimento_06-02-2023_-_informacoes_sobre_valores_do_fundeb_2022.pdf</t>
   </si>
   <si>
     <t>1)	Informar, em uma relação mês a mês, os valores recebidos pelo município do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação – FUNDEB no ano de 2022._x000D_
 2)	Encaminhar documentação comprobatória da relação indicada no item 01._x000D_
 3)	Encaminhar relação dos servidores municipais, com a indicação de seus respectivos cargos, cuja remuneração foi custeada com recursos da chamada “Fonte 118” (70% do FUNDEB) no ano de 2022;_x000D_
 4)	Informar qual a proporção em relação ao montante total teve como fim a remuneração dos profissionais da educação básica._x000D_
 5)	Informar de que forma foram aplicados os recursos relacionados aos 30% dos recursos do Fundeb, que podem ser utilizados com outras despesas na  manutenção e desenvolvimento do ensino (MDE);</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2123/02_-_requerimento_06-02-2023_-_informacoes_sobre_vigencia_do_decreto_que_alterou_horario_de_trabalho_na_prefeitura_devido_pandemia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2123/02_-_requerimento_06-02-2023_-_informacoes_sobre_vigencia_do_decreto_que_alterou_horario_de_trabalho_na_prefeitura_devido_pandemia.pdf</t>
   </si>
   <si>
     <t>1)	Informar se ainda está em vigor o Decreto Municipal nº 2.318, de 30 de Julho de 2021, que alterou a jornada de trabalho dos Servidores Públicos que atuam nos serviços administrativos na Prefeitura Municipal, em razão dos efeitos da PANDEMIA DE COVID-19?_x000D_
 2)	Na hipótese de já estar REVOGADO, indicar QUAL A NORMA o revogou. Na hipótese de o referido Decreto ainda se encontrar EM VIGOR, apresentar JUSTIFICATIVA para sua manutenção mesmo após todas as restrições impostas pela pandemia terem sido suspensas;_x000D_
 3)	Por fim, ainda na hipótese do Decreto se encontrar em vigor, se não existir justificativa para sua manutenção, que a norma seja IMEDIATAMENTE REVOGADA, de modo se restabelecer o regime regular de trabalho na sede da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2124/03_-_requerimento_06-02-2023_-_corrigir_contagem_de_tempo_para_quinquenio_ferias_premio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2124/03_-_requerimento_06-02-2023_-_corrigir_contagem_de_tempo_para_quinquenio_ferias_premio.pdf</t>
   </si>
   <si>
     <t>Corrigir a contagem de tempo de PERÍODO AQUISITIVO PARA A CONCESSÃO DE QUINQUÊNIOS, TRINTENÁRIOS E FÉRIAS-PRÊMIO aos Servidores Públicos Municipais, de modo a computar o período compreendido entre 27 de maio de 2020 a 31 de dezembro de 2021, previstos na Lei Complementar nº 173/2020, ratificando os efeitos da Consulta nº 1114737 do Tribunal de Contas do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2127/01_-_requerimento_13-02-2023_-_justificativa_falta_sessao_extra_janeiro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2127/01_-_requerimento_13-02-2023_-_justificativa_falta_sessao_extra_janeiro.pdf</t>
   </si>
   <si>
     <t>Justifica sua falta nas Sessões Extraordinárias realizadas pela Câmara Municipal nos dias 18 e 23 de janeiro de 2023, às 19h15.</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2128/01_-_requerimento_13-02-2023_-_manutencao_estrada_castelhano.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2128/01_-_requerimento_13-02-2023_-_manutencao_estrada_castelhano.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável, seja feito os serviços necessários para recuperar trechos da estrada do Bairro Castelhano, que estão com muita lama, valetas e buracos, causados pelas constantes chuvas dos últimos meses.</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa, Vicente Vanildo do Nascimento</t>
   </si>
   <si>
     <t>1) Que, através do setor responsável, sejam desentupidas as manilhas da rede de escoamento da água pluvial, localizadas no início da Rua Dona Maria Cibele, em frente ao bar do Sinésio. Com forte a chuva ocorrida na última quinta-feira (09/02), as manilhas não comportaram a vazão da água, por existir três manilhas e duas estarem entupidas._x000D_
 2) Que seja estudada e, posteriormente executada, uma solução para o problema de escoamento de água pluvial no trecho da Rua Dona Maria Cibele, em frente à pracinha, que devido à incorreta canalização, faz com que as manilhas da parte de baixo, que são de diâmetro menor, não comportem a vazão recebida da parte de cima, que são manilhas de diâmetro maior, fazendo com que a água acumule no local e invada as residências lá existentes.</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2130/03_-_requerimento_13-02-2023_-_manutencao_trechos_estrada_posses.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2130/03_-_requerimento_13-02-2023_-_manutencao_trechos_estrada_posses.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável pela manutenção das estradas rurais, seja feita manutenção em alguns trechos da estrada do Bairro Posses, localizados logo após o antigo prédio do grupo escolar e próximo à propriedade do senhor Joaquim Correia. São dois trechos que precisam de manutenção, com urgência, pois está com muita lama, prejudicando a passagem pelo local. Também é necessário fazer a limpeza das saídas de água para que a água tenha por onde ser escoada e não prejudique a estrada.</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa, Aline de Fátima Silva Guedes, Claudio de Lima Lopes, João Batista Machado Filho, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
     <t>Que, através do setor responsável pela manutenção do sistema de energia elétrica no município, sejam tomadas providências, urgentes, para resolver o problema referente a um poste de energia elétrica, que se encontra caído, com fios energizados, na estrada do Bairro Jabuticabal, próximo à Santa Cruz.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2132/05_-_requerimento_13-02-2023_-_manutencao_trechos_estrada_pitangueiras_-_murilo_vilas_boas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2132/05_-_requerimento_13-02-2023_-_manutencao_trechos_estrada_pitangueiras_-_murilo_vilas_boas.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável pela manutenção das estradas rurais, seja feita manutenção em trechos da estrada municipal do Bairro Pitangueiras, próximo à propriedade da mãe do senhor Murilo Vilas Boas, que se encontram cheio de valetas, lama e poças de água.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2133/11_-_requerimento_13-02-2023_-manutencao_estrada_posses.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2133/11_-_requerimento_13-02-2023_-manutencao_estrada_posses.pdf</t>
   </si>
   <si>
     <t>Que, através do departamento responsável, seja feita manutenção paliativa num pequeno trecho da estrada do bairro Posses. O trecho está intransitável, carros atolando e pessoas ficando ilhadas. É necessária uma correção no trajeto das enxurradas e colocação de entulho ou cascalho, para que os moradores possam ir e vir diariamente.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2134/12_-_requerimento_13-02-2023_-equipamentos_de_seguranca_e_sinalizacao_transporte_escolar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2134/12_-_requerimento_13-02-2023_-equipamentos_de_seguranca_e_sinalizacao_transporte_escolar.pdf</t>
   </si>
   <si>
     <t>Que, através do departamento responsável pelo transporte escolar, seja feita a verificação de todos os equipamentos de segurança e sinalização, exigidos por lei, em transporte normal e também no transporte escolar. Ocorreu um incidente com um ônibus, o pneu furou e não havia ferramentas para trocar o pneu e muito menos para sinalização. É uma situação grave, que deve ser averiguada, e que todos os veículos passem por uma inspeção urgente.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2135/13_-_requerimento_13-02-2023_-manutencao_abrigos_trecho_entre_bairro_divisa_e_paulino_margens_rodovia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2135/13_-_requerimento_13-02-2023_-manutencao_abrigos_trecho_entre_bairro_divisa_e_paulino_margens_rodovia.pdf</t>
   </si>
   <si>
     <t>Que, através do departamento responsável, seja efetuada manutenção nos pontos e abrigos de ônibus existentes no trecho entre o bairro Divisa e o bairro Paulino Paixão, as margens da rodovia, haja vista que estão com muito barro e buraco, dificultando a correta parada do ônibus, bem como a vida do usuário que está aguardando para pegar o coletivo.</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2139/06_-_requerimento_13-02-2023_-_melhorias_rua_sem_calcamento_final_da_rua_dona_maria_cibele.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2139/06_-_requerimento_13-02-2023_-_melhorias_rua_sem_calcamento_final_da_rua_dona_maria_cibele.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável pela manutenção das ruas no perímetro urbano, realize as melhorias necessárias no trecho de rua sem calçamento, localizado no final da Rua Dona Maria Cibele, próximo à entrada para a propriedade do senhor Antônio Fortes, pelo fato do local estar em situação precária, dificultando o trânsito pelo local, devido ao barro, buracos, poças de água e outros problemas lá existentes.</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2140/04_-_requerimento_13-02-2023_-_operacao_tapa_buracos_perimetro_urbano.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2140/04_-_requerimento_13-02-2023_-_operacao_tapa_buracos_perimetro_urbano.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável pela manutenção das ruas no perímetro urbano, seja avaliada e planejada uma operação tapa buracos em todas as ruas do perímetro urbano.</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Claudio de Lima Lopes, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2141/05_-_requerimento_13-02-2023_-_apoio_transporte_escolar_rocinha_e_divisa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2141/05_-_requerimento_13-02-2023_-_apoio_transporte_escolar_rocinha_e_divisa.pdf</t>
   </si>
   <si>
     <t>Que, através da secretaria municipal de educação e do setor responsável pelo transporte escolar, sejam tomadas providências, com urgência, para apoio ao transporte escolar nos bairro Rocinha e Divisa, no período vespertino, haja vista a necessidade ser disponibilizado mais um veículo para transporte dos alunos daquelas localidades.</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2143/08_-_requerimento_13-02-2023_-_manutencao_estrada_bairro_correias.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2143/08_-_requerimento_13-02-2023_-_manutencao_estrada_bairro_correias.pdf</t>
   </si>
   <si>
     <t>1) Que realize com urgência a manutenção da estrada do Bairro Correas, especialmente no trecho da estrada que dá acesso à rodovia, local onde já foi feito uma tentativa de manutenção, mais sem êxito, sendo necessário colocar cascalho, pedra, predrisco e brita na estrada._x000D_
 2) Que realize com urgência a manutenção da estrada do Bairro Correas, especialmente no trecho próximo aos eucaliptos, tendo em vista que esse trecho está muito precário, sendo necessário colocar cascalho, pedra, predrisco e brita, para que assim, resolva a situação da concentração de barro e buracos naquele local. Solicito ainda, que seja realizado com urgência a manutenção no trecho da estrada próximo a antiga venda do bairro colocando cascalho, pedra, predrisco e brita na estrada.</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2144/09_-_requerimento_13-02-2023_-_manutencao_estrada_pedrao_sentido_bairro_tamandua.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2144/09_-_requerimento_13-02-2023_-_manutencao_estrada_pedrao_sentido_bairro_tamandua.pdf</t>
   </si>
   <si>
     <t>Que realize com urgência a manutenção da estrada do Bairro Pedrão sentido Bairro Tamanduá, realizando a retirada da terra que caiu na estrada, em razão da queda de uma árvore na data do dia 12/02/2023, destacando que os próprios moradores do bairro na tarde de ontem desobstruíram a estrada, cortando a árvore que caiu e retirando-a do local.</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2145/10_-_requerimento_13-02-2023_-_manutencao_estrada_pedra_batista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2145/10_-_requerimento_13-02-2023_-_manutencao_estrada_pedra_batista.pdf</t>
   </si>
   <si>
     <t>Que realize com urgência a manutenção da estrada do Bairro Pedra Batista, sendo necessário colocar cascalho, pedra, predrisco e brita na estrada, para que assim, resolva a situação da concentração de barro e buraco naquele local.</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
     <t>Que informe quais medidas foram realizadas pelo Poder Executivo em ralação a rede pluvial do Loteamento Residencial “Nair Bustamante” na rede pluvial do bairro Bica, tendo em vista que no ano de 2019, foi constituída uma Comissão Especial na Câmara Municipal para verificar a presente situação e no seu parecer final foi apontado algumas providências a serem tomadas pelo Poder Executivo. Vale destacar, que na última semana, logo após uma chuva forte, a rede pluvial do Loteamento Residencial “Nair Bustamante” e a rede pluvial do bairro Bica apresentaram problemas graves, não suportando a quantidade de água.</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Claudio de Lima Lopes, João Batista Machado Filho, Luiz Felipe Silva dos Reis, Marco Aurélio Rufino</t>
   </si>
   <si>
     <t>1)Sejam realizadas as intervenções emergenciais indicadas pela Defesa Civil nas áreas de contingência, como curvas de nível nas áreas de declive, sobretudo, nas que possuam casas em suas encostas, como na Rua Juarez Silva, no Pq. Res. Cláudio de Souza Bustamante, por exemplo.Sejam realizadas as obras indicadas pela Defesa Civil nas áreas de contingência, como:a) Obras para redistribuição das águas pluviais da rede que liga a Rua José de Oliveira Lopes à Rua Dona Maria Cibele, ante a notória insuficiência da mesma;b) Construção de muro de arrimo próximo à interseção das Ruas Coronel Estevam Rezende e Dona Miquita, para contenção e proteção de deslizamentos;c) Construção de rede de drenagem pluvial Rua Benedito Gonçalves, no Bairro São José; d) Obras de expansão da rede de drenagem pluvial das águas na Rua Doutor Macêdo e Joaquina Lopes, dando vazão, especialmente para águas quem desaguam no canal existente nas proximidades da Rua Josefina de Oliveira Monti (próximo da Academia da Saúde)</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2149/08_-_requerimento_13-02-2023_-_informacoes_sobre_conselhos_municipais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2149/08_-_requerimento_13-02-2023_-_informacoes_sobre_conselhos_municipais.pdf</t>
   </si>
   <si>
     <t>1)	Enviar cópia do último Decreto de nomeação dos membros de cada um dos Conselhos Municipais ativos no Município;_x000D_
 2)	Enviar as Leis que os instituíram, bem como, as normas que tenham eventualmente as modificado;_x000D_
 3)	Enviar as atas das reuniões de todos os Conselhos Municipais ativos, ocorridas de 1º de janeiro de 2021 até a atual data;_x000D_
 4)	Informar qual a periodicidade, dias do mês e horário em que ocorrem as reuniões de cada Conselho Municipal;_x000D_
 5)	Seja efetivada de forma imediata a aplicação da Lei Municipal n° 1.860, de 28 de julho de 2022, que dispõe sobre a divulgação dos dados dos Conselhos Municipais na página oficial da Prefeitura e da Câmara Municipal na internet, e dá outras providências.</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
     <t>Marco Aurélio Rufino, Claudio de Lima Lopes, João Batista Machado Filho, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes, Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2150/09_-_requerimento_13-02-2023_-_manutencao_estradas_corrego_fundo_campestre_floresta_belo_ramo_estiva_castelhano_cafarnaum__e_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2150/09_-_requerimento_13-02-2023_-_manutencao_estradas_corrego_fundo_campestre_floresta_belo_ramo_estiva_castelhano_cafarnaum__e_lagoa.pdf</t>
   </si>
   <si>
     <t>Seja feita a manutenção dos trechos de estrada rural que dão acesso aos Bairros CÓRREGO FUNDO, CAMPESTRE, FLORESTA, BELO RAMO, ESTIVA, CASTELHANO, CARFANAUM E LAGOA, especialmente daqueles que se encontram em precárias condições, com acúmulo de barro, buracos e mato alto em suas beiradas.</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2152/15_-_requerimento_13-02-2023_-_urgencia_especial_pls_4_e_5_de_2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2152/15_-_requerimento_13-02-2023_-_urgencia_especial_pls_4_e_5_de_2023.pdf</t>
   </si>
   <si>
     <t>Solicita, com fulcro no art. 256 do Regimento Interno,  a votação, em regime de URGÊNCIA ESPECIAL, dos seguintes Projetos de Lei:_x000D_
 _x000D_
 Projeto de Lei nº 04, de 2023 “Dispõe sobre a concessão de subvenção social às Entidades para o exercício de 2023 e dá outras providências.”._x000D_
 _x000D_
 Projeto de Lei nº 05, de 2023 “Dispõe sobre a concessão de contribuição financeira à Sociedade Amigos do Menor Pedralvense - SAMPE para o exercício de 2023 e dá outras providências.”.</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa, Fernanda Christiane Tomé Torres, Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2156/06_-_requerimento_23-02-2023_-_manilha_estrada_bairro_correias.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2156/06_-_requerimento_23-02-2023_-_manilha_estrada_bairro_correias.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável pela manutenção das estradas rurais, seja retirada a manilha que se encontra quebrada na estrada de acesso ao Bairro Correias e seja substituída por uma nova.</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa, Fernanda Christiane Tomé Torres, Paulo Henrique de Faria, Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2157/07_-_requerimento_23-02-2023_-_mato_beira_rua_dr._macedo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2157/07_-_requerimento_23-02-2023_-_mato_beira_rua_dr._macedo.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável pela manutenção das ruas da cidade, seja roçado o mato nas beiradas da Rua Doutor Macedo, seguindo para o Bairro Jabuticabal.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2158/08_-_requerimento_23-02-2023_-_terra_amontoada_estrada_furnas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2158/08_-_requerimento_23-02-2023_-_terra_amontoada_estrada_furnas.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras seja retirada a terra que se encontra amontoada na beirada da estrada do Bairro Furnas e seja feita manutenção paliativa no trecho partindo da rodovia até alguns metros após a Igrejinha.</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2159/09_-_requerimento_23-02-2023_-_estrada_pedra_batista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2159/09_-_requerimento_23-02-2023_-_estrada_pedra_batista.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja feita manutenção na estrada do Bairro Pedra Batista, dando atenção especial para os bueiros localizados próximo à propriedade do senhor “Zé Til” e o trecho de estrada próximo à propriedade do senhor “Jovelino”.</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2160/10_-_requerimento_23-02-2023_-_estrada_bairro_angu.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2160/10_-_requerimento_23-02-2023_-_estrada_bairro_angu.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja feita manutenção em um trecho da estrada localizado no Bairro Angu, que se encontra sem condições de trânsito de veículos, conforme se pode constatar através das fotos que seguem abaixo.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2161/16_-_requerimento_23-02-2023_-_valeta_agua_bairro_cubataozinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2161/16_-_requerimento_23-02-2023_-_valeta_agua_bairro_cubataozinho.pdf</t>
   </si>
   <si>
     <t>Que, através do departamento responsável, seja atendido pedido de um morador do bairro Cubatãozinho. Na estrada principal, em frente à residência do Sr. José Benedito de Lima, foi feita uma valeta para escoamento de água pelo próprio morador, para que a estrada não ficasse em pior situação. Ele solicita manilhas, em torno de 5 unidades, para fazer a correta canalização. O serviço será feito pelo próprio morador.</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2162/17_-_requerimento_23-02-2023_-_estrada_pedra_batista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2162/17_-_requerimento_23-02-2023_-_estrada_pedra_batista.pdf</t>
   </si>
   <si>
     <t>Que, através do departamento responsável, para ser feita manutenção na estrada do bairro Pedra Batista, local conhecido como bambuzeiro, onde a estrada está colocando em risco os veículos que passam por lá. O manilhamento está entupido e água está causando erosão e passando por cima da estrada. O risco é para todos os veículos, que pode inclusive a interrupção do tráfego no local. Precisa ser tomada providência urgente, pois o ônibus escolar corre risco maior ainda.</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2163/18_-_requerimento_23-02-2023_-_rua_corrego_fundo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2163/18_-_requerimento_23-02-2023_-_rua_corrego_fundo.pdf</t>
   </si>
   <si>
     <t>Que, através do departamento responsável, sejam tomadas providências necessárias quanto uma rua do bairro Córrego Fundo, Rua Estevam Rezende Lopes, que está quase intransitável devido à quantidade de valetas, formadas pelas águas das chuvas. É necessária uma raspagem e colocação de pedregulhos para amenizar a situação. A rua está com verba destinada ao calçamento, porém está aguardando o serviço básico da Copasa.</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2164/19-_requerimento_23-02-2023_-_estrada_balaio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2164/19-_requerimento_23-02-2023_-_estrada_balaio.pdf</t>
   </si>
   <si>
     <t>Que, através do departamento responsável, sejam tomadas as devidas providências em relação ao bairro Balaio, onde existe um pequeno trecho de estrada, que está dificultando demais a vida dos moradores e produtores. Existem no local com três caminhões de cascalho amontoados. Solicito que seja colocado nesse pequeno trecho.</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2165/20-_requerimento_23-02-2023_-_ponte_paulino_paixao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2165/20-_requerimento_23-02-2023_-_ponte_paulino_paixao.pdf</t>
   </si>
   <si>
     <t>Que, através do departamento responsável, sejam prestadas as seguintes informações:_x000D_
 1)	Foi licitada a obra para reconstrução da ponte do Bairro Paulino Paixão, e tendo em vista a lentidão da obra, seguem questionamentos enviados por moradores para esclarecimento da população:_x000D_
 2)	Como está o andamento da obra?_x000D_
 3)	Quantos por cento da obra licitada, já está concluída?_x000D_
 4)	A obra está correndo dentro do prazo licitado e proposto ao município?_x000D_
 5)	Qual o prazo para entrega total da ponte, levando em consideração todos intempéries?_x000D_
 6)	Há relatos de moradores do local, que não estão vendo funcionários na obra, qual seria o motivo? Aparentando que a mesma está parada._x000D_
 7)	E por fim, sendo uma obra licitada, é necessário em contrato o tempo de conclusão da mesma. Visto que os moradores estão sendo prejudicados na questão de não poder se deslocar pela ponte.</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2166/21-_requerimento_23-02-2023_-_estrada_rocinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2166/21-_requerimento_23-02-2023_-_estrada_rocinha.pdf</t>
   </si>
   <si>
     <t>Que, através do departamento responsável, sejam tomadas providências referente ao bairro Rocinha, onde existe um pequeno trecho de estrada, que está dificultando demais a vida dos moradores. Próximo a cabeceira da ponte. Colocando cascalho resolveria o problema. Alunos precisam passar por esse local  para ir  para a escola, fora os outros moradores.</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Claudio de Lima Lopes, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2167/10_-_requerimento_23-02-2023_-_estrada_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2167/10_-_requerimento_23-02-2023_-_estrada_pedrao.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável, seja feita manutenção da estrada do bairro Pedrão. Trecho que liga Pedrão até a localidade conhecida como grota, onde fica o engenho. Estrada que dá acesso à Pedra do Pedrão.</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Matheus Bustamante Gomes, Paulo Henrique de Faria, Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2168/11_-_requerimento_23-02-2023_-_estrada_liga_lagoa_maria_da_fe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2168/11_-_requerimento_23-02-2023_-_estrada_liga_lagoa_maria_da_fe.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável, seja feita manutenção na estrada que liga o bairro Lagoa a cidade de Maria da Fé. Providências precisam ser tomadas com urgência.</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2169/12_-_requerimento_23-02-2023_-_iluminacao_rua_zeze_canuto.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2169/12_-_requerimento_23-02-2023_-_iluminacao_rua_zeze_canuto.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável, seja solicitado a empresa responsável que faça a devida manutenção na iluminação da Rua Zezé Canuto, altura do nº 407, no final da rua.</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2170/16_-_requerimento_23-02-2023_-_poco_artesiano_paulino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2170/16_-_requerimento_23-02-2023_-_poco_artesiano_paulino.pdf</t>
   </si>
   <si>
     <t>1) Que dê início na construção do Poço Artesiano no bairro Paulino Paixão, tendo em vista que o recurso no valor de R$110.000,00 (cento e dez mil reais), está na conta do Município desde maio de 2021 e até o presente momento não foi dado início a execução do projeto. Destacando, que o dinheiro que está na conta já é suficiente para dar início na obra e caso seja necessário mais recurso para o término da obra esse nobre vereador se compromete a buscar através de emenda parlamentar, porém se faz necessário que o Poder Executivo dê inicio na obra com o dinheiro de R$110.000,00, que já está na conta._x000D_
 2) Que seja encaminhado ao Poder Executivo a cópia do “Abaixo-assinado” – referente a reivindicação dos moradores do bairro Paulino Paixão solicitando a construção do Poço Artesiano no bairro.</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2171/17_-_requerimento_23-02-2023_-_abaixo_assinado_-_bairro_correias_-_estrada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2171/17_-_requerimento_23-02-2023_-_abaixo_assinado_-_bairro_correias_-_estrada.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado ao Poder Executivo a cópia do “Abaixo-assinado” – referente a reivindicação dos moradores do bairro Corrêas solicitando melhoria da estrada do bairro. Os moradores através deste documento estão solicitando que sejam tomadas as devidas providências com urgência para a manutenção da estrada do bairro Corrêas. Pois a mesma encontra-se intransitável impossibilitando o acesso das pessoas, trabalhadores, moradores da localidade e especialmente prejudicando os nossos alunos de irem a aula.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2172/18_-_requerimento_23-02-2023_-_esf_paulino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2172/18_-_requerimento_23-02-2023_-_esf_paulino.pdf</t>
   </si>
   <si>
     <t>Que verifique a possibilidade do retorno do atendimento do ESF no bairro Paulino Paixão, com o posto de atendimento instalado no próprio bairro. Trata-se de um bairro com uma grande concentração de moradores, aproximadamente mais de 200 pessoas, entretanto sempre existiu o atendimento da ESF no bairro, com o posto de atendimento instalado no bairro, ocorre que foi retirado o atendimento do referido local, passando a ser realizado no posto de atendimento localizado no bairro Vintém, sendo distante para os moradores se deslocarem até lá, tendo em vista que muitos moradores não possuem carros ou outro meio de transporte, bem como, alguns moradores já possuem problemas de saúde, o que dificulta mais ainda essa locomoção.</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2173/19_-_requerimento_23-02-2023_-_inscricao_concurso_publico_-_nao_conseguiram_emitir_boleto.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2173/19_-_requerimento_23-02-2023_-_inscricao_concurso_publico_-_nao_conseguiram_emitir_boleto.pdf</t>
   </si>
   <si>
     <t>Que verifique junto a Comissão Organizadora do Concurso Público e com a Banca contratada, tendo em vista que alguns candidatos ao realizarem a inscrição no dia de ontem, dentro do horário previsto no edital não conseguiram emitir/gerar o boleto para o pagamento, sendo que a “aba gerar boleto” não estava mais aparecendo, por esse motivo foram prejudicados, sendo necessário uma solução no presente caso, concedendo um novo prazo para o pagamento do boleto e que seja emitido o respetivo boleto.</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Marco Aurélio Rufino, Claudio de Lima Lopes, João Batista Machado Filho, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2174/13_-_requerimento_23-02-2023_-_estradas_santo_antonio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2174/13_-_requerimento_23-02-2023_-_estradas_santo_antonio.pdf</t>
   </si>
   <si>
     <t>Seja feita a manutenção dos trechos de estrada rural do BAIRRO SANTO ANTÔNIO, especialmente daqueles que se encontram em precárias condições, com acúmulo de barro, buracos e mato alto em suas beiradas, conforme demonstram as imagens abaixo.</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2175/14_-_requerimento_23-02-2023_-_poste_iluminacao_publica_rua_zeze_canuto.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2175/14_-_requerimento_23-02-2023_-_poste_iluminacao_publica_rua_zeze_canuto.pdf</t>
   </si>
   <si>
     <t>Seja realizada a manutenção, com reparos no braço de luz e troca de lâmpada, DE POSTE DE ILUMINAÇÃO PÚBLICA localizado na RUA ZEZÉ CANUTO.</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2176/15_-_requerimento_23-02-2023_-_informacao_ipsemg.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2176/15_-_requerimento_23-02-2023_-_informacao_ipsemg.pdf</t>
   </si>
   <si>
     <t>1)	Encaminhar parecer que indique a Lei Municipal e, se possível, os motivos que levaram a MIGRAÇÃO DO REGIME DE PREVIDÊNCIA dos servidores municipais, ocorrida em junho de 1999, quando estes passaram a ser vinculados ao Regime Geral de Previdência Social (RGPS) e não mais ao Instituto de Previdência dos Servidores do Estado de Minas Gerais – IPSEMG;_x000D_
 2)	Foram realizados os recolhimentos previdenciários no período de 1º de março de 1992 a 30 de junho de 1999, quando o regime de previdência dos servidores municipais estava vicunlado ao IPSEMG? Se sim, de que forma o servidor interessado poderá requisitar junto à Prefeitura Municipal, as informações e documentos que comprovem os recolhimentos deste período?</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2177/16-_requerimento_23-02-2023_-_relatorio_superavit_financeiro_2022.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2177/16-_requerimento_23-02-2023_-_relatorio_superavit_financeiro_2022.pdf</t>
   </si>
   <si>
     <t>Encaminhar o RELATÓRIO DO SUPERÁVIT FINANCEIRO do exercício de 2022, descriminando os valores apurados em cada uma das fontes de recursos.</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2180/11_-_requerimento_27-02-2023_-_moscas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2180/11_-_requerimento_27-02-2023_-_moscas.pdf</t>
   </si>
   <si>
     <t>Que através do departamento de Epidemiologia sejam prestadas informações sobre as ações de controle e proliferação de moscas e se tem sido feita a devida manutenção nas armadilhas de captura de moscas espalhadas pelo município.</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2181/12_-_requerimento_27-02-2023_-_manutencao_rua_presidente_vargas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2181/12_-_requerimento_27-02-2023_-_manutencao_rua_presidente_vargas.pdf</t>
   </si>
   <si>
     <t>Que através do setor de obras seja feita manutenção no calçamento da Rua Presidente Vargas, trecho localizado próximo à Delegacia de Polícia Civil, onde o calçamento apresenta um rebaixamento, formando uma valeta no local. Trata-se de um serviço que precisa ser feito com urgência.</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Jerson Papi de Sousa, Fernanda Christiane Tomé Torres</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2182/13_-_requerimento_27-02-2023_-_parquinho_clube_operario.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2182/13_-_requerimento_27-02-2023_-_parquinho_clube_operario.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável, seja feita a devida manutenção nos brinquedos do parquinho localizado ao lado do Clube Operário.</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2183/14_-_requerimento_27-02-2023_-_manilha_estrada_estiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2183/14_-_requerimento_27-02-2023_-_manilha_estrada_estiva.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, sejam desentupidas as manilhas da rede de escoamento de água, localizada na estrada do bairro Estiva, próximo ao posto da Estratégia Saúde da Família.</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2184/10_-_requerimento_27-02-2023_-_estrada_estiva_ate_divisa_maria_da_fe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2184/10_-_requerimento_27-02-2023_-_estrada_estiva_ate_divisa_maria_da_fe.pdf</t>
   </si>
   <si>
     <t>Providenciar, junto ao setor de obras, para serem realizadas as melhorias necessárias por toda extensão da estrada municipal que liga o bairro Estiva ao Município de Maria da Fé, que possui trechos em situação precária, dificultando a passagem de veículos.</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Claudio de Lima Lopes, Luiz Felipe Silva dos Reis, Marco Aurélio Rufino, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2185/17-_requerimento_27-02-2023_-_estrada_usina_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2185/17-_requerimento_27-02-2023_-_estrada_usina_pedrao.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável pela manutenção das estradas rurais, seja feita manutenção na estrada do bairro Usina do Pedrão, fazendo a remoção de árvore que impossibilita o trânsito.</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2186/18_requerimento_27-02-2023_-_estrada_castelhano.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2186/18_requerimento_27-02-2023_-_estrada_castelhano.pdf</t>
   </si>
   <si>
     <t>Reitera requerimento apresentado na data de 19 de dezembro de 2022 nessa casa legislativa, através do qual foi solicitada manutenção na estrada do bairro Castelhano, solicita que seja verificada a necessidade de interdição ou, no mínimo, sinalizar a estrada, para evitar/alertar sobre o possível atolamento de veículos e, devido à gravidade da situação, solicitamos esclarecimento:_x000D_
 1)	Porque o executivo não atendeu a solicitação feita em dezembro?_x000D_
 2)	Qual a justificativa para tal descaso com a população?_x000D_
 3)	Quais os motivos que levaram a estada estar nesse estado?_x000D_
 4)	Faz quanto tempo que foi realizado manutenções nesse local?</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2187/19_requerimento_27-02-2023_-_concurso_-_embasamento_psicologo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2187/19_requerimento_27-02-2023_-_concurso_-_embasamento_psicologo.pdf</t>
   </si>
   <si>
     <t>Que seja providenciada, junto à comissão organizadora do concurso público em andamento na prefeitura de Pedralva, a revisão do embasamento teórico para candidatos ao cargo de psicólogo.</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2188/23_-_requerimento_27-02-2023_-_entulho_beirada_estrada_furnas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2188/23_-_requerimento_27-02-2023_-_entulho_beirada_estrada_furnas.pdf</t>
   </si>
   <si>
     <t>Que, através do departamento responsável, seja retirado entulho amontoado na beirada da estrada do bairro Furnas. Faz aproximadamente de um mês que o maquinário da prefeitura esteve trabalhando na estrada do bairro Furnas e deixou amontado, nas margens da estrada, vários montes de entulho, que estão atrapalhando o escoamento das águas pluviais, colaborando para piorar a situação da estrada. Já há registros de acidentes no local, estando o carro do cidadão no conserto.</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2189/24_-_requerimento_27-02-2023_-_lixeiras_bairro_rocinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2189/24_-_requerimento_27-02-2023_-_lixeiras_bairro_rocinha.pdf</t>
   </si>
   <si>
     <t>Que, através do departamento responsável, sejam construídas ou instaladas novas lixeiras comunitárias no bairro rocinha, sendo uma solicitação que já foi feita anteriormente. Os locais, onde o lixo tem sido depositado, viraram amontoados de lixo, insetos, sujeiras e roedores. É um caso de saúde pública a situação que se encontram.</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2190/27_requerimento_27-02-2023_-prefeitura_disponibilizar_contato_telefonico_para_populacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2190/27_requerimento_27-02-2023_-prefeitura_disponibilizar_contato_telefonico_para_populacao.pdf</t>
   </si>
   <si>
     <t>1) Que disponibilize um meio de contato, preferencialmente um número de telefone celular (com função WhatsApp), para que a população possa acionar em caso de emergência, por exemplo, árvores caídas, deslizamentos e entre outras situações que possam ocorrer. Tendo em vista, que muitas vezes a população se depara com situações emergenciais, especialmente em nossas estradas rurais (árvores caídas obstruído a estrada e etc) e não sabem para quem ligar ou não sabem quem é responsável no Poder Executivo para solucionar a situação._x000D_
 2) Que esse número de contato seja divulgado pelo Poder Executivo em seus meios de comunicações, para que a nossa população tome conhecimento.</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2191/29_requerimento_27-02-2023_-_lampadas_queimadas_correias.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2191/29_requerimento_27-02-2023_-_lampadas_queimadas_correias.pdf</t>
   </si>
   <si>
     <t>Que realize com urgência a manutenção da estrada do Bairro Balaio, no trecho próximo à residência da família do “Sr. Dito Avelino”, tendo em vista que esse trecho de estrada está muito precário, sendo necessário colocar cascalho, pedra, predrisco e brita, para que assim, resolva a situação da concentração de barro e buracos naquele local.</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2192/20_requerimento_27-02-2023_-_ubs_bairro_sao_jose.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2192/20_requerimento_27-02-2023_-_ubs_bairro_sao_jose.pdf</t>
   </si>
   <si>
     <t>Que sejam realizadas OBRAS NA UNIDADE BÁSICA DE SAÚDE “FRANCISCO CALDAS DE ABREU”, NO BAIRRO SÃO JOSÉ, especialmente em relação à infiltração nas paredes e forros, goteiras, bem como, para se evitar que as dependências do local sofram com alagamentos em dias de chuva, que podem impedir ou dificultar a realização e atendimento dos serviços de saúde prestados à população, e/ou danificar equipamentos e materiais médicos existentes na UBS.</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2193/21_requerimento_27-02-2023_-_informacoes_concurso_publico_prefeitura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2193/21_requerimento_27-02-2023_-_informacoes_concurso_publico_prefeitura.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito, em relação ao CONCURSO PÚBLICO:_x000D_
 1) Encaminhar a relação nominal e o quantitativo de candidatos inscritos para cada um dos cargos previstos no edital;_x000D_
 2) Encaminhar o valor arrecadado com o pagamento das taxas de inscrição;_x000D_
 3) Encaminhar cópia integral do Processo Licitatório nº 163/2022 – Dispensa nº 064/2022, que levou à contratação da banca organizadora, o Instituto de Cultura, Desenvolvimento Educacional, Promoção Humana e Ação Comunitária – INDEPAC._x000D_
 4) Informar o (s) local (is) onde as provas objetivas serão aplicadas. Se tal decisão ainda não foi tomada, informar as razões para esta indefinição, e quais seriam os locais que estão sendo avaliados.</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Que providencie a troca de lâmpadas de alguns postes de iluminação pública do bairro Correas, tendo em vista que estão queimadas, sendo uma lâmpada próximo à ponte e outra próximo a ponto comercial do bairro.</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2197/11_-_requerimento_07-03-2023_-_justificativa_falta_reuniao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2197/11_-_requerimento_07-03-2023_-_justificativa_falta_reuniao.pdf</t>
   </si>
   <si>
     <t>Justifica sua falta nas Sessões Ordinária realizada pela Câmara Municipal no dia 27 de fevereiro de 2023, às 19h15.</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2198/19_-_requerimento_07-03-2023_-_estrada_campestre_-_berlei.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2198/19_-_requerimento_07-03-2023_-_estrada_campestre_-_berlei.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja realizado serviço emergencial de manutenção no trecho da estrada do Bairro Campestre, que inicia na divisa com a propriedade do senhor “Berlei” e segue por aproximadamente trezentos metro.</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2199/20_-_requerimento_07-03-2023_-_estrada_campestre_-_ivanzinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2199/20_-_requerimento_07-03-2023_-_estrada_campestre_-_ivanzinho.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja realizado serviço emergencial de manutenção no trecho da estrada do Bairro Campestre, após o trevo, sentido Bairro Estiva. Estrada que margeia a propriedade do senhor “Zé Baixinho”, a propriedade do senhor “Chiquinho”, a propriedade do senhor “Zé Carlos” e a propriedade do senhor “Ivanzinho”.</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2200/21_-_requerimento_07-03-2023_-_limpeza_e_alargamento_corrego_jabuticabal.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2200/21_-_requerimento_07-03-2023_-_limpeza_e_alargamento_corrego_jabuticabal.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja realizado serviço emergência de limpeza e alargamento do córrego conhecido por “Córrego do Jabuticabal”, no qual é escoada a água pluvial dos Bairros Jabuticabal e Bica e de parte da área central. Devido o córrego estar coberto por vegetação, a água não está fazendo seu percurso normal, se espalhando pela várzea e desviando seu curso. A limpeza precisa compreender toda extensão que inicia perto da galeria, próximo à rodovia, até próximo à propriedade dos familiares do senhor Marcio Barros.</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2201/31_requerimento_07-03-2023_-_estrada_cubataozinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2201/31_requerimento_07-03-2023_-_estrada_cubataozinho.pdf</t>
   </si>
   <si>
     <t>Que realize com urgência a manutenção da estrada do Bairro Cubatãozinho, sendo necessário colocar cascalho e pedra, para que assim, resolva a situação da concentração de barro e buracos naquele local, bem como, que seja realizado a limpeza das saídas de água, bueiros e manilhas.</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2204/32_requerimento_07-03-2023_-_estrada_paulino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2204/32_requerimento_07-03-2023_-_estrada_paulino.pdf</t>
   </si>
   <si>
     <t>Que realize com urgência a manutenção da estrada do Bairro Paulino Paixão sentido bairro Pinhal, tendo em vista que esse trecho de estrada está muito precário, sendo necessário uma manutenção urgente.</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2205/33_requerimento_07-03-2023_-_estrada_pederao_-_robson.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2205/33_requerimento_07-03-2023_-_estrada_pederao_-_robson.pdf</t>
   </si>
   <si>
     <t>Que realize com urgência a manutenção da estrada do Bairro do Pedrão, próximo ao depósito de banana do Sr. Robson, referente aos trechos de estradas sentido ao bairro Tamanduá e sentindo ao bairro Usina do Pedrão, tendo em vista que esses dois trechos de estradas estão em péssimas condições, sendo necessário colocar cascalho e pedra, para que assim, resolva a situação da concentração de barro e buracos naquele local, bem como, que seja realizado a limpeza das saídas de água, bueiros e manilhas. Vale destacar, que o local é utilizado para passagem de moradores de vários bairros vizinhos.</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2206/34_requerimento_07-03-2023_-_estrada_pitangueiras_-_doril.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2206/34_requerimento_07-03-2023_-_estrada_pitangueiras_-_doril.pdf</t>
   </si>
   <si>
     <t>1) Que realize com urgência a manutenção da estrada do Bairro Pitangueiras, no trecho próximo à casa do “Sr. Doril”, tendo em vista que esse trecho de estrada está em péssimas condições, sendo necessário colocar cascalho e pedra, para que assim, resolva a situação da concentração de barro e buracos naquele local, bem como, que seja realizado a limpeza das saídas de água, bueiros e manilhas. _x000D_
 2) Que realize a manutenção e a reforma urgente da ponte próxima a casa do “Sr.Doril”, tendo em vista que parte da ponte já se desmoronou, o que deixa os moradores em situação de risco em utilizarem a referida ponte. Vale destacar, que a manutenção da ponte já foi cobrada por esse vereador em JANEIRO DE 2021, através de requerimento e até o presente momento nada foi feito.</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2207/35_requerimento_07-03-2023_-_estrada_tamandua_-_joao_soares.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2207/35_requerimento_07-03-2023_-_estrada_tamandua_-_joao_soares.pdf</t>
   </si>
   <si>
     <t>Que realize com urgência a manutenção da estrada do Bairro Tamanduá, próximo a propriedade do “Sr. João Soares”, sendo necessário a realização da limpeza das saídas de água, bueiros e manilhas, para que assim, resolva a situação do alagamento da estrada com a água da chuva.</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2208/27_-_requerimento_07-03-2023_-_limpeza_bueiros_cidade.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2208/27_-_requerimento_07-03-2023_-_limpeza_bueiros_cidade.pdf</t>
   </si>
   <si>
     <t>Que intermedie, junto a empresa Copasa, a limpeza e desobstrução dos bueiros da cidade de Pedralva. com as chuvas, vários bueiros se encontram completamente entupidos e estão acarretando transtornos em vários bairros .</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2209/28_-_requerimento_07-03-2023_-_copasa_reduzir_conta_agua_atingidos_enchente.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2209/28_-_requerimento_07-03-2023_-_copasa_reduzir_conta_agua_atingidos_enchente.pdf</t>
   </si>
   <si>
     <t>Que verifique, junto a empresa Copasa, a redução da  conta de água dos moradores que foram afetados pela enxurrada da chuva atípica ocorrida dia 27/02/2023. Que os moradores que tiveram esse grande transtorno em suas residências e estabelecimentos possam contar com a colaboração e sensibilidade da empresa Copasa para essa  redução. Os bairros que tiveram várias imóveis residenciais e comerciais afetados são Anhumas, Bica e São José. A situação  foi bastante grave ,sendo veiculado nas mídias sociais e telejornais regionais. Foi muita lama,perda material e contato com águas insalubres e somente água para efetuar a limpeza. Então contamos com a colaboração da empresa Copasa em relação a essa questão.</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2210/29_-_requerimento_07-03-2023_-_agua_pluvial_loteamento_claudio_bustamante.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2210/29_-_requerimento_07-03-2023_-_agua_pluvial_loteamento_claudio_bustamante.pdf</t>
   </si>
   <si>
     <t>Que o Prefeito converese com o responsável pelo loteamento Parque Cláudio Bustamante sobre o manilhamento de águas pluviais daquele loteamento.</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2217/21_requerimento_07-03-2023_-_estrada_cubatao_cubataozinho_....pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2217/21_requerimento_07-03-2023_-_estrada_cubatao_cubataozinho_....pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável, seja feita manutenção das estradas dos bairros Cubatão, Cubatãozinho, Sertãozinho e Barra Mansa.</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2218/22_requerimento_07-03-2023_-_estrada_bairro_posses.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2218/22_requerimento_07-03-2023_-_estrada_bairro_posses.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável, seja feita manutenção de alguns trechos da estrada do bairro Posses, perto da casa do senhor Roberto.</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2219/23_requerimento_07-03-2023_-_manutencao_corretiva_bairro_jabuticabal.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2219/23_requerimento_07-03-2023_-_manutencao_corretiva_bairro_jabuticabal.pdf</t>
   </si>
   <si>
     <t>Que, por meio do setor de obras, seja realizada manutenções preventivas e corretivas no bairro Jabuticabal, citadas abaixo:_x000D_
 1-	Manutenção da rua Dr. Macedo;_x000D_
 2-	Construção de faixas elevadas nas ruas DR. Macedo e rua Braz Claudino Rodrigues e ;_x000D_
 3-	Revisão do emplacamento das ruas.</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2220/24_requerimento_07-03-2023_-_rua_coronel_canuto.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2220/24_requerimento_07-03-2023_-_rua_coronel_canuto.pdf</t>
   </si>
   <si>
     <t>Enviar, ao departamento de obras, a seguinte demanda: Manutenção na Rua Coronel Canuto.</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2222/30_-_requerimento_07-03-2023_-_cemig_-_posto_atendimento_pedralva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2222/30_-_requerimento_07-03-2023_-_cemig_-_posto_atendimento_pedralva.pdf</t>
   </si>
   <si>
     <t>Solicitando a Cemig, Companhia energética de Minas Gerais, que verifique a situação do posto fixo da Cemig, no município de Pedralva, que foi desativado, causando grandes transtornos para a emissão de contas para pagamento, principalmente para os usuários da zona rural. Sendo de suma importância a resolução dessa questão, já que a energia elétrica é imprescindível para todos e ninguém pode correr o risco de ter o fornecimento suspenso por falta de pagamento, o que geraria um grande problema nas propriedades rurais, podendo danificar produtos como o leite por exemplo, que necessita de energia para seu resfriamento e conservação.</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2225/25_requerimento_07-03-2023_-_estrada_pitangueiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2225/25_requerimento_07-03-2023_-_estrada_pitangueiras.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ao setor de estradas e rodagens a seguinte demanda: Manutenção da estrada do bairro Pitangueiras.</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2229/27_requerimento_07-03-2023_-_bairro_usina.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2229/27_requerimento_07-03-2023_-_bairro_usina.pdf</t>
   </si>
   <si>
     <t>Que sejam realizadas melhorias no Bairro Usina.</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2230/28_requerimento_07-03-2023_-_informacoes_sobre_desastre_ocorrido_chuvas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2230/28_requerimento_07-03-2023_-_informacoes_sobre_desastre_ocorrido_chuvas.pdf</t>
   </si>
   <si>
     <t>Solicitando informações em virtude do DESASTRE NATURAL decorrente das CHUVAS da última semana, que causaram inundações, enxurradas e movimentação de terras em áreas da cidade.</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2232/08_requerimento_07-03-2023_-_pedra_batista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2232/08_requerimento_07-03-2023_-_pedra_batista.pdf</t>
   </si>
   <si>
     <t>Realizar manutenção na estrada vicinal do bairro Pedra Batista, melhorando a situação de alguns pontos críticos de estrada que necessitam de reparo urgente.</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2233/30_requerimento_07-03-2023_-_pedra_alecrim.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2233/30_requerimento_07-03-2023_-_pedra_alecrim.pdf</t>
   </si>
   <si>
     <t>realizar manutenção na estrada vicinal do bairro Alecrim, melhorando a situação de alguns pontos críticos de estrada que necessitam de reparo urgente.</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2234/requerimento_7-03-2023_-_superlotacao_onibus_escolar_linha_rocinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2234/requerimento_7-03-2023_-_superlotacao_onibus_escolar_linha_rocinha.pdf</t>
   </si>
   <si>
     <t>Que verifique, junto aos departamentos responsáveis, a situação de superlotação do ônibus escolar que faz a linha dos bairros Rocinha, Furnas e Divisa no período vespertino. Pois de acordo com relatos de vários pais, responsáveis e alunos verificou-se que o ônibus está operando acima da capacidade permitida e que muitas crianças são transportadas em pé, haja vista que não há assentos disponíveis para todos os alunos, oferecendo risco aos menores.</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2235/18_-_requerimento_07-03-2023_-_urgencia_especial_pls_3_7_8_e_9.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2235/18_-_requerimento_07-03-2023_-_urgencia_especial_pls_3_7_8_e_9.pdf</t>
   </si>
   <si>
     <t>Solicita, com fulcro no art. 256 do Regimento Interno, requerer a V.Exa., ouvido o plenário conforme legislação em vigor, a votação, em regime de URGÊNCIA ESPECIAL, dos seguintes Projetos de Lei:_x000D_
 Projeto de Lei nº 03, de 2023 “Dispõe sobre a revisão geral anual dos subsídios dos agentes políticos do Poder Executivo Municipal”;_x000D_
 Projeto de Lei nº 07, de 2023 “Dispõe sobre a concessão de subvenção social à APAE - Associação de Pais e Amigos dos Excepcionais de Maria da Fé, para o exercício de 2023, e dá outras providências”;_x000D_
 Projeto de Lei nº 08, de 2023 “Autoriza o Poder Executivo Municipal a aumentar a subvenção para a Associação Beneficente Dr. Geraldo Pinheiro Osório, abrir crédito suplementar e dá outras providências”; e_x000D_
 Projeto de Lei nº 09, de 2023 “Autoriza o Município de Pedralva conceder contribuição financeira a Sociedade de Educação e Assistência Social Frei Orestes - S.E.A”.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, Aline de Fátima Silva Guedes, João Batista Machado Filho, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2236/24_requerimento_13-03-2023_-_plano_de_cargos_prefeitura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2236/24_requerimento_13-03-2023_-_plano_de_cargos_prefeitura.pdf</t>
   </si>
   <si>
     <t>Informar se já foram iniciados os estudos para a revisão do Plano de Cargos, Carreiras, Vencimentos e Remuneração dos Servidores Municipais da Prefeitura Municipal de Pedralva. Se já iniciou, informar qual a previsão de ser encaminhado para aprovação da Câmara Municipal. Se ainda não iniciou, informar porque ainda não foi dado início aos estudos e quando se pretende iniciar.</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2237/25_-_requerimento_13-03-2023_-_contagem_de_tempo_quinquenio_e_ferias_premio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2237/25_-_requerimento_13-03-2023_-_contagem_de_tempo_quinquenio_e_ferias_premio.pdf</t>
   </si>
   <si>
     <t>Informar se o setor de RH da prefeitura já está fazendo os procedimentos necessários referente a contagem do tempo de trabalho dos servidores para pagamento de quinquênios e férias prêmio congelado na pandemia pela Lei Complementar nº 173, por conta de um entendimento do Tribunal de Conta de Minas Gerais, que entendeu que o congelamento para contagem de tempo pode ser anulado.</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2238/22_-_requerimento_13-03-2023_-_corrego_bairro_jabuticabal.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2238/22_-_requerimento_13-03-2023_-_corrego_bairro_jabuticabal.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja feita limpeza no córrego localizado no Bairro Jabuticabal, trecho que corre desde a encruzilhada, próximo à propriedade do saudoso senhor Márcio Barros, até a Santa Cruz.</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2239/23_-_requerimento_13-03-2023_-_contaminacao_mina_bairro_bica.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2239/23_-_requerimento_13-03-2023_-_contaminacao_mina_bairro_bica.pdf</t>
   </si>
   <si>
     <t>Que, através dos setores responsáveis pelo saneamento, meio ambiente e obras, sejam tomadas as medidas cabíveis para resolução de problema que está ocorrendo no Bairro Bica, onde a água de uma mina d’água existente naquela localidade está sendo contaminada, devido uma canalização de esgoto quebrada dentro do parque.</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2240/31_-_requerimento_13-03-2023_-_rua_xavier_lisboa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2240/31_-_requerimento_13-03-2023_-_rua_xavier_lisboa.pdf</t>
   </si>
   <si>
     <t>Que dê atenção e solução para o descaso com a Rua Xavier Lisboa, bairro Centro. Conforme relato a seguir:_x000D_
 1)	Referida rua está com os bloquetes soltos, principalmente nas áreas das sarjetas, devido às chuvas;_x000D_
 2)	Seja enviado um calceteiro para a recolocação na via, já que estão soltos e podem acarretar acidentes, tanto para automóveis, motocicletas e pedestres._x000D_
 3)	Na mesma rua, em frente a casa do Chico Zé, existe um muro, que está em vias de ruir e desmoronar. Precisa ser feita uma avaliação pelo departamento técnico quanto a esse muro, verificando se existe algum risco para a população que por ali passa. E tomar as medidas necessárias.</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2241/32_-_requerimento_13-03-2023_-_estrada_tamandua_liga_vintem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2241/32_-_requerimento_13-03-2023_-_estrada_tamandua_liga_vintem.pdf</t>
   </si>
   <si>
     <t>Que, em caráter de urgência, sejam realizadas as seguintes ações na estrada do bairro Tamanduá que liga ao bairro Vintém. Diante das situações a seguir:_x000D_
 1)	Houve um desmoronamento de barranco numa curva, que está impedindo o trânsito, podendo acarretar acidentes com veículos, sendo necessária a limpeza e retirada da terra no local._x000D_
 2)	Existe uma passagem de gados, que está danificada, com buracos, o que pode vir a ocorrer acidentes, tanto com veículos, como pessoas e animais. É necessária uma medida mais urgente._x000D_
 3)	Os moradores, que necessitam dessa estrada, estão muito apreensivos com a situação._x000D_
 4)	Seguem fotos do local.</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>Fernanda Christiane Tomé Torres</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2242/08_-_requerimento_13-03-2023_-_estrada_bairro_posses.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2242/08_-_requerimento_13-03-2023_-_estrada_bairro_posses.pdf</t>
   </si>
   <si>
     <t>Providenciar para que o departamento responsável averigue a possibilidade de fazer manutenção na estrada do bairro Posses, trecho que dá acesso à casa da senhora Iracema e do senhor Marcelo.</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2243/34_-_requerimento_13-03-2023_-_estrada_anhumas_cubataozinho_e_vintem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2243/34_-_requerimento_13-03-2023_-_estrada_anhumas_cubataozinho_e_vintem.pdf</t>
   </si>
   <si>
     <t>Seja feita a MANUTENÇÃO EMERGENCIAL das estradas do BAIRRO ANHUMAS, CUBATÃOZINHO E VINTÉM, com a correção dos trechos prejudicados com as chuvas, e, posteriormente, sejam empreendidos esforços para CORREÇÃO EFETIVA destas estradas, sobretudo com a correção das saídas para as águas e colocação de materiais que garantirão durabilidade na manutenção realizada.</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2244/35_-_requerimento_13-03-2023_-_monte_terra_-_estrada_furnas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2244/35_-_requerimento_13-03-2023_-_monte_terra_-_estrada_furnas.pdf</t>
   </si>
   <si>
     <t>Seja feita a manutenção a RETIRADA DE MONTES DE TERRA deixados na estrada principal do BAIRRO FURNAS, que foram deixados pela própria Prefeitura, após realizar obras de manutenção.</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2245/36_-_requerimento_13-03-2023_-_manutencao_emergencial_bairro_rocinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2245/36_-_requerimento_13-03-2023_-_manutencao_emergencial_bairro_rocinha.pdf</t>
   </si>
   <si>
     <t>Seja feita a MANUTENÇÃO EMERGENCIAL das estradas do BAIRRO ROCINHA, com a correção dos trechos prejudicados com as chuvas e a LIMPEZA DE BUEIRO localizado na propriedade do Senhor Sebastião Souza, e, posteriormente, que sejam empreendidos esforços para CORREÇÃO EFETIVA destas estradas, sobretudo com a correção das saídas para as águas e colocação de materiais que garantirão durabilidade na manutenção realizada.</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2246/37_-_requerimento_13-03-2023_-_limpeza_academia_sabara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2246/37_-_requerimento_13-03-2023_-_limpeza_academia_sabara.pdf</t>
   </si>
   <si>
     <t>Realizar a LIMPEZA DA ACADEMIA DA SAÚDE SABARÁ, no Bairro Bicas, especialmente com a capina do mato que está muito alto trazendo, riscos de presença de animais peçonhentos e prejudicando o uso da área de lazer.</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2247/38_-_requerimento_13-03-2023_-_limpeza_trecho_da_rodovia_-_ponte_de_acesso_tamandua.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2247/38_-_requerimento_13-03-2023_-_limpeza_trecho_da_rodovia_-_ponte_de_acesso_tamandua.pdf</t>
   </si>
   <si>
     <t>1) Seja realizada a LIMPEZA DE TRECHO DA RODOVIA MG-347, no ponto de acesso ao BAIRRO TAMANDUÁ, evitando assim, que acidentes ocorram no local;_x000D_
 2) Seja realizada VISITA TÉCNICA AO BAIRRO VINTÉM pela SECRETARIA DE OBRAS, COORDENADORIA DE DEFESA CIVIL E RESPONSÁVEL PELA ENGENHARIA DA PREFEITURA, para verificação das causas que têm levado à INUNDAÇÃO DA RODOVIA MG-347, em ponto próximo ao local onde foram iniciadas obras de um chacreamento às margens da rodovia, o que tem causado muito risco de acidentes, especialmente por se tratar de local em uma curva perigosa._x000D_
 3)	Que seja encaminhado RELATÓRIO TÉCNICO desta visita;_x000D_
 4) Uma vez identificadas as causas para esta realidade, que sejam REALIZADAS OBRAS ou, em sendo estas de responsabilidade de DER/MG ou de terceiros, QUE AS MESMAS SEJAM INDICADAS AO ORGÃO OU RESPONSÁVEIS, para a correção da drenagem do trecho, evitando assim, o risco de vidas serem perdidas no local.</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2248/39-_requerimento_13-03-2023_-_coleta_lixo_zona_rural.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2248/39-_requerimento_13-03-2023_-_coleta_lixo_zona_rural.pdf</t>
   </si>
   <si>
     <t>1) Realizar, por meio de força tarefa, COLETA DOS RESÍDUOS SÓLIDOS DEPOSITADOS NAS LIXEIRAS DA ZONA RURAL, que ainda não foram coletados pelo serviço de limpeza pública, como por exemplo, no Bairro da Rocinha, conforme a foto em anexo;_x000D_
 2)Informar as RAZÕES PELAS ATUAIS DIFICULDADES que notoriamente são existentes na coleta de resíduos nos bairros rurais, uma vez que tem sido frequentes as reclamações quanto ao acúmulo de lixo, por longos períodos;_x000D_
 3)Realizar a colocação de LIXEIRAS METÁLICAS nos bairros rurais, que ainda não as dispõe, podendo seguir o modelo que segue em anexo, bem como, a construção de ABRIGOS para as mesmas, opção recomendável sob o aspecto visual e ambiental.</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2249/40_-_requerimento_13-03-2023_-_visita_tecnica_bairro_correas_-_causas_da_inundacao_estrada_e_residencias.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2249/40_-_requerimento_13-03-2023_-_visita_tecnica_bairro_correas_-_causas_da_inundacao_estrada_e_residencias.pdf</t>
   </si>
   <si>
     <t>1) Seja realizada VISITA TÉCNICA AO BAIRRO CORREAS pela SECRETARIA DE OBRAS, COORDENADORIA DE DEFESA CIVIL E RESPONSÁVEL PELA ENGENHARIA DA PREFEITURA, para verificação das causas que têm levado à INUNDAÇÃO DA ESTRADA DE ACESSO AO BAIRRO E DE RESIDÊNCIAS, deixando moradores ilhados e causando prejuízos aos mesmos, com a perda de móveis, roupas, eletrodomésticos entre outros._x000D_
 2)Que seja encaminhado RELATÓRIO TÉCNICO desta visita;_x000D_
 3)Uma vez identificadas as causas para esta realidade, que sejam REALIZADAS OBRAS para se evitar/minimizar o risco de desastres naturais.</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes, Claudio de Lima Lopes, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2250/38_-_requerimento_13-03-2023_-_bairro_rocinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2250/38_-_requerimento_13-03-2023_-_bairro_rocinha.pdf</t>
   </si>
   <si>
     <t>Enviar ao fiscal de estradas e rodagem desse município as demandas do referido bairro: Bairro Rocinha</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes, Claudio de Lima Lopes, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes, Paulo Henrique de Faria</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2251/39_-_requerimento_13-03-2023_-_canalizacao_esgoto_-_rua_estevam_rezende_lopes_-_corrego_fundo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2251/39_-_requerimento_13-03-2023_-_canalizacao_esgoto_-_rua_estevam_rezende_lopes_-_corrego_fundo.pdf</t>
   </si>
   <si>
     <t>Consertar a canalização de esgoto, que se encontra quebrada, na Rua Estevam Rezende Lopes, no bairro Córrego Fundo. A canalização foi quebrada durante serviço de nivelamento da rua realizado pela prefeitura, na última semana.</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2252/40_-_requerimento_13-03-2023_-_bairros_campestre_e_tamandua.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2252/40_-_requerimento_13-03-2023_-_bairros_campestre_e_tamandua.pdf</t>
   </si>
   <si>
     <t>Enviar ao fiscal de estradas e rodagem desse município as demandas dos referidos bairros: Bairro Campestre e Bairro Tamanduá.</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2253/41_-_requerimento_13-03-2023_-_meio_ambiente_-_bairro_rocinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2253/41_-_requerimento_13-03-2023_-_meio_ambiente_-_bairro_rocinha.pdf</t>
   </si>
   <si>
     <t>Enviar ao setor de coleta seletiva e meio ambiente, sobre a situação do Bairro Rocinha.</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2254/09_-_requerimento_13-03-2023_-_limpeza_e_troca_lampadas_pista_caminhada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2254/09_-_requerimento_13-03-2023_-_limpeza_e_troca_lampadas_pista_caminhada.pdf</t>
   </si>
   <si>
     <t>Providenciar para que o departamento responsável possa averiguar a possibilidade de fazer a limpeza e troca de lâmpadas na pista de caminhada Amado Afonso.</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2255/10_-_requerimento_13-03-2023_-_limpeza_e_retirada_lizo_rocinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2255/10_-_requerimento_13-03-2023_-_limpeza_e_retirada_lizo_rocinha.pdf</t>
   </si>
   <si>
     <t>Providenciar para que o departamento responsável possa averiguar a possibilidade de fazer a limpeza e retirada de lixo da lixeira do bairro Rocinha.</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2256/52_-_requerimento_13-03-2023_-_bairro_santo_antonio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2256/52_-_requerimento_13-03-2023_-_bairro_santo_antonio.pdf</t>
   </si>
   <si>
     <t>Providenciar para ser feito, de imediato, a limpeza dos bueiros, manilhas e saídas de águas no trecho da estrada do bairro Santo Antônio, próximo a entrada do Hotel Fazenda e próximo a Escola e a Igreja. Verifica-se nas fotos em anexo, que a água da chuva está levando areia e lama para dentro da escola do bairro, para dentro da Igreja e para dentro da casa da moradora que ali reside, danificando as construções.</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2257/53_-_requerimento_13-03-2023_-_estrada_bairro_campestre.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2257/53_-_requerimento_13-03-2023_-_estrada_bairro_campestre.pdf</t>
   </si>
   <si>
     <t>Que realize com urgência a manutenção da estrada do Bairro Campestre sentido o bairro Tamanduá, tendo em vista que esse trecho de estrada está em péssimas condições, sendo necessário colocar cascalho e pedra, para que assim, resolva a situação da concentração de barro e buracos naquele local, bem como, que seja realizado a limpeza das saídas de água, bueiros e manilhas. Vele destacar que os moradores daquela localidade não estão conseguindo utilizar da estrada diariamente para o trabalho, escoamento da produção rural e impossibilitando o transporte escolar dos alunos.</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2258/54_-_requerimento_13-03-2023_-_estrada_pedraao_sentido_bairro_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2258/54_-_requerimento_13-03-2023_-_estrada_pedraao_sentido_bairro_lagoa.pdf</t>
   </si>
   <si>
     <t>Que realize com urgência a manutenção da estrada do Bairro do Pedrão, sentido o bairro Lagoa (trecho conhecido por Pedrão de cima e baixada do Pedrão), tendo em vista que esse trecho de estrada está em péssimas condições, sendo necessário colocar cascalho e pedra, para que assim, resolva a situação da concentração de barro e buracos naquele local, bem como, que seja realizado a limpeza das saídas de água, bueiros e manilhas. Vele destacar que os moradores daquela localidade não estão conseguindo utilizar da estrada diariamente para o trabalho, escoamento da produção rural e impossibilitando o transporte escolar dos alunos.</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2261/14_-_requerimento_20-03-2023_-_justificativa_falta_sessao_do_dia_13-03-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2261/14_-_requerimento_20-03-2023_-_justificativa_falta_sessao_do_dia_13-03-2023.pdf</t>
   </si>
   <si>
     <t>Justifica sua falta na sessão ordinária realizada no dia 13 de março de 2023, às 19h15.</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2262/24_-_requerimento_20-03-2023_-_ponte_e_barreira_bairro_jabuticabal.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2262/24_-_requerimento_20-03-2023_-_ponte_e_barreira_bairro_jabuticabal.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja feita manutenção na ponte situada na estrada do Bairro Jabuticabal, próximo à Santa Cruz, e seja retirada a barreira que caiu no trecho da mesma estrada, próximo à residência dos familiares da saudosa Senhora Orminda.</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2263/25_-_requerimento_20-03-2023_-_poda_de_arvore_bairro_pedra_batista_-_cemig.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2263/25_-_requerimento_20-03-2023_-_poda_de_arvore_bairro_pedra_batista_-_cemig.pdf</t>
   </si>
   <si>
     <t>Que sejam tomadas providências para ser feita a poda de algumas árvores, cujos galhos cresceram sobre a fiação de energia elétrica, em trecho da estrada do Bairro Pedra Batista, neste município.</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2264/26_-_requerimento_20-03-2023_-_manutencao_estrada_bairro_anhumas_-_sra._santa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2264/26_-_requerimento_20-03-2023_-_manutencao_estrada_bairro_anhumas_-_sra._santa.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja feita manutenção na estrada situada no Bairro Anhumas, estrada de acesso à residência de senhora conhecida por “Santa” e outras residências. O início dessa estrada parte da rodovia MG 347, 1ª entrada à direita, vindo de Itajubá, após a loja de materiais de construção Carvilas.</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2265/55_-_requerimento_20-03-2023_-_insalubridade_agentes_comunitarios_de_saude.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2265/55_-_requerimento_20-03-2023_-_insalubridade_agentes_comunitarios_de_saude.pdf</t>
   </si>
   <si>
     <t>1) Que esclareça a situação do pagamento do adicional de insalubridade para os Agentes Comunitários de Saúde do nosso município, tendo em vista que a Emenda Constitucional nº 120/2022, referendada pelo laudo técnico das condições ambientais de trabalho elaborado por solicitação da Prefeitura Municipal no ano de 2015, determinou o pagamento de adicional de insalubridade aos referidos profissionais. _x000D_
 2)Que esclareça também se o recurso para o pagamento do adicional de insalubridade para os Agentes Comunitários de Saúde está sendo repassado pela União ou será de responsabilidade do Município o pagamento, caso seja da União, qual é a atual situação desse recurso.</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2266/56_-_requerimento_20-03-2023_-_casa_oferecendo_risco_no_bairro_divisa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2266/56_-_requerimento_20-03-2023_-_casa_oferecendo_risco_no_bairro_divisa.pdf</t>
   </si>
   <si>
     <t>Que realize com URGÊNCIA uma visita técnica na residência de uma moradora do bairro Divisa, Sra. Carem Helen Carvalho Tomaz, e que após tome as providencias necessárias, tendo em vista o GRANDE RISCO que essa moradora e sua família estão correndo em razão do local da construção da sua casa, o qual em qualquer momento pode ocorrer um deslizamento de terra.</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2267/57_-_requerimento_20-03-2023_-_manutencao_estrada_bairro_floresta.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2267/57_-_requerimento_20-03-2023_-_manutencao_estrada_bairro_floresta.pdf</t>
   </si>
   <si>
     <t>Que realize com urgência a manutenção da estrada do Bairro Floresta (próximo a propriedade do “Sr. José Grande”) e que realize com urgência a manutenção da estrada do Bairro Campestre (próximo a propriedade do Sr. Ivan), tendo em vista que esses dois trechos de estradas estão em péssimas condições, sendo necessário colocar cascalho e pedra, para que assim, resolva a situação da concentração de barro e buracos naquele local, bem como, que seja realizado a limpeza das saídas de água, bueiros e manilhas.</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2268/45_-_requerimento_20-03-2023_-_informacoes_separacao_materiais_reciclaveis.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2268/45_-_requerimento_20-03-2023_-_informacoes_separacao_materiais_reciclaveis.pdf</t>
   </si>
   <si>
     <t>Informar quais ações a Administração pretende tomar, para continuidade das atividades de separação de materiais recicláveis coletados em Pedralva pelo Departamento de Serviços Públicos, uma vez que a associação de catadores detentora da concessão do CTC Taiuveira suspendeu suas atividades no local.</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2269/46_-_requerimento_20-03-2023_-_informacoes_processo_de_desapropriacao_de_area_para_casas_populares.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2269/46_-_requerimento_20-03-2023_-_informacoes_processo_de_desapropriacao_de_area_para_casas_populares.pdf</t>
   </si>
   <si>
     <t>	Prestar informações a respeito do andamento do PROCESSO DE DESAPROPRIAÇÃO de uma área de 6,2288 HECTARES, localizada no Bairro Anhumas, inscrita no CRI sob a Matrícula nº 4.523, declarada como de UTILIDADE PÚBLICA pelo DECRETO MUNICIPAL nº 2.456, de 19 de setembro de 2022, modificado pelo Decreto Municipal nº 2.465, de 28 de outubro de 2022, e que visa a realização de LOTEAMENTO DE INTERESSE SOCIAL (CASAS POPULARES), respondendo, em especial, o seguinte:_x000D_
 1)	Em que fase está esta desapropriação?_x000D_
 2)	Qual o valor de mercado do bem, levando em consideração as avaliações realizadas?_x000D_
 3)	Há concordância por parte dos proprietários em relação ao valor da indenização e forma de pagamento?_x000D_
 4)	Os valores a serem empenhados para a aquisição pertencem a qual fonte de recursos?_x000D_
 5)	Há projeto desenhado para o loteamento que será implantado? Se sim, encaminhar cópia._x000D_
 6)	Encaminhar cópia integral do processo administrativo instaurado com o fim de subsidiar a desapropriação._x000D_
 7)	Qual o prazo estimado p</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2270/47_-_requerimento_20-03-2023_-reparos_brinquedos_parquinho_clube_operario.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2270/47_-_requerimento_20-03-2023_-reparos_brinquedos_parquinho_clube_operario.pdf</t>
   </si>
   <si>
     <t>Realizar REPAROS NOS BRINQUEDOS DO PARQUINHO DO CLUBE OPERÁRIO, especialmente nos balanços e gangorras, que estão danificados, e, por conta disso, sem condições de uso, e que seja feita a CAPINA DO LOCAL, vez que o mato está muito alto, trazendo riscos de presença de animais peçonhentos e prejudicando o uso da área de lazer.</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2271/48_-_requerimento_20-03-2023_-visita_tecnica_rua_afonso_vieira_machado_-_causas_da_inundacao_no_local.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2271/48_-_requerimento_20-03-2023_-visita_tecnica_rua_afonso_vieira_machado_-_causas_da_inundacao_no_local.pdf</t>
   </si>
   <si>
     <t>1) Seja realizada VISITA TÉCNICA À RUA AFONSO VIEIRA MACHADO pela SECRETARIA DE OBRAS, COORDENADORIA DE DEFESA CIVIL E RESPONSÁVEL PELA ENGENHARIA DA PREFEITURA, para verificação das causas que têm levado à INUNDAÇÃO DO LOCAL, fato identificado nas últimas chuvas, que levaram, inclusive, a queda de parte de muro existente no Lavador São José._x000D_
 2) Que seja encaminhado RELATÓRIO TÉCNICO desta visita;_x000D_
 3) Uma vez identificadas as causas para esta realidade, que sejam REALIZADAS OBRAS para se evitar/minimizar o risco de desastres naturais._x000D_
 4) Que seja realizada a LIMPEZA DO ENTULHO que continua acumulado há quase um mês, proveniente da enxurrada das chuvas do último dia 27 de fevereiro.</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2272/46_-_requerimento_20-03-2023_-_demandas_bairro_barra_mansa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2272/46_-_requerimento_20-03-2023_-_demandas_bairro_barra_mansa.pdf</t>
   </si>
   <si>
     <t>Enviar, ao fiscal de estradas e rodagem desse município, as demandas do Bairro Barra Mansa relacionadas a situação de suas estrada, que possui diversos trechos em situação de abandono, com enormes buracos.</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2273/47_-_requerimento_20-03-2023_-_demandas_bairros_floresta_e_belo_ramo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2273/47_-_requerimento_20-03-2023_-_demandas_bairros_floresta_e_belo_ramo.pdf</t>
   </si>
   <si>
     <t>Enviar, ao fiscal de estradas e rodagem desse município, as demandas dos referidos bairros: _x000D_
 -Bairro Floresta_x000D_
 -Bairro Belo Ramo</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2274/33_-_requerimento_20-03-2023_-_dedetizacao_bueiros.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2274/33_-_requerimento_20-03-2023_-_dedetizacao_bueiros.pdf</t>
   </si>
   <si>
     <t>Que, através do departamento responsável, seja realizada dedetização dos bueiros e demais locais onde possam existir, para diminuir a proliferação de ratos, baratas e moscas. Estou recebendo muitas reclamações referentes ao aparecimento desses animais e, como todos sabem, trazem risco à saúde, por transmitir muitas doenças.</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2275/34_-_requerimento_20-03-2023_-_cronograma_recuperacao_rua_poeta_joao_carneiro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2275/34_-_requerimento_20-03-2023_-_cronograma_recuperacao_rua_poeta_joao_carneiro.pdf</t>
   </si>
   <si>
     <t>Que, através do departamento responsável, seja encaminhado, à Câmara Municipal, o cronograma da recuperação da rua poeta João Carneiro de Rezende. Com o fim do verão que ocorrerá nesta semana, que seja dado início a referida obra, por se tratar da porta de entrada da cidade e estar em péssimas condições de tráfego, como é de conhecimento de toda população e todos que visitam Pedralva.</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2276/48_-_requerimento_20-03-2023_-_disponibilizar_cascalho_para_moradores_jabuticabal_colocar_na_estrada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2276/48_-_requerimento_20-03-2023_-_disponibilizar_cascalho_para_moradores_jabuticabal_colocar_na_estrada.pdf</t>
   </si>
   <si>
     <t>Que seja disponibilizado cascalho para que os moradores do Bairro Jabuticabal possam colocar na estrada do bairro. Estamos vendo os moradores do Bairro Jabuticabal fazer, por conta própria, a manutenção dos trechos da estrada de acesso aquele bairro, que foram danificados pelas fortes chuvas ocorridas. Para que o serviço seja mais bem executado pelos próprios moradores, precisa que a prefeitura disponibilize cascalho, para que possam estar colocando na estrada.</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes, João Batista Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2277/29_-_requerimento_20-03-2023_-_kombi_transportar_alunos_pedra_batista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2277/29_-_requerimento_20-03-2023_-_kombi_transportar_alunos_pedra_batista.pdf</t>
   </si>
   <si>
     <t>Que verifique, junto ao setor responsável, a possibilidade de enviar uma Kombi para transportar os alunos do bairro Pedra Batista, que estudam na zona urbana, até a beira da rodovia, pois devido as condições da estrada vicinal, agravada com as intensas chuvas o ônibus escolar não está conseguindo entrar no bairro.</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2278/30_-_requerimento_20-03-2023_-_ponte_e_estradas_bairro_alecrim.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2278/30_-_requerimento_20-03-2023_-_ponte_e_estradas_bairro_alecrim.pdf</t>
   </si>
   <si>
     <t>1 - Que solicite ao setor responsável a verificação das condições da ponte do bairro Alecrim próxima a igreja e sede da associação, que se encontra em situação precária. _x000D_
 2 – Que solicite ao setor responsável a manutenção de alguns trechos críticos das estradas vicinais do bairro Alecrim em caráter de urgência.</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2285/36_-_requerimento_27-03-2023_-_manutencao_cemiterio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2285/36_-_requerimento_27-03-2023_-_manutencao_cemiterio.pdf</t>
   </si>
   <si>
     <t>Que seja feita manutenção constante no cemitério e não apenas no dia de finados. Seguem alguns pontos que precisam ser observados:_x000D_
 1)	limpeza geral do cemitério;_x000D_
 2)	concreto das vias entre os túmulos que são de terras;_x000D_
 3)	remover vasos de plantas, que acumulem água;_x000D_
 4)	dar o percurso correto para águas de chuvas, para evitar a erosão das terras e consequente abalo dos túmulos; e_x000D_
 5)	outras ações que forem necessárias para um cemitério limpo e organizado o ano todo.</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2286/35_-_requerimento_27-03-2023_-_terceirizacao_servicos_estradas_rurais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2286/35_-_requerimento_27-03-2023_-_terceirizacao_servicos_estradas_rurais.pdf</t>
   </si>
   <si>
     <t>Que atenda a indicação que fez em 06 de fevereiro de 2023, referente à terceirização, por um período, da manutenção das estradas rurais. É fato que o município possui aproximadamente 700 kms de estradas rurais, tornando praticamente impossível a manutenção correta de toda a malha rural. Para efeito de comparação a rodovia Fernão Dias possui 562 km de extensão. Acredito que a terceirização dos serviços seria uma solução válida para resolver esse problema que afeta a maioria da população.</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2287/27_-_requerimento_27-03-2023_-_limpeza_pista_de_caminhada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2287/27_-_requerimento_27-03-2023_-_limpeza_pista_de_caminhada.pdf</t>
   </si>
   <si>
     <t>Que sejam tomadas providências para ser feita a limpeza da pista de caminhada “Amado José da Silva, o Amadinho Afonso”, que se encontra com muita terra, em alguns pontos, trazida pelas águas das chuvas e por deslizamentos de terra.</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2288/28_-_requerimento_27-03-2023_-_buraco_estrada_pedra_preta.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2288/28_-_requerimento_27-03-2023_-_buraco_estrada_pedra_preta.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja realizado o serviço necessários para tampar o buraco que se formou em uma das laterais da estrada do Bairro Pedra Preta, perto da escola. O buraco se formou devido ter quebrado uma manilha do bueiro existente no local, a qual precisará ser substituída, antes de ser tampado o buraco.</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2289/29_-_requerimento_27-03-2023_-_manutencao_ponte_estrada_agua_limpa_-_lalado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2289/29_-_requerimento_27-03-2023_-_manutencao_ponte_estrada_agua_limpa_-_lalado.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja realizada manutenção na ponte situada na estrada do Bairro Água limpa, próximo à propriedade do senhor José Geraldo Rezende Bustamante, conhecido por “Lalado”. A estrutura da ponte está quebrando ao meio devido a água estar cavando por trás da estrutura de sustentação. A cabeça da ponte, as vigas e pranchões estão ruins, precisando de manutenção. Inclusive, o senhor “Lalado” se prontificou a doar as vigas.</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2290/30_-_requerimento_27-03-2023_-_tampa_bueiro_esquina_rua_joaquina_lopes_e_praca_delfim_moreira.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2290/30_-_requerimento_27-03-2023_-_tampa_bueiro_esquina_rua_joaquina_lopes_e_praca_delfim_moreira.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de serviços públicos, seja fixada a tampa do bueiro localizado na esquina na Rua Joaquina Lopes com a Praça Delfim Moreira, em frente à construção do senhor conhecido por “Tonho do Onorfo”.</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2291/31_-_requerimento_27-03-2023_-_bueiro_estrada_divisa_-_dito_albino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2291/31_-_requerimento_27-03-2023_-_bueiro_estrada_divisa_-_dito_albino.pdf</t>
   </si>
   <si>
     <t>Que seja construído bueiro no trecho da estrada do Bairro Divisa, próximo à propriedade do senhor “Dito Albino” e à propriedade dos “Franqueiras”. Nesse trecho de estrada, devido à falta de bueiro, a água das chuvas corre pelo leita da via, causando danos, que dificultam o trânsito pelo local.</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2292/52_-_requerimento_27-03-2023_-_13o_prefeito_e_vice-prefeito.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2292/52_-_requerimento_27-03-2023_-_13o_prefeito_e_vice-prefeito.pdf</t>
   </si>
   <si>
     <t>Justificar a legalidade do pagamento de 13º SUBSÍDIO AO PREFEITO MUNICIPAL E VICE-PREFEITO MUNICIPAL NO DE 2022, mesmo que o pagamento de tal parcela não possua previsão na legislação municipal, nem tenha sido paga em anos anteriores.</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2293/53_-_requerimento_27-03-2023_-_informacoes_concurso_publico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2293/53_-_requerimento_27-03-2023_-_informacoes_concurso_publico.pdf</t>
   </si>
   <si>
     <t>Solicita à Banca Organizadora do Concurso Público da Prefeitura de Pedralva, o Instituto de Cultura, Desenvolvimento Educacional, Promoção Humana e Ação Comunitária – INDEPAC, bem como, à Comissão Organizadora do Concurso Público e ao Prefeito Municipal:_x000D_
 1) Em relação ao CONCURSO PÚBLICO DA PREFEITURA DE PEDRALVA:_x000D_
 2) Quanto à mudança do cronograma do CONCURSO PÚBLICO DA PREFEITURA DE PEDRALVA:</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2294/54_-_requerimento_27-03-2023_-_regularizacao_fundiaria.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2294/54_-_requerimento_27-03-2023_-_regularizacao_fundiaria.pdf</t>
   </si>
   <si>
     <t>Realizar PROGRAMA DE REGULARIZAÇÃO FUNDIÁRIA (REURB) em imóveis dos BAIRROS BICA, CÓRREGO FUNDO, JABUTICABAL, ANHUMAS E USINA, locais onde muitos moradores não possuem escritura, nem registro no Cartório de Registro de Imóveis, promovendo atos como a composição de comissões e equipes de trabalho, a identificação dos locais e beneficiários, a notificação dos proprietários das áreas ocupadas, o levantamento documental, a edição de normativas regulamentadoras do programa, realização de contratação de profissionais ou empresas especializadas, entre outros.</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2295/34_-_requerimento_27-03-2023_-_informacoes_frota_veiculos_educacao_escolar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2295/34_-_requerimento_27-03-2023_-_informacoes_frota_veiculos_educacao_escolar.pdf</t>
   </si>
   <si>
     <t>informações relativas à composição e manutenção da frota de veículos empregados no transporte escolar do Município</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2296/35_-_requerimento_27-03-2023_-manutencao_rede_de_agua_avenida_claudio_rodrigues_de_souza.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2296/35_-_requerimento_27-03-2023_-manutencao_rede_de_agua_avenida_claudio_rodrigues_de_souza.pdf</t>
   </si>
   <si>
     <t>solicita a COPASA, com envio de cópia à Prefeitura, para ciência do Senhor Prefeito:  Realizar a verificação e manutenção na rede de água da Avenida Cláudio Rodrigues de Souza, bairro Anhumas, que está com vazamento no meio da rua. Este problema está ocasionando grande desperdício de água, desde sexta-feira, segundo informações de moradores da região.</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2297/36_-_requerimento_27-03-2023_-_cumprir_lei_transporte_coletivo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2297/36_-_requerimento_27-03-2023_-_cumprir_lei_transporte_coletivo.pdf</t>
   </si>
   <si>
     <t>Reitera requerimento apresentado em 17 de setembro de 2022, cobrando a execução da lei municipal referente aos serviços de transporte coletivo urbano e suburbano, instituído no Município de Pedralva através da Lei nº 1.864/2021, de 30 de agosto de 2021. Que seja informado em qual fase se encontra os procedimentos que estão sendo realizados para que o serviço possa iniciar no município.</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2298/65_-_requerimento_27-03-2023_-_manutencao_de_trecho_da_estrada_correias.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2298/65_-_requerimento_27-03-2023_-_manutencao_de_trecho_da_estrada_correias.pdf</t>
   </si>
   <si>
     <t>Que realize com urgência a manutenção da estrada do Bairro Correas, especialmente no trecho após a ponte do bairro em sentido a Igreja e ao Posto de Atendimento Médico, tendo em vista que na última semana foi realizada a manutenção da estrada do referido bairro com a “Patrol”, ficando a manutenção parcialmente satisfatória, porém em um pequeno trecho da estrada informado acima, a estrada ficou com diversas imperfeições, necessitando do retorno da “Patrol” no local para concluir o serviço.</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2299/66_-_requerimento_27-03-2023_-_manutencao_estrada_pedra_preta.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2299/66_-_requerimento_27-03-2023_-_manutencao_estrada_pedra_preta.pdf</t>
   </si>
   <si>
     <t>1) Que realize com urgência a manutenção da estrada do Bairro Pedra Preta, realizando a limpeza das saídas de água, patrolamento e o cascalhamento da estrada._x000D_
 2) Que realize a manutenção e a reforma urgente da ponte do Bairro Pedra Preta, tendo em vista que parte da ponte já desmoronou, o que deixa os moradores em situação de risco em utilizarem a referida ponte. Vele destacar que os moradores daquela localidade não estão conseguindo utilizar da estrada diariamente para o trabalho, escoamento da produção rural e impossibilitando o transporte escolar dos alunos.</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2300/57_-_requerimento_27-03-2023_-solicita_urgencia_especial_pl_11-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2300/57_-_requerimento_27-03-2023_-solicita_urgencia_especial_pl_11-2023.pdf</t>
   </si>
   <si>
     <t>solicita a votação, em regime de URGÊNCIA ESPECIAL, do Projeto de Lei nº 011/2023 “Dispõe sobre a criação do Conselho Municipal de Cultura - CMC e do Fundo Municipal de Cultura - FMC, e dá outras providências”.</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2301/32_-_requerimento_03-04-2023_-_ovo_de_pascoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2301/32_-_requerimento_03-04-2023_-_ovo_de_pascoa.pdf</t>
   </si>
   <si>
     <t>Que, através da Secretaria Municipal de Educação, seja adquirido e distribuído ovo de páscoa para todos os alunos das escolas municipais do município, como um gesto de carinho e uma forma de celebrar a Páscoa com as crianças.</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2302/33_-_requerimento_03-04-2023_-_canalizacao_agua_chuva_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2302/33_-_requerimento_03-04-2023_-_canalizacao_agua_chuva_lagoa.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja realizado serviço de canalização da água de chuva em uma rua do Bairro Lagoa, trecho  em frente à sede da Estratégia Saúde da Família. E que, após ser feita a canalização, que faça a pintura das paredes externas da sede da ESF, que ficam sujas com o barro levado pela água da chuva.</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2303/34_-_requerimento_03-04-2023_-_contratacao_mao_de_obra_terceirizada_para_calcamento.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2303/34_-_requerimento_03-04-2023_-_contratacao_mao_de_obra_terceirizada_para_calcamento.pdf</t>
   </si>
   <si>
     <t>Que seja feita, através de processo licitatório, a contratação de mão de obra terceirizada para a colocação de bloquetes na Rua Geraldo Benedito da Silva (Geraldo de Deus), no final do Bairro São José, e em todos os locais onde se encontram bloquetes amontoados.</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2304/35_-_requerimento_03-04-2023_-_incluir_corrida_e_caminhada_festividades_niver_cidade.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2304/35_-_requerimento_03-04-2023_-_incluir_corrida_e_caminhada_festividades_niver_cidade.pdf</t>
   </si>
   <si>
     <t>Que, através do Departamento de Esporte e Lazer da Prefeitura Municipal de Pedralva, realize a inclusão da modalidade corrida e caminhada ao evento de comemoração ao aniversário da cidade, em demonstração de incentivo e apoio aos atletas e praticantes da modalidade, bem como a equipe de corrida Pedralrun, que tem representado nosso município em eventos esportivos em todo sul de minas, promovendo a saúde e cada vez mais ganhando adeptos em nossa cidade.</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2305/56_-_requerimento_03-04-2023_-_separar_transporte_escolar_estiva_sto_antonio_e_belo_ramo_do_transporte_campestre_e_tamandua.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2305/56_-_requerimento_03-04-2023_-_separar_transporte_escolar_estiva_sto_antonio_e_belo_ramo_do_transporte_campestre_e_tamandua.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável, seja feita uma avaliação quanto a possibilidade de separação do transporte escolar dos bairros Estiva, Santo Antônio e Belo Ramo do transporte escolar dos bairros Campestre e Tamanduá.</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2306/63_-1_-_requerimento_03-04-2023_-_ponte_usina_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2306/63_-1_-_requerimento_03-04-2023_-_ponte_usina_pedrao.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável, seja enviada a equipe de obras e de engenharia da prefeitura para averiguar a situação da ponte do bairro Usina do Pedrão.</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2307/36_-_requerimento_03-04-2023_-_bueiros_estrada_divisa_proximo_igreja.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2307/36_-_requerimento_03-04-2023_-_bueiros_estrada_divisa_proximo_igreja.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja verificada a situação dos bueiros existentes no trecho da estrada do Bairro Divisa, próximo a Igreja, que está entupido, o que faz com que a água da chuva não tenha por onde ser escoada e espalha pela estrada, prejudicando inclusive a Igreja.</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2308/38_-_requerimento_03-04-2023_-_limpeza_terrenos_baldios_rua_papa_joao_paulo_ii.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2308/38_-_requerimento_03-04-2023_-_limpeza_terrenos_baldios_rua_papa_joao_paulo_ii.pdf</t>
   </si>
   <si>
     <t>1)	Promover a limpeza imediata de 3 terrenos baldios situados na Rua Papa João Paulo II, no Bairro São José, que se encontram em situação de abandono, sem cercamento e com mato muito alto, provocando atração de animais tanto de grande porte quanto de roedores e insetos, que servem de vetores para transmissão de doenças;_x000D_
 2)	Cobrança posterior dos custos de limpeza dos terrenos junto aos seus respectivos proprietários;_x000D_
 3)	Notificação dos proprietários para que façam o cercamento dos terrenos, preferentemente com muros, a fim de evitar a entrada de animais de grande porte, coibir a deposição de lixo e entulhos e conter o crescimento futuro de mato e proliferação de pequenos animais nocivos dentro do lote.</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2309/43_-_1_-_requerimento_03-04-2023_-_repasse_bairro_alecrim.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2309/43_-_1_-_requerimento_03-04-2023_-_repasse_bairro_alecrim.pdf</t>
   </si>
   <si>
     <t>1)	Promover a elaboração e apresentação de projeto de lei à Câmara Municipal tratando sobre a autorização formal para que seja feito o repasse, à Associação de Moradores e Amigos do Bairro Alecrim, do valor de R$.80.000,00 já creditado pelo Estado de Minas Gerais em conta bancária do Município de Pedralva, oriundo de Emenda Parlamentar de autoria do Deputado Estadual Duarte Bechir;_x000D_
 2)	Promover a elaboração e apresentação de projeto de lei à Câmara Municipal tratando sobre a autorização formal para que seja feito o repasse, à Associação de Moradores e Amigos do Bairro Alecrim, do valor de R$.100.000,00 já creditado pela União Federal em conta bancária do Município de Pedralva, oriundo de Emenda Parlamentar de autoria do Deputado Federal Dimas Fabiano;_x000D_
 3)	Confirmar que os dois recursos já se encontram depositados em contas bancárias à disposição do Município, e informar as datas em que foram creditados;_x000D_
 4)	Fornecer cópias dos documentos e informações pactuados ou expedidos pelos governos</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2310/58_-_requerimento_03-04-2023_-_copasa_-_vazamento_agua_rua_casemiro_osorio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2310/58_-_requerimento_03-04-2023_-_copasa_-_vazamento_agua_rua_casemiro_osorio.pdf</t>
   </si>
   <si>
     <t>Enviar e notificar a empresa Copasa sobre o vazamento continuo na Rua Casemiro Osorio que prejudica praticamente todo o bairro São José.</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2311/59_-_requerimento_03-04-2023_-_bueiro_rua_casemiro_osorio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2311/59_-_requerimento_03-04-2023_-_bueiro_rua_casemiro_osorio.pdf</t>
   </si>
   <si>
     <t>Que, por meio do setor de serviços públicos e obras, seja analisada a seguinte demanda: Bueiro situado na Rua Casemiro Osório.</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2312/60_-_requerimento_03-04-2023_-_casas_populares.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2312/60_-_requerimento_03-04-2023_-_casas_populares.pdf</t>
   </si>
   <si>
     <t>Reitera requerimento do dia 07 de julho de 2022: Informar quais medidas foram e estão sendo tomadas para construção de casas populares em Pedralva. Há pleito de compra de terreno para a construção das referidas moradias? Diante de nossas funções, da representatividade que temos de nossa população e sabendo que é uma demanda antiga e muito aguardada e que no exercício de 2021 na LDO, PPA e LOA foi abordado como prioridade. As casas populares é uma obra que fará a diferença na vida de muitos pedralvenses.</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2313/61_-_requerimento_03-04-2023_-_utilizar_areas_publica_bairro_sao_jose.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2313/61_-_requerimento_03-04-2023_-_utilizar_areas_publica_bairro_sao_jose.pdf</t>
   </si>
   <si>
     <t>Seja dada UTILIDADE PÚBLICA ÀS ÁREAS DE PROPRIEDADE DO MUNICÍPIO EXISTENTES NO BAIRRO SÃO JOSÉ, localizadas na Rua Pedro Monti, altura da esquina com a Rua João Paulo II, e na esquina das Ruas Josino Tomé e Tiago Carneiro De Rezende. Referidas área se encontram ociosas há anos, podendo receber a construção de praças, parquinhos, áreas de lazer ou prédios e espaços para abrigar serviços públicos.</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2314/62_-_requerimento_03-04-2023_-_manutencao_pavimentacao_rua_coronel_estevam_rezende.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2314/62_-_requerimento_03-04-2023_-_manutencao_pavimentacao_rua_coronel_estevam_rezende.pdf</t>
   </si>
   <si>
     <t>Seja realizada manutenção na pavimentação da RUA CORONEL ESTEVAM REZENDE, especialmente na altura da esquina com a Rua Pedro Monti.</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2315/70_-_requerimento_03-04-2023_-_bairro_lagoa_-_rede_esgoto_e_abastecimento_agua.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2315/70_-_requerimento_03-04-2023_-_bairro_lagoa_-_rede_esgoto_e_abastecimento_agua.pdf</t>
   </si>
   <si>
     <t>Que realize com URGÊNCIA uma visita técnica no bairro Lagoa, e que após tome as providencias necessárias, tendo em vista as reclamações de alguns moradores sobre a precária condição da rede de esgoto e sobre a escassez da água.</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2316/71_-_requerimento_03-04-2023_-_estrada_bairro_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2316/71_-_requerimento_03-04-2023_-_estrada_bairro_pedrao.pdf</t>
   </si>
   <si>
     <t>•	Que seja disponibilizado o transporte escolar, com segurança, para os alunos moradores do bairro Pedrão, no trecho do bairro que dá acesso ao bairro Lagoa (trecho conhecido por Pedrão de cima e baixada do Pedrão), no período da manhã e da tarde, tendo em vista que alguns alunos desde o inicio do ano letivo de 2023 não estão tendo acesso ao transporte escolar, sendo necessário que seus familiares leve-los até o encontro do transporte escolar. _x000D_
 _x000D_
 •	Novamente solicito que seja realizada a manutenção da estrada do Bairro do Pedrão, sentido o bairro Lagoa (trecho conhecido por Pedrão de cima e baixada do Pedrão), sendo necessário realizar a limpeza das saídas de água, patrolamento e o cascalhamento da estrada, para que assim, resolva a situação da estrada. Vale destacar que os moradores daquela localidade não estão conseguindo utilizar da estrada diariamente para o trabalho, escoamento da produção rural e impossibilitando o transporte escolar dos alunos.</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>Luiz Felipe Silva dos Reis, João Batista Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2317/72_-_requerimento_03-04-2023_-_estrada_tamandua.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2317/72_-_requerimento_03-04-2023_-_estrada_tamandua.pdf</t>
   </si>
   <si>
     <t>Que realize com urgência a manutenção da estrada do Bairro Tamanduá, próximo a propriedade do “Sr. João Soares”, sendo necessário a realização da limpeza das saídas de água, bueiros e manilhas, para que assim, resolva a situação do alagamento da estrada com a água da chuva. Vale destacar, que trata-se de uma reiteração do requerimento apresentado no início do mês de Março de 2023 e até o presente momento a situação não foi resolvida.</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2318/73_-_requerimento_03-04-2023_-_limpeza_e_rocada_das_ruas_da_cidade.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2318/73_-_requerimento_03-04-2023_-_limpeza_e_rocada_das_ruas_da_cidade.pdf</t>
   </si>
   <si>
     <t>Que realize com URGÊNCIA a limpeza e roçada das ruas da nossa cidade, especialmente na rua José dos Santos Marques, a qual encontra-se com muito mato, precisando de uma limpeza imediata, tendo em vista, que há grande acúmulo de mato, podendo se tornar um criadouro de insetos e animais peçonhentos (escorpiões, cobras, ratos e baratas) e do Aedes aegypti (mosquito do dengue).</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2331/37_-_requerimento_10-04-2023_-_aluna_apae_-_transporte_escolar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2331/37_-_requerimento_10-04-2023_-_aluna_apae_-_transporte_escolar.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de educação, seja analisada a situação da aluna da APAE, Cristina, filha de José Maria, residente no Bairro Três Paineiras, referente ao transporte escolar, para que ela possa continuar frequentando a APAE. Anexo segue relatório do Conselho Tutelar.</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2332/38_-_requerimento_10-04-2023_-_calcamento_rua_jose_carneiro_santiago.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2332/38_-_requerimento_10-04-2023_-_calcamento_rua_jose_carneiro_santiago.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja feita correção no calçamento da Rua José Carneiro Santiago, trecho localizado no início da via, sentido Rua Dona Miquita - Avenida Tancredo Neves, onde o calçamento afundou, conforme se pode constatar pela foto que segue abaixo.</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2333/39_-_requerimento_10-04-2023_-_buraco_asfalto_rua_dona_miquita.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2333/39_-_requerimento_10-04-2023_-_buraco_asfalto_rua_dona_miquita.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja verificado, analisado e realizado o serviço necessário para correção do asfalto em trecho da Rua Dona Miquita, onde formaram alguns buracos.</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2334/40_-_requerimento_10-04-2023_-_der_-_reparos_beirada_rodovia_mg_347.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2334/40_-_requerimento_10-04-2023_-_der_-_reparos_beirada_rodovia_mg_347.pdf</t>
   </si>
   <si>
     <t>Solicitando ao DER-MG, que sejam feitos os reparos necessários nas beiradas da Rodovia MG-347, trecho entre a Loja de Materiais de Construção Carvilas, localizada no Bairro Anhumas, até a empresa de comércio de bananas do senhor Silvio Lopes, na divisa entre os Bairros Vintém e Anhumas.</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2335/64_-_requerimento_10-04-2023_-_informacoes_reforma_ponte_bairro_paulino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2335/64_-_requerimento_10-04-2023_-_informacoes_reforma_ponte_bairro_paulino.pdf</t>
   </si>
   <si>
     <t>Que, por meio do setor de engenharia da prefeitura, sejam enviadas as seguintes informações referentes à reforma da ponte do bairro Paulino Paixão:_x000D_
 1.	Quais são as etapas e prazos da construção da Ponte do Bairro Paulino:_x000D_
 2.	Em qual faze está a execução do projeto?_x000D_
 3.	Qual prazo para execução de cada fase do projeto? Quem é o responsável legal pela iniciação, planejamento, execução, monitoramento e encerramento.</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2336/64-_requerimento_10-04-2023_-_controle_de_frota.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2336/64-_requerimento_10-04-2023_-_controle_de_frota.pdf</t>
   </si>
   <si>
     <t>Requerendo ao Prefeito Municipal:_x000D_
 1)	A Prefeitura Municipal dispõe de algum sistema de controle de frota onde constam quais os veículos passaram por manutenção, bem como, quais foram as peças foram trocadas e qual foi o valor dispendido para tanto? _x000D_
 2)	Em caso positivo:_x000D_
 2.1) Como é feito este sistema? É informatizado ou físico/manual?_x000D_
 2.2) Quem é o responsável por este controle?_x000D_
 2.3) Este controle possui eludidação de quais veículos foram manutenidos pelas oficinas terceirizadas e quais foram pelos mecânicos da própria Prefeitura?_x000D_
 3) Caso a prefeitura ainda não disponha desse sistema, como é feito o controle dos valores dispendidos para a manutenção da frota, bem como da relação individualizada de quais veículos/máquinas necessitaram de manutenção?_x000D_
 4) Atualmente, quem é o responsável que assina para liberação e recebimento de serviços realizados nas manutenções terceirizadas dos veículos do município?_x000D_
 5) Sabendo que este é um controle exigido pelo T</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2337/65_-_requerimento_10-04-2023_-_seguranca_nas_escolas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2337/65_-_requerimento_10-04-2023_-_seguranca_nas_escolas.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal: _x000D_
 1) Informar se a Prefeitura Municipal, por meio da Secretaria de Educação, pretende tomar medidas na busca de MAIOR SEGURANÇA NAS ESCOLAS DO MUNICÍPIO. Em caso positivo, informar quais medidas poderão ser tomadas._x000D_
 2) Aproveitando do ensejo, indicamos a necessidade de se agendar REUNIÃO COM O COMANDO DO PELOTÃO DA POLÍCIA MILITAR, para discussão de medidas a serem tomadas com o citado objetivo.</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2339/76_-_requerimento_10-04-2023_-_seguranca_nas_escolas_-_dele_sozinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2339/76_-_requerimento_10-04-2023_-_seguranca_nas_escolas_-_dele_sozinho.pdf</t>
   </si>
   <si>
     <t>•	Que tome as medidas necessárias para reforçar a proteção de alunos e professores nas Escolas do Município, por exemplo, contratação de um vigilante durante o período escolar; instalação de câmeras de videomonitoramento na entrada, nos pátios e dentro das salas de aula; promover treinamento dos servidores da área da educação, disponibilizar um funcionário (zelador) para ficar responsável pela portaria de cada escola e a instalação de detectores de metais nos acessos às escolas._x000D_
 •	Que tome as providencias necessárias para melhorar a segurança das nossas escolas, especialmente nas escolas as margens da rodovia (bairros Paulino Paixão e Divisa), sendo que na Escola do bairro Paulino Paixão se faz necessário a construção de um muro, a fim de proteger os nossos alunos e servidores, tendo em vista que atualmente a escola é cercada por grade o que facilita a visão e acesso a escola deixando-os muitos expostos.</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2343/41_-_requerimento_17-04-2023_-_cemig_-_transformador_rua_agonso_vieira_machado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2343/41_-_requerimento_17-04-2023_-_cemig_-_transformador_rua_agonso_vieira_machado.pdf</t>
   </si>
   <si>
     <t>Solicitando a Cemig: Que seja feita avaliação no transformador do poste de energia elétrica situado na Rua Afonso Vieira Machado, no Bairro São José, em Pedralva-MG, haja vista que as residências das Ruas Professora Glaucia Abreu Custódio e Afonso Vieira Machado estão ficando, constantemente, sem energia elétrica, e, quando volta, é muito fraca, não sendo suficiente para funcionar chuveiro e vários eletrodomésticos.</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2344/42_-_requerimento_17-04-2023_-_ponte_bairro_rocinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2344/42_-_requerimento_17-04-2023_-_ponte_bairro_rocinha.pdf</t>
   </si>
   <si>
     <t>Que, através do Setor de Obras, sejam tomadas providências, com urgência, para recuperação da ponte situada na estrada do Bairro Rocinha, próximo à residência do senhor conhecido por “Braizinho”. Esta ponte se encontra em situação muito precária, oferecendo risco para os que por ela passa.</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2345/43_-_requerimento_17-04-2023_-_estrada_rocinha_-_maguinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2345/43_-_requerimento_17-04-2023_-_estrada_rocinha_-_maguinha.pdf</t>
   </si>
   <si>
     <t>Que, através do Setor de Obras, seja feita manutenção na estrada localizada no Bairro Rocinha, de acesso para várias residências, entre elas a residência da senhora conhecida como “Maguinha”, sendo que esta senhora tem feito, por conta própria, manutenção, de forma a ajudar na conservação da estrada. Porém, é necessário que a prefeitura faça manutenção por toda extensão deste trecho de via.</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2346/44_-_requerimento_17-04-2023_-_estrada_bairros_posses_e_coelho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2346/44_-_requerimento_17-04-2023_-_estrada_bairros_posses_e_coelho.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja feita manutenção, em regime de urgência urgentíssima, em vários pontos da estrada dos Bairros Posses e Coelho, que se encontram em situação de calamidade, com buracos, lama, árvores caídas, entre outros danos. Providências devem ser tomadas imediatamente, pois se trata de um serviço relevante e de inadiável interesse dos cidadãos que utilizam as estradas desses dois bairros.</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2347/45_-_requerimento_17-04-2023_-_bairro_paulino_-_bueiro_entupido_e_poda_arvore.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2347/45_-_requerimento_17-04-2023_-_bairro_paulino_-_bueiro_entupido_e_poda_arvore.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, sejam realizados os seguintes serviços no Bairro Paulino:_x000D_
 1.	desentupir bueiros localizados no início da estrada, que inicia às margens da rodovia MG-347, em frente à escola municipal, que se encontram entupidos;_x000D_
 2.	Podar a árvore existente ao lado do ponto de ônibus, cujos galhos estão atrapalhando a circulação de ônibus, caminhões e outros veículos.</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2348/46_-_requerimento_17-04-2023_-_seguranca_nas_escolas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2348/46_-_requerimento_17-04-2023_-_seguranca_nas_escolas.pdf</t>
   </si>
   <si>
     <t>Que seja analisada a possibilidade de ser contratada uma empresa para prestação de serviços de segurança para as escolas do nosso município.</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2349/37_-_requerimento_17-04-2023_-_verificacao_condicoes_dos_onibus_escolar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2349/37_-_requerimento_17-04-2023_-_verificacao_condicoes_dos_onibus_escolar.pdf</t>
   </si>
   <si>
     <t>•	Que, através do departamento responsável, seja tomada providência urgente com relação aos ônibus que estão fazendo transporte escolar, pois, segundo me foi relatado por alguns pais de alunos, está sendo utilizado um ônibus com a janela quebrada e ainda com alguns cacos presos e outro totalmente sem a janela; e_x000D_
 •	Que seja informado se isso são condições de transporte de crianças pequenas, no caso 6 anos.</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2350/38_-_requerimento_17-04-2023_-_rada_na_rodovia_mg-347_-_trevo_conceicao_das_pedras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2350/38_-_requerimento_17-04-2023_-_rada_na_rodovia_mg-347_-_trevo_conceicao_das_pedras.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Departamento de Estradas de Rodagem de Minas Gerais-DER: Que informe se existe a possibilidade de instalação de radar ou redutor de velocidade na rodovia MG-347, altura do trevo de acesso para a cidade de Conceição das Pedras.</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2351/39_-_requerimento_17-04-2023_-_informacoes_ponte_bairro_paulino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2351/39_-_requerimento_17-04-2023_-_informacoes_ponte_bairro_paulino.pdf</t>
   </si>
   <si>
     <t>•	Encaminhar, à Câmara Municipal, esclarecimentos, de forma clara e coesa, acerca da ponte no bairro Paulino Paixão, que possui obra licitada, iniciada no dia 26 de setembro de 2022, orçada em 500 mil reais e que está paralisada:_x000D_
 1)	A obra está paralisada por qual motivo?_x000D_
 2)	A empreiteira recebeu pela obra? Qual o valor repassado?_x000D_
 3)	Fui informado de forma não oficial, que a empreiteira abandonou a obra, isso procede?_x000D_
 4)	Em caso afirmativo, quais as medidas cabíveis a prefeitura já tomou em relação à empreiteira?_x000D_
 5)	Qual o posicionamento prático em relação a uma nova licitação para a conclusão ou a obra inteira da ponte?_x000D_
 6)	Quais as medidas judiciais cabíveis estão sendo tomadas para resguardar o erário?_x000D_
 7)	Qual o prazo real para todo esse trâmite de nova licitação em meses?</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2352/67_-_requerimento_17-04-2023_-_onibus_escolar_pitangueiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2352/67_-_requerimento_17-04-2023_-_onibus_escolar_pitangueiras.pdf</t>
   </si>
   <si>
     <t>•	Ônibus  da linha Pirangueiras: _x000D_
 - Enviar ao setor responsável: Educação e Frota Municipal. _x000D_
 - Superlotação ônibus que faz a linha até o bairro Pitangueiras.</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2353/68_-_requerimento_17-04-2023_-_manutencao_estrada_barra.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2353/68_-_requerimento_17-04-2023_-_manutencao_estrada_barra.pdf</t>
   </si>
   <si>
     <t>Estrada da Barra:_x000D_
 - Ao setor que responde pelas estradas e rodagem._x000D_
 - Informar quando a máquina irá fazer manutenções na Barra.</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2354/69_-_requerimento_17-04-2023_-_manutencao_estrada_jabuticabal.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2354/69_-_requerimento_17-04-2023_-_manutencao_estrada_jabuticabal.pdf</t>
   </si>
   <si>
     <t>•	Bairro jabuticabal:_x000D_
 - Enviar ao setor de obras e rodagem:_x000D_
 - Estrada do bairro Jaboticabal.</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2355/70_-_requerimento_17-04-2023_-_evento_gospel.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2355/70_-_requerimento_17-04-2023_-_evento_gospel.pdf</t>
   </si>
   <si>
     <t>•	Seja enviado ao departamento de Cultura e Turismo:_x000D_
 - Elaboração de algum evento gospel.</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2356/77_-_requerimento_17-04-2023_-_informacao_adicional_insalubridade_agentes_comunitarios.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2356/77_-_requerimento_17-04-2023_-_informacao_adicional_insalubridade_agentes_comunitarios.pdf</t>
   </si>
   <si>
     <t>Reitera o requerimento encaminhado no dia 20 de março de 2023, o qual não foi respondido até a presente data – “que esclareça a situação do pagamento do adicional de insalubridade para os Agentes Comunitários de Saúde do nosso município, tendo em vista que a Emenda Constitucional nº 120/2022, referendada pelo laudo técnico das condições ambientais de trabalho elaborado por solicitação da Prefeitura Municipal no ano de 2015, determinou o pagamento de adicional de insalubridade aos referidos profissionais.”</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2357/66_-_requerimento_17-04-2023_-_informacoes_sobre_revisao_do_plano_de_cargos_prefeitura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2357/66_-_requerimento_17-04-2023_-_informacoes_sobre_revisao_do_plano_de_cargos_prefeitura.pdf</t>
   </si>
   <si>
     <t>Sejam prestadas informações acerca dos estudos realizados para a elaboração de Projeto de Lei que contemplará o novo PLANO DE CARGOS, CARREIRAS E VENCIMENTOS do Funcionalismo da Prefeitura Municipal, anunciado pela Prefeitura Municipal, há exatamente um ano atrás, em vídeo com a presença do Prefeito e Vice-Prefeito Municipal. _x000D_
 Na resposta a ser encaminhada, esclarecer:_x000D_
 1)	Qual o órgão ou comissão responsável pela realização deste estudo? _x000D_
 2)	Houve a expedição de alguma normativa que regulamentou essa atribuição? Se sim, indica-la._x000D_
 3)	Foi instaurado processo administrativo para o levantamento de dados que visem a elaboração de um novo PCCV? Se sim, encaminhar cópia integral do mesmo._x000D_
 4)	Foi realizada a contratação de alguma assessoria para este fim? Se sim, encaminhar os dados desta contratação, como o processo licitatório e contrato firmado._x000D_
 5)	Quais são as informações e resultados deste estudo, mesmo que ainda parciais?_x000D_
 6)	Qual a previsão para que este projeto seja encaminhado par</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2358/78_-_requerimento_17-04-2023_-_manutencao_veiculos_transporte_escolar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2358/78_-_requerimento_17-04-2023_-_manutencao_veiculos_transporte_escolar.pdf</t>
   </si>
   <si>
     <t>Que promova a melhoria do transporte escolar, realizando a manutenção com urgência de alguns veículos, destacando o ônibus (foto em anexo) que faz a linha do bairro São José ao Lar das Crianças que está com um vidro quebrado, colocando em risco a segurança dos alunos, sendo necessário a manutenção imediata do veículo ou a troca do veículo a fim de promover a segurança dos nossos alunos.</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2363/71_-_requerimento_28-04-2023_-_estrada_bairro_lagoa_acesso_maria_da_fe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2363/71_-_requerimento_28-04-2023_-_estrada_bairro_lagoa_acesso_maria_da_fe.pdf</t>
   </si>
   <si>
     <t>Que, por meio do setor responsável pelas estradas, seja tomadas providências quanto à necessidade de manutenção na estrada do bairro Lagoa, trecho de acesso ao município de Maria da Fé.</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2365/72_-_requerimento_28-04-2023_-_estrada_bairro_posses.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2365/72_-_requerimento_28-04-2023_-_estrada_bairro_posses.pdf</t>
   </si>
   <si>
     <t>Que, por meio do setor responsável, seja realizada manutenção em todas as estradas do bairro Posses.</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2366/47_-_requerimento_24-04-2023_-_limpeza_pista_de_caminhada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2366/47_-_requerimento_24-04-2023_-_limpeza_pista_de_caminhada.pdf</t>
   </si>
   <si>
     <t>Que seja retirada a terra que está sobre trecho da pista de Caminhada “Amado José da Silva, o Amadinho Afonso”, haja vista que, devido às últimas chuvas, novamente houve acúmulo de terra em um trecho da pista.</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2367/79_-_requerimento_27-04-2023_-_informacao_quantidade_candidatos_concurso_-_antes_da_prorrogacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2367/79_-_requerimento_27-04-2023_-_informacao_quantidade_candidatos_concurso_-_antes_da_prorrogacao.pdf</t>
   </si>
   <si>
     <t>Que a Comissão Organizadora do Concurso Público e a Banca Examinadora do Concurso informe qual era a quantidade de candidatos que teriam feito a inscrição na data inicial prevista no Edital, até 22/02/2023 e que informe a quantidade de candidatos por vagas.</t>
   </si>
   <si>
     <t>2368</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2368/80_-_requerimento_27-04-2023_-_melhorias_estrada_pedrao_para_linha_onibus_itajuba.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2368/80_-_requerimento_27-04-2023_-_melhorias_estrada_pedrao_para_linha_onibus_itajuba.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: Em conversa com os moradores do bairro Pedrão, zona rural do município de Pedralva-MG, informaram que sempre existiu uma linha de ônibus até o bairro (empresa particular com 3 horários por dia) e que os moradores utilizavam para se deslocarem aos Municípios de Maria da Fé e Itajubá, porém essa linha foi encerrada, tendo em vista que necessita de uma manutenção no trecho de estrada para melhorar a passagem do transporte coletivo. Por esse motivo, solicito ao Poder Executivo que tome as medidas necessárias para que seja retornada a linha de ônibus no referido bairro, caso seja necessário que entre em diálogo com a Empresa prestadora do serviço de transporte e também com o Município de Maria Fé para viabilizar uma parceria entre os municípios para realizar a manutenção no referido trecho de estrada, haja vista que a população utilizava diariamente do transporte coletivo.</t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2369/81_-_requerimento_27-04-2023_-_monitor_para_veiculos_escolar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2369/81_-_requerimento_27-04-2023_-_monitor_para_veiculos_escolar.pdf</t>
   </si>
   <si>
     <t>Que os veículos destinados ao transporte escolar possam contar com a presença de monitores treinados para auxiliar no embarque e desembarque das crianças e garantir sua segurança durante o trajeto.</t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2370/67_-_requerimento_27-04-2023_-_controle_jornada_servidores.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2370/67_-_requerimento_27-04-2023_-_controle_jornada_servidores.pdf</t>
   </si>
   <si>
     <t>Requeremos a V. Exa., o envio desta solicitação ao Prefeito Municipal:_x000D_
 1)	Informar como é efetuado o controle de jornada dos servidores da Prefeitura, indicando em quais setores este controle ainda é feito manualmente, por meio de folha de ponto, e onde é feito por meio eletrônico;_x000D_
 2)	Justificar as razões do controle de jornada ser feito de forma eletrônica em alguns setores e de forma manual em outros;_x000D_
 3)	O Estatuto dos Funcionários Públicos do Município trata superficialmente sobre o tema, remetendo em muitos casos a regulamentos. Por isso, questiona-se: Há alguma normativa, como um Decreto, por exemplo, que regulamente as regras para o controle de jornada na Administração Municipal? Se sim, encaminhar cópia;_x000D_
 4)	Com relação ao controle de jornada manual, quem são os responsáveis de cada setor para realizar esse controle? É este funcionário quem encaminha ao setor de pessoal as horas extras realizadas pelos servidores que chefia?_x000D_
 5)	Há regime de banco de horas na Administração Municip</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2371/68_-_requerimento_27-04-2023_-_manutencao_estrada_pedra_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2371/68_-_requerimento_27-04-2023_-_manutencao_estrada_pedra_pedrao.pdf</t>
   </si>
   <si>
     <t>Seja feita a MANUTENÇÃO EMERGENCIAL da estrada de ACESSO À PEDRA DO PEDRÃO, com a correção dos trechos prejudicados pelas chuvas, sobretudo limpando/refazendo as saídas de água e com a colocação de materiais que garantirão durabilidade na manutenção realizada.</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2372/17_-_requerimento_27-04-2023_-_justifica_falta_sessao_do_dia_17-04-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2372/17_-_requerimento_27-04-2023_-_justifica_falta_sessao_do_dia_17-04-2023.pdf</t>
   </si>
   <si>
     <t>Justifica falta na reunião ordinária do dia 17 de abril de 2023</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2376/48_-_requerimento_02-05-2023_-_canalizacao_nair_bustamante_-_sindicato.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2376/48_-_requerimento_02-05-2023_-_canalizacao_nair_bustamante_-_sindicato.pdf</t>
   </si>
   <si>
     <t>Que o setor de obra fiscalize a obra de canalização de água de chuva do Loteamento Nair Bustamante, trecho que passa dentro do parque de exposições, emita um relatório técnico e encaminhe aos donos do loteamento e a construtora responsável pela obra, cobrando medidas urgentes, haja vista a situação assustadora que presenciei no local.</t>
   </si>
   <si>
     <t>2377</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2377/49_-_requerimento_02-05-2023_-_corrego_bica_-_sindicato.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2377/49_-_requerimento_02-05-2023_-_corrego_bica_-_sindicato.pdf</t>
   </si>
   <si>
     <t>Que o setor de obras da prefeitura realize, com urgência, a limpeza do córrego que corre dentro do parque de exposições, próximo à divisa com várias residências situadas na parte baixa do Bairro Bica.</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2378/50_-_requerimento_02-05-2023_-_estrada_alecrim_-_chicuta.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2378/50_-_requerimento_02-05-2023_-_estrada_alecrim_-_chicuta.pdf</t>
   </si>
   <si>
     <t>Que o setor de obras realize manutenção na estrada do Bairro Alecrim, trecho que inicia logo após a propriedade do senhor “Chicuta” e segue até a ponte na divisa dos Municípios de Pedralva e Cristina. Esse trecho encontra-se com muito mato, tanto nas beiradas como no leito da via, e buracos.</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2379/51_-_requerimento_02-05-2023_-_estrada_sertaozinho_-_herculano.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2379/51_-_requerimento_02-05-2023_-_estrada_sertaozinho_-_herculano.pdf</t>
   </si>
   <si>
     <t>Que o setor de obras realize manutenção na estrada do Bairro Sertãozinho, dando maior atenção ao trecho próximo à propriedade do senhor Herculano, que se encontra mais precário.</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2382/52_-_requerimento_02-05-2023_-_rua_dona_inacia_-_calcamento_-_contramao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2382/52_-_requerimento_02-05-2023_-_rua_dona_inacia_-_calcamento_-_contramao.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável, sejam tomadas as seguintes providências com relação à Rua Dona Inácia Macedo:_x000D_
 1)	Consertar o buraco que formou no trecho em frente ao consultório odontológico da dentista Kelly Tribst de Campos; e_x000D_
 2)	Tornar contramão o trecho que inicia onde a Rua Dona Inácia Macêdo é cortada pelas ruas Xavier Lisboa e Pedro Monti e segue atravessando a rua Casemiro Osório finalizando no ponto que encontra com a rua Coronel Machado.</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2383/69_-_requerimento_02-05-2023_-_estrada_jabuticabal.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2383/69_-_requerimento_02-05-2023_-_estrada_jabuticabal.pdf</t>
   </si>
   <si>
     <t>Seja feita a MANUTENÇÃO EMERGENCIAL da ESTRADA DO BAIRRO JABUTICABAL, especialmente na PONTE LOCALIZADA PRÓXIMA À SANTA CRUZ, realizando ainda a LIMPEZA DO AMONTOADO de terra que novamente veio a desmoronar sobre a via.</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2384/70_-_requerimento_02-05-2023_-_lixeira_sertaozinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2384/70_-_requerimento_02-05-2023_-_lixeira_sertaozinho.pdf</t>
   </si>
   <si>
     <t>Seja instalada LIXEIRA NO BAIRRO SERTÃOZINHO, próximo do início da estrada que dá acesso à residência do Sr. Carlinho.</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2385/71_-_requerimento_02-05-2023_-_manutencao_quadra_sertaozinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2385/71_-_requerimento_02-05-2023_-_manutencao_quadra_sertaozinho.pdf</t>
   </si>
   <si>
     <t>Seja feita a MANUTENÇÃO EMERGENCIAL da QUADRA ESPORTIVA DO BAIRRO SERTÃOZINHO, com a pintura, limpeza do mato e correção do alambrado e redes das traves dos gols.</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2386/72_-_requerimento_02-05-2023_-_manutencao_estrada_sertaozinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2386/72_-_requerimento_02-05-2023_-_manutencao_estrada_sertaozinho.pdf</t>
   </si>
   <si>
     <t>Seja feita a MANUTENÇÃO EMERGENCIAL das estradas do BAIRRO SERTÃOZINHO, com a correção dos trechos prejudicados pelas chuvas, sobretudo limpando/refazendo as saídas de água e com a colocação de materiais que garantirão durabilidade na manutenção realizada.</t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2387/40_-_requerimento_02-05-2023_-_manutencao_estrada_vintem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2387/40_-_requerimento_02-05-2023_-_manutencao_estrada_vintem.pdf</t>
   </si>
   <si>
     <t>Que seja feita a devida manutenção na estrada do bairro vintém. São muitos buracos que vêm danificando veículos, sendo um trecho pequeno, fácil de solucionar. Também há a necessidade  de roçagem das margens, já que o mato está invadindo a estrada.</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2388/41_-_requerimento_02-05-2023_-_contratar_servico_terceirizado_rocar_e_podar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2388/41_-_requerimento_02-05-2023_-_contratar_servico_terceirizado_rocar_e_podar.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável, seja analisada a possibilidade de ser contratados serviços terceirizados para o roçagem e podas de árvores para o município.</t>
   </si>
   <si>
     <t>2390</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>João Batista Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2390/73_-_requerimento_02-05-2023_-_manutencao_estrada_estiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2390/73_-_requerimento_02-05-2023_-_manutencao_estrada_estiva.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável, seja feita manutenções das estradas de acesso ao bairro estiva, onde encontra-se um trecho que o bueiro necessita urgente de manutenção.</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2391/74_-_requerimento_02-05-2023_-_calcamento_paulino_e_manutencao_estradas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2391/74_-_requerimento_02-05-2023_-_calcamento_paulino_e_manutencao_estradas.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável, seja informado as seguintes demandas:_x000D_
 - Calçamento não bairro Paulino; e_x000D_
 - Manutenção nas estradas do bairro.</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2392/47_-_requerimento_02-05-2023_-_estrada_alecrim.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2392/47_-_requerimento_02-05-2023_-_estrada_alecrim.pdf</t>
   </si>
   <si>
     <t>reiterando solicitação feita através do requerimento apresentado na sessão ordinária realizada em 7 de março de 2023, pedindo que realize manutenção na estrada vicinal do bairro Alecrim, melhorando a situação de alguns pontos críticos de estrada que necessitam de reparo urgente.</t>
   </si>
   <si>
     <t>2393</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2393/82_-_requerimento_02-05-2023_-_esf_vintem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2393/82_-_requerimento_02-05-2023_-_esf_vintem.pdf</t>
   </si>
   <si>
     <t>2394</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2394/53_-_requerimento_02-05-2023_-_urgencia_especial_pl_15-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2394/53_-_requerimento_02-05-2023_-_urgencia_especial_pl_15-2023.pdf</t>
   </si>
   <si>
     <t>Solicita a votação, em regime de URGÊNCIA ESPECIAL, do Projeto de Lei nº 015, de 2023 “Autoriza a prorrogação dos contratos por tempo determinado para atender a necessidade temporária de excepcional interesse público, a que se refere as Leis Municipais nº 1.846, de 30/04/2021, nº 1.907, de 28/04/2022 e nº 1.955, de 27/10/2022, e dá outras providências”.</t>
   </si>
   <si>
     <t>2396</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2396/54_-_requerimento_08-05-2023_-_bueiro_estrada_bela_vista_-_paulinho_correa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2396/54_-_requerimento_08-05-2023_-_bueiro_estrada_bela_vista_-_paulinho_correa.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável, seja feita a limpeza do bueiro localizado na estrada do Bairro Bela Vista, de acesso ao Bairro Posses, em frente à propriedade do senhor “Paulino Correia”, que se encontra entupido e a água correndo pela estrada.</t>
   </si>
   <si>
     <t>2397</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2397/55_-_requerimento_08-05-2023_-_bueiro_inicio_rua_coronel_machado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2397/55_-_requerimento_08-05-2023_-_bueiro_inicio_rua_coronel_machado.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável, seja feita a limpeza do bueiro localizado no início da Rua Coronel Machado, nas proximidades da Praça Delfim Moreira e da Rodovia MG-347, que se encontra entupido.</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2399/42_-_requerimento_08-05-2023_-_bairro_castelhamo_-_pedido_vivian.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2399/42_-_requerimento_08-05-2023_-_bairro_castelhamo_-_pedido_vivian.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável, seja encontrada uma solução urgente no bairro castelhano, como exponho a seguir: Na época das chuvas foi solicitado para a moradora, Sra. Vivian, permissão para fazer um rasgo para drenagem da água que estava alagando a estrada. A moradora se prontificou a permitir desde que não fosse afetada em sua propriedade e a água fosse escoada. Contudo, esse serviço foi feito pela metade e o resultado é que está alagando a propriedade, impedindo aos moradores de acessar o imóvel e trazendo prejuízos. Que, conforme foi acordado com a prefeitura, que seja feito o restante do rasgo de drenagem, pois já estão ocorrendo prejuízos no local, devido à água parada.</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2400/56_-_requerimento_08-05-2023_-_estrada_entrada_igreja_bairro_paulino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2400/56_-_requerimento_08-05-2023_-_estrada_entrada_igreja_bairro_paulino.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja colocado cascalho na estrada de entrada da Igreja do Bairro Paulino Paixão, que se encontra com valetas em seu leito, precisando que sejam tampadas para facilitar a passagem de veículos.</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2401/75_-_requerimento_08-05-2023_-_transporte_estudante_parte_manha_anhumas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2401/75_-_requerimento_08-05-2023_-_transporte_estudante_parte_manha_anhumas.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável seja informado e respondido as seguintes questões:_x000D_
 1.	Por qual motivo o transporte escolar que faz o período matutino do bairro Anhumas tem passado tão cedo, em média 05:50 da manhã?_x000D_
 2.	Qual a possibilidade de refazer essa rota ( mudando o horário), pois os alunos estão chegando muito cedo na escola.</t>
   </si>
   <si>
     <t>2402</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2402/83_-_requerimento_08-05-2023_-_limpeza_margens_rodovia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2402/83_-_requerimento_08-05-2023_-_limpeza_margens_rodovia.pdf</t>
   </si>
   <si>
     <t>Que seja tomada as devidas providências para a execução da roçada e limpeza das margens da rodovia, no trecho próximo a entrada do bairro Corrêas, tendo em vista que existe uma concentração de mato a margens da rodovia que dificulta a visão dos motoristas e dos próprios pedestres de avistarem os veículos que estão vindo na rodovia sentido Itajubá/Pedralva e Pedralva/Itajubá.</t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2425/57_-_requerimento_15-05-2023_-_academia_sabara_-_portas_e_letreiro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2425/57_-_requerimento_15-05-2023_-_academia_sabara_-_portas_e_letreiro.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável, sejam substituídas as portas dos banheiros da Academia de Saúde Sabará, localizada no Bairro Bica, e que seja trocada a placa de identificação da academia, que está com a pintura apagada.</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2426/58_-_requerimento_15-05-2023_-_manutencao_brinquedos_parquinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2426/58_-_requerimento_15-05-2023_-_manutencao_brinquedos_parquinho.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável, seja feita a devida manutenção nos brinquedos do parquinho, localizado ao lado do Clube Operário, que apresentam partes quebradas ou faltando.</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2427/59_-_requerimento_15-05-2023_-_manutencao_estrada_estiva-lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2427/59_-_requerimento_15-05-2023_-_manutencao_estrada_estiva-lagoa.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja feita manutenção em toda extensão da estrada municipal que liga o Bairro Estiva ao Bairro Lagoa, fazendo a limpeza dos bueiros, a roçagem do mato nas beiradas, a limpeza das sarjetas por onde água corre e tampando os buracos e valetas que se formaram no leito da via.</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2428/60_-_requerimento_15-05-2023_-_manutencao_estrada_rocinha_-_jose_vitor.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2428/60_-_requerimento_15-05-2023_-_manutencao_estrada_rocinha_-_jose_vitor.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja feita manutenção na estrada do Bairro Rocinha, dando atenção para o trecho próximo à propriedade do senhor José Vitor, onde precisa ser aterrado.</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2429/61_-_requerimento_15-05-2023_-_manutencao_trechos_estrada_furnas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2429/61_-_requerimento_15-05-2023_-_manutencao_trechos_estrada_furnas.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja feita manutenção nos trechos da estrada do Bairro Furnas, que estão com buracos na via, como o trecho próximo à CarmoCoffees e próximo à propriedade do senhor Amauri, e seja retirada a terra que se encontra amontoada na beirada da estrada.</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2430/62_-_requerimento_15-05-2023_-_manutencao_estrada_e_ponte_anhumas_-_chico_ze.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2430/62_-_requerimento_15-05-2023_-_manutencao_estrada_e_ponte_anhumas_-_chico_ze.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja feita manutenção na estrada do Bairro Anhumas, que inicia em frente à casa de materiais de Construção “Carvilas” e segue até encontrar com a Avenida Antonio Firmino Ferreira Neto. Precisa ser feito o nivelamento da via, tapando os buracos e valetas, ser construído bueiro no início da via e ser trocado um pranchão da ponte.</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2431/63_-_requerimento_15-05-2023_-_placa_ponto_taxi_rua_coronel_canuto.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2431/63_-_requerimento_15-05-2023_-_placa_ponto_taxi_rua_coronel_canuto.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável, seja colocada uma nova placa indicativa de ponto de táxi na Rua Coronel Canuto, sentido de subida.</t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>Fernanda Christiane Tomé Torres, Jerson Papi de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2435/11_-_requerimento_15-05-2023_-__coleta_lixo_cafarnaum.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2435/11_-_requerimento_15-05-2023_-__coleta_lixo_cafarnaum.pdf</t>
   </si>
   <si>
     <t>Providenciar para que o departamento responsável pela coleta do lixo tome as medidas necessárias e envie funcionários para retirar o lixo no Bairro Cafarnaum.</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2436/76_-_requerimento_15-05-2023_-_manutencao_ruas_jose_dantos_marques_e_pedro_monti.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2436/76_-_requerimento_15-05-2023_-_manutencao_ruas_jose_dantos_marques_e_pedro_monti.pdf</t>
   </si>
   <si>
     <t>Que, por intermédio do setor responsável, seja feita manutenções nas ruas:_x000D_
 -Rua José dos Santos Marques; e_x000D_
 -Rua Pedro Monti</t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2437/77_-_requerimento_15-05-2023_-_faixa_elevada_rua_pedro_monti.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2437/77_-_requerimento_15-05-2023_-_faixa_elevada_rua_pedro_monti.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimentos já apresentados nesta Casa, solicitando que, através do setor de obras, sejam construídas faixas elevadas na Rua Pedro Monti.</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2438/43_-_requerimento_15-05-2023_-_manutencao_estrada_pitangueiras_de_cima.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2438/43_-_requerimento_15-05-2023_-_manutencao_estrada_pitangueiras_de_cima.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja feita manutenção na estrada do Bairro Pitangueiras de cima, onde foi feita uma manutenção nas estradas, mas ficaram as entradas das propriedades, especialmente no último ponto, que está bem ruim e, caso ocorra alguma chuva, os moradores não conseguirão transitar.</t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2439/44_-_requerimento_15-05-2023_-_faixa_elevada_rua_odilon_souza.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2439/44_-_requerimento_15-05-2023_-_faixa_elevada_rua_odilon_souza.pdf</t>
   </si>
   <si>
     <t>Que, através do setor competente, seja analisada a viabilidade técnica para colocação de uma faixa elevada na Rua Odilon Souza, localizada no Parque Residencial Cláudio Bustamante, para diminuir a velocidade dos veículos e facilitar o trânsito dos pedestres naquele local.</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2440/73_-_requerimento_15-05-2023_-_casa_do_telefone_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2440/73_-_requerimento_15-05-2023_-_casa_do_telefone_pedrao.pdf</t>
   </si>
   <si>
     <t>Que o espaço conhecido como “CASA DO TELEFONE”, localizado no BAIRRO PEDRÃO, seja disponibilizado para utilização pela comunidade para ATIVIDADES COMUNITÁRIAS, especialmente, para que a ministração das AULAS DE CATEQUESE, anteriormente realizadas na sede da antiga escola do Bairro, mas que teve ser descontinuada, pois neste passaram a ser realizados os atendimentos da Estratégia Saúde da Família.</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2442/64_-_requerimento_15-05-2023_-_solicita_urgencia_especial_pl_20-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2442/64_-_requerimento_15-05-2023_-_solicita_urgencia_especial_pl_20-2023.pdf</t>
   </si>
   <si>
     <t>Requerendo a votação, em regime de URGÊNCIA ESPECIAL, do Projeto de Lei nº 020, de 2023 “Abre ao orçamento do Município de Pedralva para o exercício de 2023, crédito suplementar no valor de R$ 1.088.213,20, para reforço de dotação orçamentária, e dá outras providências”.</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2444/65_-_requerimento_22-05-2023_-_faixa_elevada_bairro_paulino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2444/65_-_requerimento_22-05-2023_-_faixa_elevada_bairro_paulino.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja analisada a possibilidade de ser construída uma faixa elevada no início da estrada do Bairro Paulino Paixão, próximo ao mercadinho do Márcio Pereira e a poucos metros da residência do senhor “Neti”.</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2445/66_-_requerimento_22-05-2023_-_cascalho_trechos_bairra_pedra_batista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2445/66_-_requerimento_22-05-2023_-_cascalho_trechos_bairra_pedra_batista.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja cascalhado e colocado pedras nos trechos mais críticos da estrada do Bairro Pedra Batista.</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2446/67_-_requerimento_22-05-2023_-_ponte_rua_jose_monti_sobrinho_e_rua_nei_augusto_-_bela_vista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2446/67_-_requerimento_22-05-2023_-_ponte_rua_jose_monti_sobrinho_e_rua_nei_augusto_-_bela_vista.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, sejam feitos os reparos necessários na ponte localizada no final da Rua José Monti Sobrinho e limpeza e construção de passeio na Rua Nei Augusto Ribeiro, locais que se encontram com barreiras caídas nas laterais, situados no Bairro Bela Vista.</t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2447/72_-_requerimento_22-05-2023_-_estrada_tamandua.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2447/72_-_requerimento_22-05-2023_-_estrada_tamandua.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja feita manutenção em trecho da estrada do Bairro Tamanduá, que inicia próximo ao “Bar da Fátima” e segue dividida em uma bifurcação que dá acesso para várias residências.</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2448/68_-_requerimento_22-05-2023_-_manutencao_estrada_usina_pedrao_-_robson.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2448/68_-_requerimento_22-05-2023_-_manutencao_estrada_usina_pedrao_-_robson.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja feita manutenção em trecho da estrada do Bairro Usina Pedrão, localizado próximo ao barracão de bananas do Robson e de uma ponte, sentido Bairro Pipa.</t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2449/69_-_requerimento_22-05-2023_-_manutencao_estrada_lavouras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2449/69_-_requerimento_22-05-2023_-_manutencao_estrada_lavouras.pdf</t>
   </si>
   <si>
     <t>Que o setor de obras dedique uma semana de trabalho para manutenção nas estradas de lavoura de café, banana e laranja do nosso município.</t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2450/70_-_requerimento_22-05-2023_-_lamina_arrasto.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2450/70_-_requerimento_22-05-2023_-_lamina_arrasto.pdf</t>
   </si>
   <si>
     <t>Que seja adquirida uma lâmina de arrasto para ser utilizada no trator da prefeitura, para fazer a manutenção das estradas de lavouras dos produtores rurais.</t>
   </si>
   <si>
     <t>2451</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2451/71_-_requerimento_22-05-2023_-_bairro_jabuticabal_-_estrada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2451/71_-_requerimento_22-05-2023_-_bairro_jabuticabal_-_estrada.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja feita manutenção no trecho da estrada do Bairro Jabuticabal, iniciando onde termina o calçamento, seguindo até a Santa Cruz, passando em frente à propriedade do saudoso senhor Márcio Barros e seguindo a esquerda pelo local conhecido por “morro grande” até chegar na rodovia, e seja retirada a barreira que caiu no trecho da mesma estrada, próximo à residência dos familiares da saudosa Senhora Orminda.</t>
   </si>
   <si>
     <t>2452</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2452/49_-_requerimento_22-05-2023_-_sinalizar_rodovia_-_alecrim_pedra_batista_furnas_e_divisa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2452/49_-_requerimento_22-05-2023_-_sinalizar_rodovia_-_alecrim_pedra_batista_furnas_e_divisa.pdf</t>
   </si>
   <si>
     <t>Que sejam sinalizados trechos da Rodovia MG-347, com a colocação de placa indicativas das entradas para os Bairros Alecrim, Pedra Batista, Furnas e Divisa.</t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2453/12_-_requerimento_22-05-2023_-__piso_enfermagem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2453/12_-_requerimento_22-05-2023_-__piso_enfermagem.pdf</t>
   </si>
   <si>
     <t>a) Elaboração e apresentação à Câmara Municipal, com urgência, de um projeto de lei a fim de promover a adequação do vencimento-base dos cargos e funções públicas de profissionais de enfermagem do Município (enfermeiros, técnicos e auxiliares de enfermagem), conforme os valores do Piso Salarial Nacional dessas categorias, estabelecidos pela Lei no 14.434/2022, lei esta cuja vigência foi validada por decisão do Ministro Roberto Barroso, do STF, exarada no último dia 15 de maio na ADI n° 7222 MC/DF, e que determina os seguintes valores mínimos de vencimento-base:_x000D_
 - Enfermeiros: 			R$ 4.750,00;_x000D_
 - Técnicos de Enfermagem: 	R$ 3.325,00;_x000D_
 - Auxiliares de Enfermagem: 	R$ 2.375,00._x000D_
 b) Que o novo vencimento seja pago a partir do mês de maio de 2023, pois, conforme a Lei federal 14.581/2023 e a Portaria n° 597/2023 do Ministério da Saúde, o governo federal iniciará neste mês o repasse dos valores destinados ao cumprimento do piso salarial, sendo que para Pedralva o valor no ano de 2023 será de R$</t>
   </si>
   <si>
     <t>2454</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2454/54_-_requerimento_22-05-2023_-_esgoto_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2454/54_-_requerimento_22-05-2023_-_esgoto_lagoa.pdf</t>
   </si>
   <si>
     <t>Que a prefeitura tome providências a respeito da rede de esgoto do Bairro Lagoa, fazendo o serviço da maneira correta, com tubulação adequada, passando a rede pela rua, facilitando manutenções, e fazendo a ligação do esgoto desde as casas até a tubulação principal.</t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2455/78_-_requerimento_22-05-2023_-_monitor_onibus_escolar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2455/78_-_requerimento_22-05-2023_-_monitor_onibus_escolar.pdf</t>
   </si>
   <si>
     <t>Que seja data atenção e tomadas providências quanto à necessidade urgente de se colocar monitores dentro dos ônibus escolares.</t>
   </si>
   <si>
     <t>2456</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2456/74_-_requerimento_22-05-2023_-_manutencao_estradas_estriva_belo_ramo_cafarnaum_santo_antonio_e_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2456/74_-_requerimento_22-05-2023_-_manutencao_estradas_estriva_belo_ramo_cafarnaum_santo_antonio_e_lagoa.pdf</t>
   </si>
   <si>
     <t>Realizar a manutenção das estradas de acesso aos BAIRROS ESTIVA, BELO RAMO, CASTELHANO, CAFARNAUM, SANTO ANTÔNIO E LAGOA, como na subida pelo Bairro Serrinha que se encontra com grande dificuldade de tráfego.</t>
   </si>
   <si>
     <t>2457</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2457/75_-_requerimento_22-05-2023_-_coleta_lixo_lixeiras_zona_rural_-cronograma_coleta_lixo_-_colocacao_de_lixeiras_metalicas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2457/75_-_requerimento_22-05-2023_-_coleta_lixo_lixeiras_zona_rural_-cronograma_coleta_lixo_-_colocacao_de_lixeiras_metalicas.pdf</t>
   </si>
   <si>
     <t>Realizar, por meio de força tarefa, COLETA DOS RESÍDUOS SÓLIDOS DEPOSITADOS NAS LIXEIRAS DA ZONA RURAL, que ainda não foram coletados pelo serviço de limpeza pública, como por exemplo, no Bairro da Cafarnaum, conforme a foto em anexo;_x000D_
 Encaminhar o atual CRONOGRAMA DE COLETA NA ZONA RURAL, indicando os dias e horários em que são feitas;_x000D_
 Realizar a colocação de LIXEIRAS METÁLICAS nos bairros rurais, que ainda não as dispõe, podendo seguir o modelo que segue em anexo, bem como, a construção de ABRIGOS para as mesmas, opção recomendável sob o aspecto visual e ambiental.</t>
   </si>
   <si>
     <t>2458</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2458/76_-_requerimento_22-05-2023_-_bairro_lagoa_-__campo_futebol_vestiario_canos_da_rede_mestre_de_esgoto.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2458/76_-_requerimento_22-05-2023_-_bairro_lagoa_-__campo_futebol_vestiario_canos_da_rede_mestre_de_esgoto.pdf</t>
   </si>
   <si>
     <t>Sejam realizadas as seguintes melhorias no BAIRRO LAGOA:_x000D_
 1) AMPLIAÇÃO e NIVELAMENTO DO CAMPO DE FUTEBOL aproveitando toda área pertencente à Prefeitura, REALIZANDO AINDA A INSTALAÇÃO DE VESTIÁRIOS E OUTRAS MELHORIAS;_x000D_
 2)SUBSTITUIÇÃO DOS CANOS DE PVC DA REDE MESTRE DE ESGOTO POR MANILHAS, uma vez frequentemente esta rede fica entupida, causando mau cheiro, risco de contaminação e transtornos ocasionados pela volta da água pelos ralos das residências.</t>
   </si>
   <si>
     <t>2459</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2459/77_-_requerimento_22-05-2023_-_estrada_acesso_estiva_belo_ramo_castelhano_cafarmaum_santo_antonio_e_lagoa_serrinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2459/77_-_requerimento_22-05-2023_-_estrada_acesso_estiva_belo_ramo_castelhano_cafarmaum_santo_antonio_e_lagoa_serrinha.pdf</t>
   </si>
   <si>
     <t>2460</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2460/78_-_requerimento_22-05-2023_-_vestiario_campo_futebol_pedra_preta.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2460/78_-_requerimento_22-05-2023_-_vestiario_campo_futebol_pedra_preta.pdf</t>
   </si>
   <si>
     <t>Construção de VESTIÁRIOS para o campo de futebol e de ÁREA DE LAZER no BAIRRO PEDRA PRETA</t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2461/48_-_requerimento_22-05-2023_-_der_-_quebra-molas_ou_lombadas_rodovia_bairro_rezende.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2461/48_-_requerimento_22-05-2023_-_der_-_quebra-molas_ou_lombadas_rodovia_bairro_rezende.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Diretor-Geral e às unidades competentes do DER-MG (Departamento de Edificações e Estradas de Rodagem de Minas Gerais), a necessidade da tomada da seguinte providência de segurança viária e de interesse público, que ora solicita:_x000D_
 - Implantação de ondulações transversais de trânsito (quebra-molas ou lombadas) para redução de velocidade de veículos na rodovia MG-347, sendo um próximo à Escola Municipal João Batista de Oliveira e outro no Bairro Rezende, km 37, em frente ao ponto de ônibus.</t>
   </si>
   <si>
     <t>2478</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2478/73_-_requerimento_05-06-2023_-_pintura_banco_delegacia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2478/73_-_requerimento_05-06-2023_-_pintura_banco_delegacia.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável, sejam nivelado, feita a limpeza e pintado o pé do banco que se encontra instalado na entrada da Delegacia de Polícia Civil, sejam pintadas com resina as pedras São Tomé do muro em frente ao prédio, e seja trocada uma telha da cobertura que está com a beira quebrada.</t>
   </si>
   <si>
     <t>2479</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2479/74_-_requerimento_05-06-2023_-_bueiro_estrada_contendas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2479/74_-_requerimento_05-06-2023_-_bueiro_estrada_contendas.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, sejam feitos os reparos necessários no bueiro localizado na estrada de acesso ao Bairro Contendas, alguns metros antes do portão principal de entrada para a propriedade do senhor “Milo Monti”. Precisa ser feita a cabeça do bueiro com pedras, ser colocadas as manilhas no local e ser aterrado.</t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2480/75_-_requerimento_05-06-2023_-_estrada_contendas_-_cava_funda.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2480/75_-_requerimento_05-06-2023_-_estrada_contendas_-_cava_funda.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, sejam realizados os seguintes serviços na estrada do Bairro Contendas, local conhecido como “cava funda”:_x000D_
 1)	Consertar a “cabeça da ponte”, em uma das laterais, que está cedendo e formando buracos no local; e_x000D_
 2)	Aterrar trecho da estrada que está muito abaixo do nível das saídas de água, de forma que a água das chuvas possa ser escoada pelas laterais.</t>
   </si>
   <si>
     <t>2481</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2481/76_-_requerimento_05-06-2023_-_pavimentacao_rua_jose_belmiro_monti.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2481/76_-_requerimento_05-06-2023_-_pavimentacao_rua_jose_belmiro_monti.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja feita recuperação da pavimentação da Rua José Belmiro Monti, trecho que inicia onde é cortada pela Rua Padre Marino e segue até encontrar com a Rua Dona Maria Cibele.</t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2484/45_-_requerimento_05-06-2023_-_pintura_e_sinalizacao_rodovia_mg_347.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2484/45_-_requerimento_05-06-2023_-_pintura_e_sinalizacao_rodovia_mg_347.pdf</t>
   </si>
   <si>
     <t>solicitação ao Departamento de Estradas de Rodagem do Estado de Minas Gerais (DER-MG): Pintura das faixas de sinalização e colocação dos devidos sinalizadores nas faixas, na rodovia MG-347. As faixas estão apagadas e com o inverno e a grande incidência de neblina, elas são extremamente importantes. Existe muito trânsito nesse local nas primeiras horas da manhã e a questão de segurança para usuários da rodovia, para evitar acidentes.</t>
   </si>
   <si>
     <t>2485</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2485/46_-_requerimento_05-06-2023_-_estrada_cubataozinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2485/46_-_requerimento_05-06-2023_-_estrada_cubataozinho.pdf</t>
   </si>
   <si>
     <t>Que seja feita manutenção nas estradas do bairro Cubatãozinho, que estão cheias de buracos fundos e a máquina da prefeitura foi ao local e arrumou somente um morro. É preciso organização da prefeitura para que o cronograma seja cumprido integralmente no bairro, evitando deslocamento desnecessário, ou seja, se vai até um bairro, fazer uma visita prévia, levantar os pontos necessários e voltar para dar toda a manutenção necessária.</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>Paulo Henrique de Faria, Vicente Vanildo do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2486/47_-_requerimento_05-06-2023_-_reivindicacoes_moradores_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2486/47_-_requerimento_05-06-2023_-_reivindicacoes_moradores_lagoa.pdf</t>
   </si>
   <si>
     <t>Que sejam atendidas as reivindicações dos moradores do Bairro Lagoa, a saber:_x000D_
 1.	Solução em definitivo para a rede de esgoto do bairro._x000D_
 2.	Estradas em péssimas condições, que inviabiliza acesso de moradores, tanto quanto de turistas religiosos e causa prejuízo aos produtores rurais. Não é possível a chegada de veículos grandes, como ônibus de excursão._x000D_
 3.	 Água potável, buscar soluções para água para uso da população._x000D_
 4.	Local para a recreação e lazer dos moradores, principalmente das crianças._x000D_
 5.	Posto odontológico para atender a população. _x000D_
 6.	Farmácia para atender com alguns medicamentos mais simples e dentro da possibilidade de uma pequena farmácia.</t>
   </si>
   <si>
     <t>2487</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2487/48_-_requerimento_05-06-2023_-_residuo_asfalto_rua_poeta_utilizar_nas_estradas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2487/48_-_requerimento_05-06-2023_-_residuo_asfalto_rua_poeta_utilizar_nas_estradas.pdf</t>
   </si>
   <si>
     <t>Que o resíduo do asfalto que está sendo retirado da rua poeta João Carneiro de Rezende, obra iniciada hoje dia 5 de junho, seja reutilizado nos pontos mais críticos das estradas rurais, dando outra utilidade para esse resíduo, conforme a indicação de minha autoria, apresentada em 5 de setembro de 2022, onde já fiz essa solicitação para a destinação do resíduo asfáltico.</t>
   </si>
   <si>
     <t>2488</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Aline de Fátima Silva Guedes, Claudio de Lima Lopes, Fernanda Christiane Tomé Torres, João Batista Machado Filho, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2488/79_-_requerimento_05-06-2023_-_piso_salarial_enfermagem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2488/79_-_requerimento_05-06-2023_-_piso_salarial_enfermagem.pdf</t>
   </si>
   <si>
     <t>Que seja cumprida e implementada a Emenda Constitucional nº 124/2022, que instituiu o PISO SALARIAL NACIONAL DA ENFERMAGEM, encaminhando a esta Casa, PROJETO DE LEI que vise refixar o vencimento dos profissionais Enfermeiros, Técnicos de Enfermagem e Auxiliares de Enfermagem, bem como  sejam informado: 1)O Executivo já recebeu o repasse salarial para cumprimento do Piso da Enfermagem, de que trata a Portaria GM/MS nº 597, de 12 de maio de 2023?2)Se não, há uma previsão para recebimento do repasse?3)O valor de R$106.940,89 é suficiente para pagamento no ano de 2023 do piso de todos os profissionais enfermeiros, técnicos de enfermagem e auxiliares de enfermagem? Se não, qual será o valor a será complementado pelo Município?4)Também há a previsão de repasse de recursos a entidades filantrópicas que atendem ao menos 60% de seus pacientes pelo SUS. Este repasse será via Fundo Municipal de Saúde com transferência pela Prefeitura? 5)Além deste repassea Prefeitura pretende complementar ...</t>
   </si>
   <si>
     <t>2489</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2489/80_-_requerimento_05-06-2023_-_quadra_esportiva_bairro_estiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2489/80_-_requerimento_05-06-2023_-_quadra_esportiva_bairro_estiva.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a CONSTRUÇÃO DE QUADRA ESPORTIVA NO BAIRRO ESTIVA.</t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2490/81_-_requerimento_05-06-2023_-_ruas_jose_belmiro_rio_branco_e_jose_de_oliveira.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2490/81_-_requerimento_05-06-2023_-_ruas_jose_belmiro_rio_branco_e_jose_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Que os diretores da SECRETARIA DE OBRAS, COORDENADORIA DE DEFESA CIVIL E RESPONSÁVEL PELA ENGENHARIA DA PREFEITURA, realizem VISITA TÉCNICA ÀS RUAS RIO JOSÉ BELMIRO MONTI/ RIO BRANCO E JOSÉ DE OLIVEIRA LOPES, no BAIRRO SÃO JOSÉ, para verificação das melhores medidas a serem tomadas para correção das enxurradas que descem pela Rua Belmiro Monti, e não possuem rede de captação adequada, o que tem causado frequentes danos na pavimentação das ruas citadas acima, bem como, tem invadido residências. Que seja encaminhado RELATÓRIO TÉCNICO desta visita; Uma vez identificadas as causas para esta realidade, que sejam REALIZADAS OBRAS para se evitar/minimizar o risco de desastres naturais.</t>
   </si>
   <si>
     <t>2491</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2491/50_-_requerimento_05-06-2023_-_utilizar_material_retirado_rua_poeta_nas_estradas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2491/50_-_requerimento_05-06-2023_-_utilizar_material_retirado_rua_poeta_nas_estradas.pdf</t>
   </si>
   <si>
     <t>Que o material que está sendo retirado da Rua Poeta João Carneiro de Rezende seja enviado aos bairros rurais, principalmente para colocação em locais mais íngremes, como Alecrim, Lagoa, Pedrão, Balaio e Posses.</t>
   </si>
   <si>
     <t>2492</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2492/84_-_requerimento_05-06-2023_-_manutencao_estradas_floresta_belo_ramo_santo_antonio_estiva_lagoa_pitangueiras_rocinha_pipa_e_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2492/84_-_requerimento_05-06-2023_-_manutencao_estradas_floresta_belo_ramo_santo_antonio_estiva_lagoa_pitangueiras_rocinha_pipa_e_pedrao.pdf</t>
   </si>
   <si>
     <t>Que realize a manutenção das estradas dos seguintes bairros: Floresta, Belo Ramo, Santo Antônio, Estiva, Lagoa, Pitangueiras, Rocinha, Pipa e Pedrão. Tendo em vista que com a chuva da semana passada as estradas dos referidos bairros ficaram intransitáveis, sendo necessário que o serviço da Patrol seja em conjunto com o serviço de cascalhamento e colocação de pedras, para que assim, resolva a situação da concentração de barro e buracos, bem como, que seja realizado a limpeza das saídas de água, bueiros e manilhas. Destacando que em alguns trechos das nossas estradas apenas o serviço da Patrol não é suficiente e precisa do cascalhamento e colocação de pedras para que assim resolva a situação.</t>
   </si>
   <si>
     <t>2494</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2494/82_-_requerimento_05-06-2023_-manutencao_estradas_rurais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2494/82_-_requerimento_05-06-2023_-manutencao_estradas_rurais.pdf</t>
   </si>
   <si>
     <t>Seja feita a MANUTENÇÃO DAS ESTRADAS RURAIS que foram DANIFICADAS COM AS CHUVAS da última semana, especialmente nos trechos onde se ACUMULARAM BARRO, ainda que as chuvas tenham sido de pouco volume. _x000D_
 Obs 1. Destarte, que esta MANUTENÇÃO SEJA EFETIVA, e não apenas com patrolamento, devendo ser feita com técnica e com a colocação de materiais que garatam durabilidade à manutenção. _x000D_
 Obs. 2. Além disso, que seja realizada com PROGRAMAÇÃO e que esta privelegie os locais em piores condições.</t>
   </si>
   <si>
     <t>2495</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>Fernanda Christiane Tomé Torres, Jerson Papi de Sousa, Paulo Henrique de Faria</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2495/14_-_requerimento_12-06-2023_-__pagamentos_prefeitura_a_casa_velhinhos_2022_e_2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2495/14_-_requerimento_12-06-2023_-__pagamentos_prefeitura_a_casa_velhinhos_2022_e_2023.pdf</t>
   </si>
   <si>
     <t>informações relativas aos repasses feitos à Associação Beneficente Geraldo Pinheiro Osório:_x000D_
 1)	Informar se, a partir da sanção da Lei federal no 14.434/2022, o Município de Pedralva promoveu algum aumento dos seus repasses em favor da entidade acima referida, destinado a contribuir para o pagamento do piso salarial dos profissionais da Enfermagem que lá trabalham;_x000D_
 2)	Em caso positivo, esclarecer quais foram os valores acrescidos, se foram concedidos em repasse único ou mensal, e se foram incorporados de maneira definitiva aos pagamentos;_x000D_
 3)	Em caso negativo, informar se a Prefeitura pretende conceder um reforço nos repasses concedidos a esta entidade para cobertura desse acréscimo de despesa necessária à sua manutenção, incidente a partir do mês de maio de 2023._x000D_
 - Se for o caso, informar se esse reforço será custeado com recursos próprios ou aproveitando-se parte do repasse advindo do Ministério da Saúde destinado à cobertura do piso salarial dos profissionais da Enfermagem._x000D_
 4)	.......</t>
   </si>
   <si>
     <t>2496</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2496/13_-_requerimento_12-06-2023_-__pagamentos_prefeitura_a_santa_casa_2022_e_2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2496/13_-_requerimento_12-06-2023_-__pagamentos_prefeitura_a_santa_casa_2022_e_2023.pdf</t>
   </si>
   <si>
     <t>informações relativas aos pagamentos efetuados pela Prefeitura à Santa Casa de Misericórdia de Pedralva nos anos de 2022 e 2023:_x000D_
 1)	Informar se, a partir da sanção da Lei federal no 14.434/2022, o Município de Pedralva promoveu algum aumento dos seus pagamentos em favor da Santa Casa de Pedralva destinado a contribuir para o pagamento do piso salarial dos profissionais da Enfermagem;_x000D_
 2) 	Em caso positivo, esclarecer quais foram os valores acrescidos, se foram concedidos em repasse único ou mensal, e se foram incorporados de maneira definitiva aos pagamentos;_x000D_
 3)	Informar se existe algum entendimento, formal ou não, entre o Município e a direção da Santa Casa, visando à cobertura do aumento salarial dos profissionais da Enfermagem, relacionado à aplicação do piso salarial nacional, ou à concessão de recomposição salarial (reajuste anual de 2023);_x000D_
 4)5)6)7) ....</t>
   </si>
   <si>
     <t>2497</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2497/85_-_requerimento_05-06-2023_-_urgencia_especial_pl_12_21_e_22.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2497/85_-_requerimento_05-06-2023_-_urgencia_especial_pl_12_21_e_22.pdf</t>
   </si>
   <si>
     <t>Solicita a votação, em regime de URGÊNCIA ESPECIAL, dos seguintes Projetos de Lei:_x000D_
 1)	Projeto de Lei nº 012, de 2023 “Fixa diretrizes para a política municipal de atendimento às pessoas com Transtorno de Espectro Autista (TEA), Transtorno do Déficit de Atenção com Hiperatividade (TDAH), dislexia e outros transtornos de aprendizagem, institui a Carteira de Identificação de Pessoas com TEA, institui datas simbólicas e dá outras providências”;_x000D_
 2)	Projeto de Lei nº 021, de 2023 “Autoriza o Município de Pedralva conceder contribuição financeira a Associação de Pais e Amigos dos Excepcionais de Pedralva - APAE”; e_x000D_
 3)	Projeto de Lei nº 022, de 2023 “Autoriza o Município de Pedralva conceder contribuição financeira a Sociedade de Educação e Assistência Social Frei Orestes - S.E.A”.</t>
   </si>
   <si>
     <t>2500</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2500/77_-_requerimento_12-06-2023_-_ponte_pedrao_atalho_para_tamandua.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2500/77_-_requerimento_12-06-2023_-_ponte_pedrao_atalho_para_tamandua.pdf</t>
   </si>
   <si>
     <t>Que o setor de obra juntamente com o setor de engenharia da Prefeitura verifiquem, de imediato, a situação da ponte situada em trecho de estrada do Bairro Usina Pedrão, que serve como atalho para o Bairro Tamanduá, próximo à propriedade do senhor Dito Neto, que, aparentemente, apresenta problemas estruturais graves, precisando de uma avaliação técnica, pois, pelo que se nota, precisará ser interditada e ser feito os conserto que for necessário, de forma a dar segurança os que por ela trafegam.</t>
   </si>
   <si>
     <t>2501</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2501/78_-_requerimento_12-06-2023_-_ponte_rocinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2501/78_-_requerimento_12-06-2023_-_ponte_rocinha.pdf</t>
   </si>
   <si>
     <t>2502</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2502/79_-_requerimento_12-06-2023_-_bueiro_tamandua_-_ze_cassiano.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2502/79_-_requerimento_12-06-2023_-_bueiro_tamandua_-_ze_cassiano.pdf</t>
   </si>
   <si>
     <t>Que, através do Setor de Obras. seja feita a limpeza do bueiro localizado na estrada do Bairro Tamanduá, próximo à propriedade do senhor “Zé Cassiano”, que se encontra entupido.</t>
   </si>
   <si>
     <t>2503</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2503/80_-_requerimento_12-06-2023_-_fios_de_energia_eletrica_pedra_batista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2503/80_-_requerimento_12-06-2023_-_fios_de_energia_eletrica_pedra_batista.pdf</t>
   </si>
   <si>
     <t>Solicitando à Cemig providência com relação aos fios de energia da rede de energia elétrica do Bairro Pedra Batista, situados margeando a estrada, logo no início do bairro, aproximadamente 200 metros partindo da rodovia MG 347, que estão cobertos por galhos de árvore e em altura muito baixa.</t>
   </si>
   <si>
     <t>2504</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2504/81_-_requerimento_12-06-2023_-_estrada_pedra_batista_-_ze_til.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2504/81_-_requerimento_12-06-2023_-_estrada_pedra_batista_-_ze_til.pdf</t>
   </si>
   <si>
     <t>Realizar, através do setor de obras, manutenção em toda extensão da estrada do Bairro Pedra Batista, dando atenção ao trecho que inicia próximo à propriedade do senhor conhecido por “Zé Til” e segue até a venda, que se encontra mais danificado. A estrada precisa ser nivelada, cascalhada, ser feita a limpeza e conserto de bueiros e de saídas de água.</t>
   </si>
   <si>
     <t>2505</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2505/82_-_requerimento_12-06-2023_-_canalizacao_agua_chuva_-_lagoa_-_em_frente_esf.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2505/82_-_requerimento_12-06-2023_-_canalizacao_agua_chuva_-_lagoa_-_em_frente_esf.pdf</t>
   </si>
   <si>
     <t>Reiterando solicitação ao Prefeito, para que, através do setor de obras, seja realizado serviço de canalização da água de chuva em uma rua do Bairro Lagoa, trecho  em frente à sede da Estratégia Saúde da Família. E que, após ser feita a canalização, que faça a pintura das paredes externas da sede da ESF, que ficaram sujas com o barro levado pela água da chuva.</t>
   </si>
   <si>
     <t>2506</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2506/49_-_requerimento_12-06-2023_-_estrada_barra_mansa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2506/49_-_requerimento_12-06-2023_-_estrada_barra_mansa.pdf</t>
   </si>
   <si>
     <t>Que, através do departamento responsável, seja feita a manutenção e conservação da estrada do bairro Barra Mansa. Moradores estão relatando muitos buracos e muito mato invadindo a estrada, tornando complicada a passagem de veículos e pessoas.</t>
   </si>
   <si>
     <t>2507</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2507/50_-_requerimento_12-06-2023_-_aumento_efetivo_da_policia_militar_em_pedralva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2507/50_-_requerimento_12-06-2023_-_aumento_efetivo_da_policia_militar_em_pedralva.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Comando da Polícia Militar que seja aumentado o efetivo de Policiais Militares do município de Pedralva. E diante da situação de pouco efetivo da PM na cidade, solicito reintegração ao serviço do sargento Benedito Silvestre, que se encontra aposentado e pode voltar a ativa. E que, se possível, seja enviado para Pedralva.</t>
   </si>
   <si>
     <t>2508</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2508/51_-_requerimento_12-06-2023_-_copasa_-_rede_esgoto_rua_poeta_joao_carneiro_de_resende.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2508/51_-_requerimento_12-06-2023_-_copasa_-_rede_esgoto_rua_poeta_joao_carneiro_de_resende.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Gerentes local e regional da COPASA-MG, providências e informações sobre o seguinte problema relacionado a serviço público de sua responsabilidade:_x000D_
 - Que seja realizado o imediato conserto na canalização da rede de esgotos sanitários na Rua Poeta João Carneiro de Resende, no centro de Pedralva, que se encontra com entupimento grave, já detectado e noticiado à referida concessionária desde o dia 07 de junho;_x000D_
 - Que seja informada a razão da demora na realização deste serviço de reparação da rede de esgoto, cuja necessidade já se manifestou 5 dias antes da apresentação deste requerimento, e que envolve uma situação de elevada repercussão, devido ao local em que ocorreu (centro da cidade) e ao grande quantitativo de residências, estabelecimentos e pessoas afetados direta e indiretamente.</t>
   </si>
   <si>
     <t>2509</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2509/83_-_requerimento_12-06-2023_-informacoes_sobre_doacao_de_fraldas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2509/83_-_requerimento_12-06-2023_-informacoes_sobre_doacao_de_fraldas.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal:_x000D_
 Que seja esclarecido se o Município tem realizado a doação de fraldas com fundamento na Lei Municipal nº 1.873/23, que dispõe sobre o fornecimento de fraldas descartáveis a idosos e pessoas com deficiência._x000D_
 a)	Se nenhuma doação ocorreu, justificar este cenário._x000D_
 b)	Se as doações estiverem ocorrendo, informar por que o benefício tem sido negado aos idosos abrigados em instituições de longa permanência, mesmo àqueles que se enquadram nos critérios de baixa renda.</t>
   </si>
   <si>
     <t>2510</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2510/84_-_requerimento_12-06-2023_-_melhorias_na_sede_amabavicc.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2510/84_-_requerimento_12-06-2023_-_melhorias_na_sede_amabavicc.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal:_x000D_
 Que seja verificada promovidas melhorias estruturais na sede da Associação de Moradores e Amigos dos Bairros Anhumas, Cubatão, Cubatãozinho e Vintém, a AMABAVICC, instalada em prédio cedido pela Prefeitura, com o fim de se garantir melhor atendimento da Estratégia Saúde da Família que é realizado no local. _x000D_
 Obs. A associação se deixou aberta à possibilidade de formalização de parceria para a realização da reforma.</t>
   </si>
   <si>
     <t>2511</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2511/85_-_requerimento_12-06-2023_-_sonorizador_rodovia_mg347_proximo_carvilas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2511/85_-_requerimento_12-06-2023_-_sonorizador_rodovia_mg347_proximo_carvilas.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal:_x000D_
 Que seja instalado SONORIZADOR no sentido de chegada à Pedralva, metros antes do quebra molas instalado na RODOVIA MG-347, em frente à loja de materiais de construção Carvilas, melhorando assim, a sinalização do local._x000D_
 Obs. O presente requerimento é encaminhado ao Poder Executivo, uma vez que todas as intervenções realizadas na rodovia foram realizadas pela própria Prefeitura.</t>
   </si>
   <si>
     <t>2512</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2512/86_-_requerimento_12-06-2023_-_informacao_construcao_creche_municipal.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2512/86_-_requerimento_12-06-2023_-_informacao_construcao_creche_municipal.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal:_x000D_
 Que informe sobre o andamento da obra de construção da Creche Municipal no bairro Bica, informando a respectiva data de sua conclusão e a data da sua inauguração.</t>
   </si>
   <si>
     <t>2515</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2515/83_-_requerimento_19-06-2023_-_reqeuerimento_copasa_-_vazamento_de_agua_-_rua_sao_sebastiao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2515/83_-_requerimento_19-06-2023_-_reqeuerimento_copasa_-_vazamento_de_agua_-_rua_sao_sebastiao.pdf</t>
   </si>
   <si>
     <t>solicitando ao coordenador local e ao gerente regional da Copasa: Realizar os procedimentos necessários para solucionar o problema de vazamento de água na Rua São Sebastião e na Rua Afonso Vieira Machado, no Bairro São José, nesta cidade, sendo que o vazamento está ocorrendo faz vários dias, causando transtornos e prejudicando a via, além de estar havendo desperdício de água.</t>
   </si>
   <si>
     <t>2516</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2516/52_-_requerimento_19-06-2023_-_moscas_bairro_rocinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2516/52_-_requerimento_19-06-2023_-_moscas_bairro_rocinha.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: Que, através do Departamento de vigilância sanitária seja realizada uma ação imediata no bairro Rocinha, onde está ocorrendo uma infestação de moscas e mau cheiro muito forte, no inverno. No verão, com certeza, irá ficar pior. Recebi reclamação, de vários moradores, referente a essa questão. Solicito providências urgentes, por se tratar de saúde pública.</t>
   </si>
   <si>
     <t>2517</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2517/53_-_requerimento_19-06-2023_-_reforma_grupo_posses_para_atendimento_psf.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2517/53_-_requerimento_19-06-2023_-_reforma_grupo_posses_para_atendimento_psf.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: Que seja reformada uma sala no grupo escolar no bairro Posses para atendimento médico. Foi modificado o local do atendimento para a cidade, devido a falta de condições da sala no grupo escolar. Muitas pessoas não têm condições de ir até a cidade para o atendimento médico. Seja devido à idade avançada ou falta de meios de locomoção. É necessário somente a pintura e colocação de forro na sala, para evitar sujeira dos pássaros e uma boa limpeza, o que facilitaria a vida de muitos moradores. A maioria dos moradores do bairro prefere o atendimento no bairro.</t>
   </si>
   <si>
     <t>2518</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2518/54_-_requerimento_19-06-2023_-_cascalho_estrada_posses.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2518/54_-_requerimento_19-06-2023_-_cascalho_estrada_posses.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: Que seja colocado cascalho em alguns trechos das estradas do bairro Posses. Foi feita a manutenção com a máquina, porém, com a chuva e sem o cascalho, ficou crítica a situação.</t>
   </si>
   <si>
     <t>2519</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2519/84_-_requerimento_19-06-2023_-_manutencao_estrada_jabuticabal.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2519/84_-_requerimento_19-06-2023_-_manutencao_estrada_jabuticabal.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: Realizar, através do setor de obras, manutenção na estrada do Bairro Jabuticabal, com cascalhamento e limpeza das saídas de água, com atenção aos trechos mais críticos, localizados próximo à propriedade do “Luizinho” e do senhor Laércio até no Maurilio e, também, trecho partindo da propriedade dos familiares do saudoso Márcio Barros até chegar na rodovia.</t>
   </si>
   <si>
     <t>2520</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2520/79_-_requerimento_19-06-2023_-_ponto_de_onibus_divisa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2520/79_-_requerimento_19-06-2023_-_ponto_de_onibus_divisa.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: Que seja colocado ponto de ônibus (guarita) no bairro Divisa.</t>
   </si>
   <si>
     <t>2521</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2521/86_-_requerimento_19-06-2023_-_abrigo_passageiros_av._tancredo_neves.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2521/86_-_requerimento_19-06-2023_-_abrigo_passageiros_av._tancredo_neves.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: Reitera Requerimentos de nº 206/2022, 79/202, 147/2020, 293/2021 e 135/2022, para que seja instalado ABRIGO DE PASSAGEIROS, às margens da Av. Tancredo Neves, nos acessos da cidade próximos aos “LETREIROS” DE ACESSO pela Rua Dona Maria Cibele, no Bairro São José, e pelo trevo de acesso pela Rua Coronel Machado.</t>
   </si>
   <si>
     <t>2522</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2522/85_-_requerimento_19-06-2023_-_urgencia_especial_pl_25-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2522/85_-_requerimento_19-06-2023_-_urgencia_especial_pl_25-2023.pdf</t>
   </si>
   <si>
     <t>Solicita a votação, em regime de URGÊNCIA ESPECIAL, do Projeto de Lei nº 025, de 2023 “Altera dispositivos da Lei nº 1.978, de 17 de maio de 2023, e dá outras providências”.</t>
   </si>
   <si>
     <t>2523</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2523/86_-_requerimento_19-06-2023_-_copasa_-_rede_esgoto_loteamento_pinheirinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2523/86_-_requerimento_19-06-2023_-_copasa_-_rede_esgoto_loteamento_pinheirinho.pdf</t>
   </si>
   <si>
     <t>Solicita ao gerente local e ao coordenador regional da Copasa: Tomar as medidas necessárias, de forma urgente urgentíssima, para resolver o problema da rede de esgoto próximo à residência do Senhor conhecido por “João do Parque” e do depósito do "Paulinho Correa”, que está entupido e o esgoto vazando pela rua, localizados no “Loteamento Pinheirinho”.</t>
   </si>
   <si>
     <t>2524</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2524/87_-_requerimento_19-06-2023_-_cobrando_execucao_lei_municipal_1890-2021_-_cronograma_estradas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2524/87_-_requerimento_19-06-2023_-_cobrando_execucao_lei_municipal_1890-2021_-_cronograma_estradas.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: Que inicie a execução da LEI 1.890/2021 que dispõe sobre a criação do Cronograma de Manutenção das Estradas Rurais do Município de Pedralva e dá outras providências, apresentando mensalmente a Câmara Municipal de Pedralva o Cronograma de Manutenção das estradas rurais, bem como, divulgando o Cronograma de Manutenção das estradas rurais, em seus meios de comunicações, tendo em vista que a Ação Direta de Inconstitucionalidade (ADI) Nº 1.0000.22.041926-1/000, ajuizada pelo Prefeito Municipal perante ao Tribunal de Justiça do Estado de Minas Gerais foi julgada improcedente em Fevereiro de 2023. Informando desde já, que o não cumprimento da Lei, afrontará o Princípio da Legalidade que rege a Administração Pública, podendo assim, o Chefe do Poder Executivo ser responsabilizado criminalmente e administrativamente.</t>
   </si>
   <si>
     <t>2525</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2525/88_-_requerimento_19-06-2023_-_manutencao_estradas_furnas_barra_paulino_pedra_batista_e_contendas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2525/88_-_requerimento_19-06-2023_-_manutencao_estradas_furnas_barra_paulino_pedra_batista_e_contendas.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal: Que realize a manutenção das estradas dos seguintes bairros: Furnas, Barra, Paulino, Pedra Batista e Contendas (próximo a residência do Senhor Odair José, também conhecido por “Pilão”), sendo necessário que o serviço da Patrol (patrolamento) seja em conjunto com o serviço de cascalhamento e colocação de pedras, para que assim, resolva a situação da concentração de barro e buracos, bem como, que seja realizado a limpeza das saídas de água, bueiros e manilhas. Destacando que em alguns trechos das nossas estradas apenas o serviço da Patrol não é suficiente e precisa do cascalhamento e colocação de pedras para que assim resolva a situação.</t>
   </si>
   <si>
     <t>2571</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2571/87_-_requerimento_26-06-2023_-_reitera_requerimento_estrada_alecrim_-_neuza.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2571/87_-_requerimento_26-06-2023_-_reitera_requerimento_estrada_alecrim_-_neuza.pdf</t>
   </si>
   <si>
     <t>reiterando ao Prefeito solicitação feita em 25 de abril de 2023:_x000D_
 1)	Que o setor de obras realize manutenção na estrada do Bairro Alecrim, trecho que inicia logo após a propriedade do senhor “Chicuta” e segue até a ponte na divisa dos Municípios de Pedralva e Cristina. Esse trecho encontra-se com muito mato, tanto nas beiradas como no leito da via, e buracos._x000D_
 2)	Que realize os serviços necessários com relação a dois buracos que se formaram em frente à propriedade do “Guto”, no Bairro Alecrim, pois estão praticamente no meio da estrada.</t>
   </si>
   <si>
     <t>2572</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2572/88_-_requerimento_26-06-2023_-_estradas_sertaozinho_e_cubataozinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2572/88_-_requerimento_26-06-2023_-_estradas_sertaozinho_e_cubataozinho.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que, através do setor de obras, sejam realizadas algumas melhorias necessárias nas estradas dos Bairros Sertãozinho e Cubatãozinho, a saber:_x000D_
 1.	No Bairro Sertãozinho: Precisa finalizar o serviço que foi iniciado, fazendo a troca das manilhas de alguns bueiros e realizando manutenção na parte que ainda não foi atendida, dando atenção ao trecho próximo à propriedade do senhor Herculano._x000D_
 2.	Bairro Cubatãozinho: Precisa finalizar o serviço de manutenção que foi iniciado, de forma que seja feita em toda extensão da estrada daquele bairro, fazendo saídas de água, como a que é necessária, em frente à propriedade do senhor conhecido por “Tira Fogo”, e construir bueiro em frente à propriedade do senhor Gilmar. Também fazer manutenção na estrada que desce em frente à associação e arrumar a ponte que acesso à propriedade da senhora Celeste e outros moradores.</t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2573/89_-_requerimento_26-06-2023_-_melhorias_estrada_bairro_posses.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2573/89_-_requerimento_26-06-2023_-_melhorias_estrada_bairro_posses.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que, através do setor de obras, sejam realizadas algumas melhorias necessárias nas estradas do Bairro Posses, a saber:_x000D_
 1.	Aterrar a curva situada próxima à propriedade do senhor Roberto, curva conhecida como “Curva do Roberto”;_x000D_
 2.	Aumentar um pouco mais o aterro feito próximo à propriedade do senhor Marcelo e cascalhar ou colocar pedra de rio neste trecho de estrada;_x000D_
 3.	Cascalhar ou colocar pedra de rio no trecho de estrada próximo à propriedade da senhora Iracema;_x000D_
 4.	Aterrar e fazer acabamento com pedras no trecho entre a propriedade do senhor Joaquim Correa e a propriedade do senhor Havaí;_x000D_
 5.	Retirar os troncos de árvores que estão caídos em alguns pontos da estrada;_x000D_
 6.	Realizar as melhorias que forem necessárias em trechos que for constatada a necessidade.</t>
   </si>
   <si>
     <t>2574</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2574/90_-_requerimento_26-06-2023_-_troca_cano_esgoto_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2574/90_-_requerimento_26-06-2023_-_troca_cano_esgoto_lagoa.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja trocada parte da tubulação da rede de esgoto do bairro Lagoa, na rua onde está localizada a escola municipal, substituindo a parte que é construída com tubos de 4 polegadas por tubos de 6 polegadas.</t>
   </si>
   <si>
     <t>2575</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2575/91_-_requerimento_26-06-2023_-_manutencao_pontos_de_onibus.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2575/91_-_requerimento_26-06-2023_-_manutencao_pontos_de_onibus.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que, através do setor de obras, seja feita manutenção nos pontos de ônibus existentes nas margens da Rodovia MG-347, trecho que passa pelo município de Pedralva (Rezende, Angu, Pedra Batista, Furnas, Rocinha, Anhumas, Vintém e Paulino), a saber: Pintura dos abrigos e melhoria na área em frente aos abrigos, onde o passageiro embarca e desembarca.</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2576/55_-_requerimento_26-06-2023_-der_-_embarque_gardenia_na_rodoviaria.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2576/55_-_requerimento_26-06-2023_-der_-_embarque_gardenia_na_rodoviaria.pdf</t>
   </si>
   <si>
     <t>Solicitando ao DER MG:  Que notifique a empresa de transportes Gardênia para que faça o embarque e desembarque de passageiros na rodoviária de Pedralva, em todos os horários. Em alguns horários esse embarque e desembarque está sendo realizado na margem da MG 347, ocasionando muitos transtornos aos usuários, principalmente para idosos e crianças.</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2577/56_-_requerimento_26-06-2023_-der_-_poda_arvores_rodovia_mg_347.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2577/56_-_requerimento_26-06-2023_-der_-_poda_arvores_rodovia_mg_347.pdf</t>
   </si>
   <si>
     <t>Solicitando ao DER MG:  Que seja feita a poda das árvores e bambus nas margens da rodovia MG 347, entre os municípios de São José do Alegre até Cristina. Há muitas árvores adentrando a rodovia, podendo vir a causar acidentes.</t>
   </si>
   <si>
     <t>2578</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2578/57_-_requerimento_26-06-2023_-cascalho_estrada_pitangueiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2578/57_-_requerimento_26-06-2023_-cascalho_estrada_pitangueiras.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal:	Que seja colocado cascalho nas estradas do bairro Pitangueiras. Foi feita a manutenção com a máquina, porém, com a chuva e sem o cascalho, ficou crítica a situação. É preciso o cascalhamento urgente, visto que estamos em época de colheita de café.</t>
   </si>
   <si>
     <t>2579</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2579/87_-_requerimento_26-06-2023_-_cemig_-_visita_tecnica_bairro_corrego_fundo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2579/87_-_requerimento_26-06-2023_-_cemig_-_visita_tecnica_bairro_corrego_fundo.pdf</t>
   </si>
   <si>
     <t>Solicitando à CEMIG._x000D_
 1) Realize VISITA TÉCNICA AO BAIRRO CÓRREGO FUNDO para avaliar se existem PROBLEMAS NA DISTRIBUIÇÃO DE ENERGIA, pois, segundo relatam os moradores, em horários de maior consumo, os chuveiros das residências não estariam esquentando, ficando também prejudicado o uso de eletrodomésticos que exigem maior tensão elétrica._x000D_
 2) Da resposta ao presente expediente, solicitamos a indicação da possibilidade desta visita, bem como, do PRAZO PARA SUA REALIZAÇÃO._x000D_
 3) Desta visita técnica, solicitamos o encaminhamento do respectivo RELATÓRIO.</t>
   </si>
   <si>
     <t>2580</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2580/88_-_requerimento_26-06-2023_-_substituir_poste_energia_corrego_fundo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2580/88_-_requerimento_26-06-2023_-_substituir_poste_energia_corrego_fundo.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: Realize a SUBSTITUIÇÃO DOS POSTES DE ENERGIA INSTALADOS NA RUA ESTEVAM REZENDE LOPES, NO BAIRRO CÓRREGO FUNDO, que são de madeira, se encontrando alguns em elevado grau de deterioração, colocando em risco os moradores daquela comunidade.</t>
   </si>
   <si>
     <t>2581</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2581/80_-_requerimento_26-06-2023_-_festa_dia_das_criancas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2581/80_-_requerimento_26-06-2023_-_festa_dia_das_criancas.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: Realizar, através da Secretaria Municipal de Promoção Social uma festa no dia 12 de outubro ou outro dia que anteceda ou preceda este dia, para comemorar o Dia das Crianças.</t>
   </si>
   <si>
     <t>2582</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2582/81_-_requerimento_26-06-2023_-_fraldario_rodoviaria.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2582/81_-_requerimento_26-06-2023_-_fraldario_rodoviaria.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: Informar se é possível instalar fraldário nos banheiros públicos da rodoviária, tanto feminino como masculino. Se a resposta for positiva, informar quando poderá ser instalado. Se negativa, justificar o porquê.</t>
   </si>
   <si>
     <t>2584</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2584/92_-_requerimento_26-06-2023_-_urgencia_especial_pls_27_28_29_e_30.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2584/92_-_requerimento_26-06-2023_-_urgencia_especial_pls_27_28_29_e_30.pdf</t>
   </si>
   <si>
     <t>solicita a votação, em regime de URGÊNCIA ESPECIAL, dos seguintes Projetos de Lei: Projeto de Lei nº 027, de 2023; Projeto de Lei nº 028, de 2023; Projeto de Lei nº 029, de 2023 e Projeto de Lei nº 030, de 2023.</t>
   </si>
   <si>
     <t>2604</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2604/18_-_requerimento_07-08-2023_-_justifica_falta_sessao_do_dia_26-06-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2604/18_-_requerimento_07-08-2023_-_justifica_falta_sessao_do_dia_26-06-2023.pdf</t>
   </si>
   <si>
     <t>Justificando falta na sessão ordinária realizada no dia 26 de junho de 2023, às 19h15 e solicitando que seja reembolsado o valor descontado na folha de pagamento de junho de 2023.</t>
   </si>
   <si>
     <t>2605</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2605/93_-_requerimento_07-08-2023_-_manutencao_ruas_da_cidade_-_coronel_estevam_coronel_machado_jose_de_oliveira_sao_sebastiao_e_jose_belmiro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2605/93_-_requerimento_07-08-2023_-_manutencao_ruas_da_cidade_-_coronel_estevam_coronel_machado_jose_de_oliveira_sao_sebastiao_e_jose_belmiro.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja feito um levantamento das ruas da cidade que apresentam trechos em que o calçamento se encontra em condições críticas, precisando de manutenção, para que seja realizado um serviço de melhoramento nesses pontos. Sito, por exemplo, trecho da Rua Coronel Estevam de Rezende, próximo à residência do senhor Lourival; e trechos das Ruas Coronel Machado, José de Oliveira Lopes, São Sebastião e José Belmiro Monti, trecho que não é asfaltado.</t>
   </si>
   <si>
     <t>2606</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2606/94_-_requerimento_07-08-2023_-_caixa_de_agua_bairro_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2606/94_-_requerimento_07-08-2023_-_caixa_de_agua_bairro_lagoa.pdf</t>
   </si>
   <si>
     <t>Instalar uma caixa de água de 2.500 litros no bairro Lagoa e fornecer 300 m de mangueira de ¾, para ser canalizada a água da caixa até 10 residências.</t>
   </si>
   <si>
     <t>2607</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2607/95_-_requerimento_07-08-2023_-_terceirizar_mao_de_obra_para_colocacao_bloquetes_ruas_-_rua_geraldo_benedito_da_silva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2607/95_-_requerimento_07-08-2023_-_terceirizar_mao_de_obra_para_colocacao_bloquetes_ruas_-_rua_geraldo_benedito_da_silva.pdf</t>
   </si>
   <si>
     <t>2608</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2608/96_-_requerimento_07-08-2023_-_melhorias_estrada_pitangueiras_-_proximo_familiares_sr._moises_e_pitangueiras_de_cima.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2608/96_-_requerimento_07-08-2023_-_melhorias_estrada_pitangueiras_-_proximo_familiares_sr._moises_e_pitangueiras_de_cima.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, sejam realizadas melhorias nas estradas do Bairro Pitangueiras, a saber:_x000D_
 1)	Trecho de estrada próximo à propriedade dos familiares do saudoso senhor Moisés: Precisa ser alargada;_x000D_
 2)	Toda extensão da estrada da “Pitangueiras de Cima”: Precisa ser nivelada e cascalhada.</t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2609/97_-_requerimento_07-08-2023_-_retirar_barreira_estrada_jabuticabal.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2609/97_-_requerimento_07-08-2023_-_retirar_barreira_estrada_jabuticabal.pdf</t>
   </si>
   <si>
     <t>reiterando solicitação feita em 20 de março e em 19 de maio de 2023:_x000D_
 _x000D_
 •	Que, através do setor de obras, seja retirada a barreira que caiu no trecho da estrada do Bairro Jabuticabal, próximo à residência dos familiares da saudosa Senhora Orminda</t>
   </si>
   <si>
     <t>2610</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2610/58_-_requerimento_07-08-2023_-_manutancao_ruas_dona_miquita_cel_estevam_pedro_monti.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2610/58_-_requerimento_07-08-2023_-_manutancao_ruas_dona_miquita_cel_estevam_pedro_monti.pdf</t>
   </si>
   <si>
     <t>requerendo as providências à seguir:_x000D_
 •	Tenho recebido muitas reclamações em relação às ruas Dona Miquita, Cel Estevan Resende e Pedro Monti. São as ruas que estão recebendo o maior fluxo de trânsito, principalmente dos ônibus para acessar a rodoviária. Seguem pontos:_x000D_
 1)	Rua Dona Miquita são vários buracos no asfalto, que estão aumentando com o tempo, podendo com a deterioração impedir o trânsito no futuro._x000D_
 2)	Rua Cel. Estevan Resende esquina com Pedro Monti, um buraco grande, que está dificultando a passagem de veículos, principalmente os ônibus._x000D_
 3)	Rua Pedro Monti está com vários buracos, ondulações e pedras soltas na chegada da rodoviária.</t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2611/59_-_requerimento_07-08-2023_-_bairro_posses_-_cascalhamento_e_manutencao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2611/59_-_requerimento_07-08-2023_-_bairro_posses_-_cascalhamento_e_manutencao.pdf</t>
   </si>
   <si>
     <t>requerendo providências no bairro Posses:_x000D_
 _x000D_
 •	Cascalhamento em alguns pontos e em outros é necessária manutenção total, passar a máquina, fazer o desvio das águas e cascalhar.</t>
   </si>
   <si>
     <t>2612</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2612/60_-_requerimento_07-08-2023_-_bairro_sertaozinho_-_redutor_de_velocidade_estrada_proximo_venda_dona_ana.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2612/60_-_requerimento_07-08-2023_-_bairro_sertaozinho_-_redutor_de_velocidade_estrada_proximo_venda_dona_ana.pdf</t>
   </si>
   <si>
     <t>requerendo a seguinte  obra no bairro Sertãozinho:_x000D_
 _x000D_
 •	A instalação de um redutor de velocidade na estrada, próximo ao armazém da Dona Ana.</t>
   </si>
   <si>
     <t>2613</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2613/61_-_requerimento_07-08-2023_-_bairro_cubatao_-_conservacao_da_estrada_municipal.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2613/61_-_requerimento_07-08-2023_-_bairro_cubatao_-_conservacao_da_estrada_municipal.pdf</t>
   </si>
   <si>
     <t>requerendo a seguinte  providência no bairro Cubatão:_x000D_
 _x000D_
 •	Conservação da estrada municipal.</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2614/62_-_requerimento_07-08-2023_-_bairro_barra_-_conservacao_estrada_municipal.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2614/62_-_requerimento_07-08-2023_-_bairro_barra_-_conservacao_estrada_municipal.pdf</t>
   </si>
   <si>
     <t>requerendo a seguinte  providência no bairro Barra:_x000D_
 _x000D_
 •	Conservação da estrada municipal.</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2615/89_-_requerimento_07-08-2023_-_pavimentacao_estrada_bairro_sertaozinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2615/89_-_requerimento_07-08-2023_-_pavimentacao_estrada_bairro_sertaozinho.pdf</t>
   </si>
   <si>
     <t>Que sejam prestadas informações acerca da pavimentação que deverá ser realizada pela Prefeitura Municipal em trecho de estrada rural no Bairro Sertãozinho, que, segundo informado por moradores, passaria nas proximidades da venda da Sra. Sandra e residência do Sr. Tozé Barbêdo.</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2616/90_-_requerimento_07-08-2023_-_classificacao_geral_cargo_motorista_concurso_prefeitura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2616/90_-_requerimento_07-08-2023_-_classificacao_geral_cargo_motorista_concurso_prefeitura.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhada a classificação geral para o cargo de motorista no Concurso Público da Prefeitura de Pedralva, incluindo, neste caso, a lista classificatória daqueles que não se habilitaram para a realização da prova prática, ou seja, do 31º colocado em diante.</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2617/91_-_requerimento_07-08-2023_-_manutencao_estrutura_metalica_ponto_de_onibus_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2617/91_-_requerimento_07-08-2023_-_manutencao_estrutura_metalica_ponto_de_onibus_pedrao.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a manutenção, em CARÁTER DE URGÊNCIA, da ESTRUTURA METÁLICA DE PONTO DE ÔNIBUS no BAIRRO PEDRÃO.</t>
   </si>
   <si>
     <t>2627</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2627/98_-_requerimento_14-08-2023_-_manutencao_cemiterio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2627/98_-_requerimento_14-08-2023_-_manutencao_cemiterio.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja feita uma reforma no cemitério da cidade, com limpeza de todo o espaço, pintura do muro e do portão de entrada e demais melhorias que constatarem ser necessárias. Também é necessário retirar o entulho que está amontoado no lado de fora, na rua paralela ao portão de entrada.</t>
   </si>
   <si>
     <t>2628</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2628/92_-_requerimento_14-08-2023_-_urgencia_especial_pls_31_e_32_de_2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2628/92_-_requerimento_14-08-2023_-_urgencia_especial_pls_31_e_32_de_2023.pdf</t>
   </si>
   <si>
     <t>Solicita a tramitação, em regime de URGÊNCIA ESPECIAL, dos seguintes Projetos de Lei: Projeto de Lei nº 031, de 2023 “Abre, ao orçamento do Município de Pedralva para o exercício de 2023, Crédito Adicional Especial no valor de R$ 119.303,61 e dá outras providências”; e Projeto de Lei nº 032, de 2023 “Altera dispositivos da Lei nº 1.989, de 30 de junho de 2023, e dá outras providências”.</t>
   </si>
   <si>
     <t>2629</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2629/64_-_requerimento_14-08-2023_-_manutencao_bairro_tamandua..pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2629/64_-_requerimento_14-08-2023_-_manutencao_bairro_tamandua..pdf</t>
   </si>
   <si>
     <t>Tomar as devidas providências no bairro Tamanduá, devido a seguinte situação: com a chuva torrencial de fevereiro deste ano, as manilhas foram danificadas. É necessária manutenção, efetuando a troca das manilhas quebradas, que estão obstruindo a passagem da água, causando alagamento no acesso do morador à sua propriedade. Manilhas novas já se encontram no local, porém, até o momento, não foram trocadas. O morador enviou fotos (que seguem abaixo) e vídeo, que mostram a quantidade de água empossada, mesmo em período de estiagem.</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2635/63_-_requerimento_14-08-2023_-_rua_dr._macedo_-_manutencao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2635/63_-_requerimento_14-08-2023_-_rua_dr._macedo_-_manutencao.pdf</t>
   </si>
   <si>
     <t>Tomar as devidas providências na rua Dr. Macedo, bairro Jaboticabal. É necessária a manutenção de forma imediata e urgente, pois é a pior rua para transitar em Pedralva. Muitos buracos e ondulações.</t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2636/99_-_requerimento_14-08-2023_-_manutencao_calcamento_rua_frei_oreste_-_proximo_portao_da_creche.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2636/99_-_requerimento_14-08-2023_-_manutencao_calcamento_rua_frei_oreste_-_proximo_portao_da_creche.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja feita manutenção no calçamento da Rua Frei Orestes, em frente à entrada da creche municipal.</t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2637/100_-_requerimento_14-08-2023_-cemig_-_poda_de_arvore_rua_coronel_machado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2637/100_-_requerimento_14-08-2023_-cemig_-_poda_de_arvore_rua_coronel_machado.pdf</t>
   </si>
   <si>
     <t>Verificar a situação que se apresenta no final da Rua Coronel Machado, onde um galho de uma árvore está apoiado na fiação da rede pública de energia elétrica, podendo a fiação ser danificada devido ao peso, conforme se pode ver nas fotos que seguem abaixo</t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2638/89_-_requerimento_14-08-2023_-_manutencao_lixeira_bairro_paulino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2638/89_-_requerimento_14-08-2023_-_manutencao_lixeira_bairro_paulino.pdf</t>
   </si>
   <si>
     <t>Que realize a manutenção da Lixeira localizada no bairro Paulino Paixão, às margens da rodovia, na entrada que dá acesso ao bairro Correas, tendo em vista que a Lixeira está em precárias condições precisando urgente de uma manutenção, destacando que esta lixeira fica às margens da rodovia, portanto todos que passam naquele trecho observam as péssimas condições que se encontram a Lixeira.</t>
   </si>
   <si>
     <t>2639</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2639/90_-_requerimento_14-08-2023_-_manutencao_trecho_rua_frei_oreste_-_proximo_creche.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2639/90_-_requerimento_14-08-2023_-_manutencao_trecho_rua_frei_oreste_-_proximo_creche.pdf</t>
   </si>
   <si>
     <t>Que realize a manutenção de um trecho da Rua Frei Orestes Girardi no bairro Bica, localizado próximo da construção da Creche do Município, tendo em vista que o referido trecho da rua está com um grande buraco, dificultando o trânsito naquela localidade.</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2640/91_-_requerimento_14-08-2023_-_instalar_poste_iluminacao_ponto_onibus_bairro_paulino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2640/91_-_requerimento_14-08-2023_-_instalar_poste_iluminacao_ponto_onibus_bairro_paulino.pdf</t>
   </si>
   <si>
     <t>Que seja instalado um Poste de Iluminação próximo ao ponto de ônibus, localizado no bairro Paulino Paixão, às margens da rodovia, perto da Escola Municipal Carlos Ribeiro Filho, tendo em vista que diariamente muitos moradores esperam ônibus e demais conduções no referido ponto de ônibus, contudo no local não existe iluminação, o que prejudica o dia a dia dos moradores, assim, a fim de garantir mais segurança aos moradores que utilizam do referido Ponto de Ônibus, se faz necessário a instalação de um Poste de Iluminação no local.</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2643/101_-_requerimento_21-08-2023_-poste_sustentacao_placa_indicativa_em_frente_agropecuaria_claudinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2643/101_-_requerimento_21-08-2023_-poste_sustentacao_placa_indicativa_em_frente_agropecuaria_claudinho.pdf</t>
   </si>
   <si>
     <t>Providenciar para ser substituído o poste de sustentação da placa indicativa existente ao lado da “Casa do Agricultor São Judas Tadeu”, na Avenida Tancredo Neves, por um mais alto.</t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2644/103_-_requerimento_21-08-2023_-_estrada_cava_funda.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2644/103_-_requerimento_21-08-2023_-_estrada_cava_funda.pdf</t>
   </si>
   <si>
     <t>Providenciar, através do setor de obras, para ser feita manutenção na estrada situada na localidade conhecida como “Cava Funda” no bairro Contendas, o qual dá acesso aos bairros Segredo e Posses, sendo necessário aterrar a parte que está abaixo do nível dos terrenos laterais.</t>
   </si>
   <si>
     <t>2645</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2645/104_-_requerimento_21-08-2023_-_vazamento_de_agua_estrada_contendas_proximo_portao_milo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2645/104_-_requerimento_21-08-2023_-_vazamento_de_agua_estrada_contendas_proximo_portao_milo.pdf</t>
   </si>
   <si>
     <t>Providenciar, através do setor de obras, para ser verificado o vazamento de água em trecho da estrada do bairro Contendas, logo após o portão de entrada para da propriedade do senhor Milo Monti, que está causando danos à estrada, já tendo se formado um buraco no local.</t>
   </si>
   <si>
     <t>2646</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2646/105_-_requerimento_21-08-2023_-_manutencao_trechos_estrada_paulino_-_acesso_pinha_e_familia_dos_guerreiros.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2646/105_-_requerimento_21-08-2023_-_manutencao_trechos_estrada_paulino_-_acesso_pinha_e_familia_dos_guerreiros.pdf</t>
   </si>
   <si>
     <t>Providenciar, através do setor de obras, para ser feita manutenção em trechos da estrada do Bairro Paulino Paixão, a saber:_x000D_
 1) subida de acesso ao bairro Pinhal e;_x000D_
 2) trecho de acesso às propriedades dos familiares da família “Guerreiro”, do senhor Ademar, entre outras.</t>
   </si>
   <si>
     <t>2647</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2647/65_-_requerimento_21-08-2023_-_rampa_de_acesso_jardim_da_praca_da_matriz.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2647/65_-_requerimento_21-08-2023_-_rampa_de_acesso_jardim_da_praca_da_matriz.pdf</t>
   </si>
   <si>
     <t>Construção de uma rampa de acesso para cadeirantes e pessoas com dificuldade de locomoção para o jardim da cidade. Verifiquei que é praticamente impossível uma pessoa com algum tipo de dificuldade motora conseguir acessar o jardim em frente à Igreja de  São Sebastião. Que essa solicitação seja estendida a todos os prédios públicos de Pedralva, garantindo a acessibilidade de todos os moradores. Seguem fotos abaixo.</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2648/66_-_requerimento_21-08-2023_-_problemas_bairro_rocinha_-_ponte_e_estrada.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2648/66_-_requerimento_21-08-2023_-_problemas_bairro_rocinha_-_ponte_e_estrada.pdf</t>
   </si>
   <si>
     <t>Tomar providências, em caráter de emergência, dos seguintes problemas no Bairro Rocinha:_x000D_
 1)	Manutenção da ponte do bairro Rocinha, que se encontra em péssimas condições. Tábuas soltas e podres e sem proteção de guarda corpos. É realmente uma situação de emergência e a população do bairro está correndo riscos._x000D_
 2)	Manutenção das estradas do bairro, que se encontram bastante esburacadas. O bairro possui muitos moradores e muita gente está prejudicada com a situação. Seguem fotos abaixo.</t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2649/106_-_requerimento_21-08-2023_-_varios_servicos_na_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2649/106_-_requerimento_21-08-2023_-_varios_servicos_na_lagoa.pdf</t>
   </si>
   <si>
     <t>Que sejam realizados os seguintes serviços no bairro Lagoa:_x000D_
 1)	serviço de canalização da água de chuva em uma rua do Bairro Lagoa, trecho  em frente à sede da Estratégia Saúde da Família. E que, após ser feita a canalização, que faça a pintura das paredes externas da sede da ESF, que ficaram sujas com o barro levado pela água da chuva._x000D_
 2)	seja feita a saída de água e limpeza das beiradas na estrada que liga os bairros Estiva, Serrinha e Lagoa;_x000D_
 3)	seja feita a limpeza da área fechada do poço artesiano, no bairro Lagoa;_x000D_
 4)	seja fechado o buraco que foi aberto para conserto da rede de esgoto, estando a terra amontoada no local; e_x000D_
 5)	seja feita manutenção nos equipamentos da academia ao ar livre do bairro Lagoa, que se encontram quebrados.</t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2650/93_-_requerimento_21-08-2023_-_manilha_quebrada_estrada_pitangueiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2650/93_-_requerimento_21-08-2023_-_manilha_quebrada_estrada_pitangueiras.pdf</t>
   </si>
   <si>
     <t>Que seja realizada com URGÊNCIA a troca da MANILHA QUEBRADA E RECUPERAÇÃO de trecho da estrada vicinal do BAIRRO PITANGUEIRAS próximo à residência da Sra. Mariângela Vilas Boas, onde, dadas as circunstâncias, foi aberto um grande buraco, que tem causado um IMENSO RISCO DE ACIDENTE no local, conforme demonstram as fotografias abaixo. Emergencial, que seja IMEDIATAMENTE SINALIZADO o local, com a colocação de fitas zebradas, cavaletes e placas indicativas.</t>
   </si>
   <si>
     <t>2651</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2651/82_-_requerimento_21-08-2023_-_estrada_bairro_alecrim.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2651/82_-_requerimento_21-08-2023_-_estrada_bairro_alecrim.pdf</t>
   </si>
   <si>
     <t>Que seja realizado o cascalhamento, limpezas de saída de água e construção de bueiras nas estradas vicinais do BAIRRO ALECRIM. Solicitamos também a colocação de placas indicativas com o nome do bairro nas entradas de acesso ao BAIRRO ALECRIM.</t>
   </si>
   <si>
     <t>2656</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2656/102_-_requerimento_21-08-2023_-_pintura_quebra-molas_av._tancredo_neves_proximo_mercadinho_novo_horizonte.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2656/102_-_requerimento_21-08-2023_-_pintura_quebra-molas_av._tancredo_neves_proximo_mercadinho_novo_horizonte.pdf</t>
   </si>
   <si>
     <t>Providenciar para ser pintado o quebra-molas existente na Avenida Tancredo Neves, próximo ao Mercadinho "Novo Horizonte" e ser colocada placa indicativa no local. Também precisam ser verificados os demais quebra-molas existentes nesta avenida e ser pintados aqueles que estão sem pintura ou com a pintura desbotada.</t>
   </si>
   <si>
     <t>2664</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2664/107_-_requerimento_28-08-2023_-_alargar_curva_coracao_-_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2664/107_-_requerimento_28-08-2023_-_alargar_curva_coracao_-_lagoa.pdf</t>
   </si>
   <si>
     <t>Que os setores de obras e engenharia realizem um estudo para alargar a curva conhecida por “curva do coração”, no bairro Lagoa, no sentido vindo do Município de Maria da Fé, local onde ônibus encontram muita dificuldade para manobrar, e, após o estudo técnico, realizar o serviço que for necessário e possível, de forma a melhorar o acesso para veículos de grande porte.</t>
   </si>
   <si>
     <t>2665</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2665/108_-_requerimento_28-08-2023_-_limpeza_geral_bairro_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2665/108_-_requerimento_28-08-2023_-_limpeza_geral_bairro_lagoa.pdf</t>
   </si>
   <si>
     <t>Que o setor de obras realize uma limpeza geral no bairro Lagoa, roçando o mato, pintando meio fio, varrendo as ruas e demais serviços necessários, de forma a deixar o bairro ainda mais bonito para receber os visitantes que estarão naquela comunidade no dia 04 de novembro, quando a comunidade comemora o dia em homenagem à “Nossa Senhora Mãe Navegante”. Falta pouco mais de dois meses para esta festividade e já solicito esta providência, de forma que a prefeitura tenha tempo suficiente para realizar os serviços naquela comunidade.</t>
   </si>
   <si>
     <t>2666</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2666/109_-_requerimento_28-08-2023_-_vazamento_de_agua_rua_paiva_junior.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2666/109_-_requerimento_28-08-2023_-_vazamento_de_agua_rua_paiva_junior.pdf</t>
   </si>
   <si>
     <t>Solicitando à Copasa: Tomar providências com relação ao vazamento de água ou esgoto na Rua Paiva Júnior, próximo à casa de nº 88.</t>
   </si>
   <si>
     <t>2667</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2667/110_-_requerimento_28-08-2023_-_cascalhar_trechos_estrada_sertaozinho_pedra_batista_cubataozinho_e_posses_1.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2667/110_-_requerimento_28-08-2023_-_cascalhar_trechos_estrada_sertaozinho_pedra_batista_cubataozinho_e_posses_1.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, sejam cascalhados trechos das estradas dos bairros Sertãozinho, Pedra Batista, Cubatãozinho e Posses, onde a prefeitura esteve fazendo manutenção, porém alguns trechos ainda precisam ser cascalhados para que o serviço fique completo.</t>
   </si>
   <si>
     <t>2668</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2668/67_-_requerimento_28-08-2023_-_marcacao_das_vagas_estacionamento_ruas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2668/67_-_requerimento_28-08-2023_-_marcacao_das_vagas_estacionamento_ruas.pdf</t>
   </si>
   <si>
     <t>Providenciar para ser refeita a marcação das vagas de estacionamento nas ruas, pois já se encontram apagadas, dificultando a vida dos motoristas.</t>
   </si>
   <si>
     <t>2672</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2672/92_-_requerimento_28-08-2023_-_incluir_apae_aluno_nota_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2672/92_-_requerimento_28-08-2023_-_incluir_apae_aluno_nota_10.pdf</t>
   </si>
   <si>
     <t>Que seja tomada as devidas providências para que os alunos da APAE de Pedralva também possam participarem da homenagem da Medalha “Aluno Nota 10”, RESOLUÇÃO Nº 268/2017, sendo assim, uma maneira de fortalecer a inclusão dentro do nosso Município por parte do Poder Legislativo.</t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2675/95_-_requerimento_28-08-2023_-_solicita_projeto_de_lei_piso_enfermagem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2675/95_-_requerimento_28-08-2023_-_solicita_projeto_de_lei_piso_enfermagem.pdf</t>
   </si>
   <si>
     <t>ao Prefeito Municipal:_x000D_
 	Visando a implementação da Emenda Constitucional nº 124/2022, que instituiu o PISO SALARIAL NACIONAL DA ENFERMAGEM, que seja encaminhado a esta Casa, PROJETO DE LEI com a finalidade de adequar a remuneração dos profissionais Enfermeiros, Técnicos de Enfermagem e Auxiliares de Enfermagem.</t>
   </si>
   <si>
     <t>2693</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2693/111_-_requerimento_04-09-2023_-_rua_nei_augusto_-_bela_vista_-_mega_plus.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2693/111_-_requerimento_04-09-2023_-_rua_nei_augusto_-_bela_vista_-_mega_plus.pdf</t>
   </si>
   <si>
     <t>Reitera requerimentos feitos em 07/06/2021 e 12/12/22, através do qual solicitei que através do setor de obras sejam realizados os serviços que se fazem necessários na margem da Rua Nei Augusto Ribeiro, no Bairro Bela Vista, próximo à Fábrica Mega Plus. É necessário que o barranco fique em forma de rampa e que se construa passeio no local, para melhorar para o trânsito de pedestre e impedir que a terra do barranco continue descendo na estrada. Trata-se de um pedido feito tanto por usuários da via, por moradores do local e pelos gerentes da fábrica.</t>
   </si>
   <si>
     <t>2694</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2694/96_-_requerimento_04-09-2023_-_convocar_prefeito_e_secretaria_obras_-_lixo_zona_rural.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2694/96_-_requerimento_04-09-2023_-_convocar_prefeito_e_secretaria_obras_-_lixo_zona_rural.pdf</t>
   </si>
   <si>
     <t>Que seja oficiado o Prefeito Municipal e a Secretária Municipal de Obras, Serviços Públicos e Transportes, CONVIDANDO o primeiro e CONVOCANDO a segunda, para que se dignem a comparecer a esta Câmara Municipal, na segunda-feira, 11 de setembro de 2023, às 17:00h, para expor e debater com os Vereadores subscreventes e demais que se fizerem presentes, ASSUNTOS RELACIONADOS À MELHORIA DO SERVIÇO DE COLETA DE LIXO NA ZONA RURAL.</t>
   </si>
   <si>
     <t>2695</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2695/112_-_requerimento_04-09-2023_-_bairro_alecrim_-_neuza.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2695/112_-_requerimento_04-09-2023_-_bairro_alecrim_-_neuza.pdf</t>
   </si>
   <si>
     <t>Que o setor de obras se dirija ao bairro Alecrim para finalizar o serviço que foi realizado no trecho que inicia na propriedade da senhora Neuza e segue até a divisa dos Municípios de Pedralva e Cristina, retirando o mato que foi retirado do leito da via e deixado amontoado na beirada da estrada, fazendo as saídas de água, construindo dois bueiros e cascalhado os trechos mais críticos.</t>
   </si>
   <si>
     <t>2696</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2696/113_-_requerimento_04-09-2023_-_ponte_bairro_rocinha_-_braizinho_-_bambu.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2696/113_-_requerimento_04-09-2023_-_ponte_bairro_rocinha_-_braizinho_-_bambu.pdf</t>
   </si>
   <si>
     <t>Que, através do Setor de Obras, sejam tomadas providências, com urgência, para recuperação da ponte situada na estrada do Bairro Rocinha, próximo à residência do senhor conhecido por “Braizinho”. Esta ponte se encontra em situação muito precária, oferecendo risco para os que por ela passa. Também precisa ser feita limpeza do rio, haja vista que pés de bambus que ficavam localizados ao lado do rio pegaram fogo e caíram dentro do rio, obstruindo a passagem de água.</t>
   </si>
   <si>
     <t>2697</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2697/114_-_requerimento_04-09-2023_-_estrada_tamandua.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2697/114_-_requerimento_04-09-2023_-_estrada_tamandua.pdf</t>
   </si>
   <si>
     <t>Que, através do Setor de Obras seja feita manutenção em uma estrada do bairro Tamanduá, iniciando ao lado da Casa do senhor Fernando e seguindo até a propriedade do senhor Nardo, estrada que está há muitos anos sem manutenção. Também é necessário fazer o cascalhamento e manutenção em outras três estradas do mesmo bairro, sendo uma a que liga ao bairro Vintém e as outras duas que iniciam próximo à venda da Fátima.</t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2698/93_-_requerimento_04-09-2023_-_incentivo_esporte.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2698/93_-_requerimento_04-09-2023_-_incentivo_esporte.pdf</t>
   </si>
   <si>
     <t>Que incentive a prática de outras modalidades esportivas em nosso Município, como: corrida, voo livre, passeio ciclísticos, motocross, mountain bike, escalada, trilhas, artes marciais, entre outros, através de eventos e competições dentro do nosso Município, fortalecendo e valorizando a participação dos nossos atletas. Tendo em vista, que o nosso Município possui uma grande diversidade de modalidades esportivas, nas quais vários atletas estão competindo em outros Municípios e saindo vitoriosos, cito o exemplo dos atletas da corrida e os atletas das artes marciais, com grande frequência estão sendo premiados por seus desempenhos.</t>
   </si>
   <si>
     <t>2699</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2699/115_-_requerimento_11-09-2023_-_canalizacao_agua_chuva_rua_em_frente_esf_no_bairro_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2699/115_-_requerimento_11-09-2023_-_canalizacao_agua_chuva_rua_em_frente_esf_no_bairro_lagoa.pdf</t>
   </si>
   <si>
     <t>solicita ao Senhor Prefeito Municipal, reiterando requerimentos apresentados em 30 de março, 12 de junho e 21 de agosto de 2023: que, através do setor de obras, seja feita a canalização da água de chuva em uma rua do Bairro Lagoa, trecho  em frente à sede da Estratégia Saúde da Família, e que, após ser feita a canalização, faça a pintura das paredes externas da sede da ESF, que ficaram sujas com o barro levado pela água da chuva.</t>
   </si>
   <si>
     <t>2700</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2700/116_-_requerimento_11-09-2023_-_parque_de_exposicoes_erosao_e_corrego.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2700/116_-_requerimento_11-09-2023_-_parque_de_exposicoes_erosao_e_corrego.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal: 1) que o setor de obra tome as medidas necessária com relação a erosão que está ocorrendo no aterro feito sobre a canalização de água de chuva do Loteamento Nair Bustamante, trecho que passa dentro do parque de exposições, local para o qual solicitei providências através de requerimento aprovado na reunião ordinária realizada dia 2 de maio, tendo sido feito os serviços necessários referente ao solicitado na época, porém, no mesmo local, está ocorrendo erosão, precisando de providências urgentes para sanar o problema antes que se agrave ainda mais; e 2) que o setor de obras finalize, com urgência, a limpeza do córrego que corre dentro do parque de exposições, próximo à divisa com várias residências situadas na parte baixa do Bairro Bica. Trata de um pedido que fiz ao prefeito através de requerimento, aprovado na reunião ordinária realizada dia 2 de maio, e a limpeza foi feita parcialmente, precisando ser finalizada e ser feitas as melhorias necessá</t>
   </si>
   <si>
     <t>2701</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2701/117_-_requerimento_11-09-2023_-_manutencao_estrada_rocinha_-_ze_vitor.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2701/117_-_requerimento_11-09-2023_-_manutencao_estrada_rocinha_-_ze_vitor.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal, que, através do setor de obra, seja feita manutenção em uma estrada do Bairro Rocinha, tomando como referência para sua localização “estrada de acesso à propriedade do senhor Zé Vitor e várias outras propriedades”, a qual se encontra com buracos, valetas, precisando ser feito o patrolamento, ser cascalhada e ser feita saídas de água.</t>
   </si>
   <si>
     <t>2702</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2702/118_-_requerimento_11-09-2023_-_manutencao_estrada_anhumas_-_carvilas_-_av._antonio_firmino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2702/118_-_requerimento_11-09-2023_-_manutencao_estrada_anhumas_-_carvilas_-_av._antonio_firmino.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal, reiterando requerimento feito em 15 de maio de 2023: que, através do setor de obras, seja feita manutenção na estrada do Bairro Anhumas, que inicia em frente à casa de materiais de Construção “Carvilas” e segue até encontrar com a Avenida Antonio Firmino Ferreira Neto. Precisa ser feito o nivelamento da via, tapando os buracos e valetas, ser construído bueiro no trecho próximo às lagoas do “Mané Siqueira” e ser trocado um pranchão da ponte.</t>
   </si>
   <si>
     <t>2703</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2703/68_-_requerimento_11-09-2023_-_providencias_junto_copasa_bueiros_rua_poeta.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2703/68_-_requerimento_11-09-2023_-_providencias_junto_copasa_bueiros_rua_poeta.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito que sejam tomadas providências imediatas junto a Copasa e ao departamento responsável da prefeitura, quanto a construção dos bueiros necessários na rua Poeta João Carneiro de Rezende.</t>
   </si>
   <si>
     <t>2704</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2704/94_-_requerimento_11-09-2023_-_estrada_anhumas_-_carvila_-_av_antonio_firmino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2704/94_-_requerimento_11-09-2023_-_estrada_anhumas_-_carvila_-_av_antonio_firmino.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito: Providenciar para que o setor de obras rurais faça a devida manutenção na estrada situada no Bairro Anhumas, - Estrada municipal que inicia na beirada do asfalto, em frente à loja de materiais do Chico Zé e segue até encontrar com a Avenida Antônio Firmino de Lima, devendo ser realizado o patrolamento e cascalhamento da estrada, bem como, que seja realizado a limpeza das saídas de água, bueiros e manilhas.</t>
   </si>
   <si>
     <t>2705</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2705/97_-_requerimento_11-09-2023_-_iluminaca_estadio_monti.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2705/97_-_requerimento_11-09-2023_-_iluminaca_estadio_monti.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito: Seja realizada a MANUTENÇÃO DA ILUMINAÇÃO DO ESTÁDIO MONTI, que se encontra com diversas lâmpadas queimadas, prejudicando a visibilidade e a prática esportiva no período noturno. Sugerimos ainda a TROCA dos refletores por LÂMPADAS LED.</t>
   </si>
   <si>
     <t>2712</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2712/119_-_requerimento_18-09-2023_-_buraco_inicio_rua_jose_carneiro_santiago_-_proximo_borracharia_gilson.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2712/119_-_requerimento_18-09-2023_-_buraco_inicio_rua_jose_carneiro_santiago_-_proximo_borracharia_gilson.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja reparado o buraco que se formou no início da Rua José Carneiro Santiago, partindo da Av. Tancredo Neves e ligando na rua Dona Miquita.</t>
   </si>
   <si>
     <t>2713</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2713/120_-_requerimento_18-09-2023_-_arvore_bairro_vintem_-_proximo_esf.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2713/120_-_requerimento_18-09-2023_-_arvore_bairro_vintem_-_proximo_esf.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de meio ambiente, seja verificada as condições em que se encontra uma árvore existente na beirada da estrada do bairro Vintém, trecho que foi calçado, próximo à estratégia da ESF, a qual está próxima da fiação elétrica e também aparenta estar seca, havendo risco de cair.</t>
   </si>
   <si>
     <t>2714</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2714/121_-_requerimento_18-09-2023_-_terra_amontoada_beirada_rua_pedro_monte_-_em_frente_casa_silmara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2714/121_-_requerimento_18-09-2023_-_terra_amontoada_beirada_rua_pedro_monte_-_em_frente_casa_silmara.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja tomada a providência que for necessária para ser retirada a terra que está amontoada na beirada da Rua Pedro Monti, em frente à residência da senhora Silmara.</t>
   </si>
   <si>
     <t>2715</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2715/122_-_requerimento_18-09-2023_-_escoamento_de_agua_de_chuva_rua_jose_lino_rangel_-_bairro_bela_vista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2715/122_-_requerimento_18-09-2023_-_escoamento_de_agua_de_chuva_rua_jose_lino_rangel_-_bairro_bela_vista.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, sejam tomadas providências com relação ao problema de escoamento de água de chuva na Rua José Lino Rangel, localizada no Bairro Bela Vista, onde, pelo que pude constatar, a água desce de uma saída de água da rodovia, atravessa alguns lotes existente no local e passa sobre trecho da referida rua, no ponto onde finaliza a parte calçada e inicia a parte de terra. Vê-se que precisa ser construído um bueiro no local, para resolver esse problema.</t>
   </si>
   <si>
     <t>2716</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2716/123_-_requerimento_18-09-2023_-_recuperacao_rua_coronel_estevam_rezende_-_proximo_lourival.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2716/123_-_requerimento_18-09-2023_-_recuperacao_rua_coronel_estevam_rezende_-_proximo_lourival.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja feito um serviço de recuperação da Rua Coronel Estevam Rezende, principalmente o trecho próximo à residência do senhor Lourival, que se encontra com o calçamento desnivelado.</t>
   </si>
   <si>
     <t>2717</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2717/124_-_requerimento_18-09-2023_-_tampar_buracos_asfalto_rua_dona_miquita.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2717/124_-_requerimento_18-09-2023_-_tampar_buracos_asfalto_rua_dona_miquita.pdf</t>
   </si>
   <si>
     <t>Que, seja analisada a possibilidade de ser aproveitada a empresa que está fazendo o serviço de asfaltar a Rua Poeta João Carneiro de Rezende para tampar os buracos existentes na Rua Dona Miquita. Pelo que podemos constatar, os buracos estão na terra, o que tem prejudicado o trânsito, de forma que já presenciei muitos veículos passando pela contramão, para desviar dos buracos.</t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2718/69_-_requerimento_18-09-2023_-_informacoes_sobre_concurso_publico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2718/69_-_requerimento_18-09-2023_-_informacoes_sobre_concurso_publico.pdf</t>
   </si>
   <si>
     <t>Encaminhar à Câmara Municipal informações sobre o concurso público, homologado pelo senhor Prefeito Municipal no dia 14 de setembro de 2023,a saber: Qual será o prazo para iniciar a colocação dos novos servidores nas vagas? Os contratos que estão vencendo no próximo dia 30/09/23, abrindo as vagas, os concursados já serão chamados? Os aprovados estão aguardando ansiosamente a chamada, para início na carreira pública, para fazer parte do quadro de servidores concursados do município.</t>
   </si>
   <si>
     <t>2719</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2719/70_-_requerimento_18-09-2023_-_calcar_em_frente_posto_saude_sertaozinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2719/70_-_requerimento_18-09-2023_-_calcar_em_frente_posto_saude_sertaozinho.pdf</t>
   </si>
   <si>
     <t>Que o calçamento em frente ao posto de saúde do Bairro Sertãozinho seja realizado o mais breve possível. Estão amontoados, próximo ao local indicado, bloquetes para serem utilizados no calçamento.</t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2720/71_-_requerimento_18-09-2023_-_reparo_ponto_bairro_tamandua.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2720/71_-_requerimento_18-09-2023_-_reparo_ponto_bairro_tamandua.pdf</t>
   </si>
   <si>
     <t>Tomar as providências necessárias para ser feito o devido reparo em uma ponte localizada no bairro Tamanduá, que há mais de dois meses se encontra com buraco grande, onde pode ocorrer um acidente com pedestres.</t>
   </si>
   <si>
     <t>2721</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2721/98_-_requerimento_18-09-2023_-_inf._mudanca_sistema_de_abastecimento_de_combustivel.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2721/98_-_requerimento_18-09-2023_-_inf._mudanca_sistema_de_abastecimento_de_combustivel.pdf</t>
   </si>
   <si>
     <t>solicitação ao Prefeito Municipal: Dada a recente ALTERAÇÃO DO SISTEMA DE ABASTECIMENTO DE COMBUSTÍVEL da frota municipal, requer sejam encaminhadas as seguintes informações a respeito do novo procedimento implantado:_x000D_
 a)	Quais postos de combustíveis foram cadastrados? (Informar nome, CNPJ e cidade sede)_x000D_
 b)	Se o posto pertencer à rede de postos, o abastecimento pode ocorrer em qualquer unidade da rede?_x000D_
 c)	Enviar relatório indicando os valores praticados desde o início do procedimento por cada posto de combustíveis conveniado;_x000D_
 d)	Enviar relatório indicando o gasto realizado em cada posto cadastrado - desde o início do novo procedimento de abastecimento;_x000D_
 e)	Em uma análise comparativa, houve indicativo de economia de gastos com combustível? Encaminhar relatório de referência;_x000D_
 f)	Informar se houve alguma dificuldade na implantação do novo procedimento;_x000D_
 g)	Outras informações que entendam ser convenientes de ser encaminhadas.</t>
   </si>
   <si>
     <t>2736</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2736/125_-_requerimento_25-09-2023_-_estrada_bairro_posses.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2736/125_-_requerimento_25-09-2023_-_estrada_bairro_posses.pdf</t>
   </si>
   <si>
     <t>Solicitam ao senhor Prefeito Municipal, reiterando requerimento apresentado em 26 de junho de 2023, que, através do setor de obras, sejam realizadas algumas melhorias necessárias nas estradas do Bairro Posses, a saber: 1) Aterrar a curva situada próxima à propriedade do senhor Roberto, curva conhecida como "Curva do Roberto"; 2)Aumentar um pouco mais o aterro feito próximo à propriedade do senhor Marcelo e cascalhar ou colocar pedra de rio neste trecho de estrada; 3) Cascalhar ou colocar pedra de rio no trecho de estrada próximo à propriedade da senhora Iracema; 4)Aterrar e fazer acabamento com pedras no trecho entre a propriedade do senhor Joaquim Correa e a propriedade do senhor Havaí; 5) Retirar os troncos de árvores que estão caídos em alguns pontos da estrada; 6) Realizar as melhorias que forem necessárias em trechos que for constatada a necessidade; 7)Construir bueiro próximo ao antigo grupo escolar.</t>
   </si>
   <si>
     <t>2737</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2737/99_-_requerimento_25-09-2023_-_piso_enfermagem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2737/99_-_requerimento_25-09-2023_-_piso_enfermagem.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Prefeito Municipal, que seja encaminhado o extrato das informações cadastradas no sistema InvestSUS, para análise da correspondência dos valores repassados pelo Ministério da Saúde a título da assistência financeira complementar da União destinada ao cumprimento do PISO DA ENFERMAGEM; e Informar se foram apontadas INCONSISTÊNCIAS PELO MS em relação a alguns profissionais do Município. Se isso ocorreu, a Secretaria de Saúde promoveu a correção dos dados no prazo determinado pelo Ministério?</t>
   </si>
   <si>
     <t>2750</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2750/requerimento_02-10-2023_-__correias.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2750/requerimento_02-10-2023_-__correias.pdf</t>
   </si>
   <si>
     <t>Que realize com urgência a manutenção da estrada do Bairro Correas, no trecho da estrada que dá acesso à rodovia (sentido o bairro Paulino Paixão), tendo em vista que esse trecho está muito precário, sendo necessário colocar cascalho, pedra, predrisco e brita, para que assim, resolva a situação da concentração de barro e buracos naquele local no período de chuva. Pois o referido trecho da estrada com poucas chuvas fica intransitável impossibilitando o acesso das pessoas, trabalhadores, moradores da localidade e especialmente prejudicando os nossos alunos de irem a aula.</t>
   </si>
   <si>
     <t>2751</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2751/126_-_requerimento_02-10-2023_-_bairro_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2751/126_-_requerimento_02-10-2023_-_bairro_lagoa.pdf</t>
   </si>
   <si>
     <t>Que o setor de obras realize as seguintes melhorias no bairro Lagoa: 1) limpeza geral no bairro Lagoa, roçando o mato, pintando meio fio, varrendo as ruas e demais serviços necessários, de forma a deixar o bairro ainda mais bonito para receber os visitantes que estarão naquela comunidade no dia 04 de novembro, quando a comunidade comemora o dia em homenagem à "Nossa Senhora Mãe Navegante". Falta pouco mais de um mes para esta festividade e já solicito esta providência, de forma que a prefeitura tenha tempo suficiente para realizar os serviços naquela comunidade. Este pedido já foi feito através de requerimento apresentado por mim em 23 de agosto de 2023; 2)patrolar e cascalhar o trecho de estrada localizada em uma subida que dá acesso à “Capelinha dos três anjos” e fazer a pintura desta capelinha; 3) Arrumar o bueiro localizado na descida de entrada para o bairro, após o letreiro de coração, em frente à uma lixeira, onde se formou um buraco e o bueiro não possui grade de proteção; 4)Co</t>
   </si>
   <si>
     <t>2752</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2752/127_-_requerimento_02-10-2023_-_ponte_estrada_acesso_bela_vista_posses_segredo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2752/127_-_requerimento_02-10-2023_-_ponte_estrada_acesso_bela_vista_posses_segredo.pdf</t>
   </si>
   <si>
     <t>Que o setor de engenharia vistorie as condições da ponte localizada na estrada de acesso aos Bairros Bela Vista, Posses e Segredo e, após analisar as condições, que o setor de obras faça as melhorias necessárias, haja vista que é perceptível os problemas da ponte, sendo que um dos lados está um pouco afundado e por baixo pode ser cosntatado que uma viga está com a madeira lascada e quebrada.</t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2753/01_-_requerimento_02-10-2023_-_fiscalizar_loteamento_no_bairro_tamandua.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2753/01_-_requerimento_02-10-2023_-_fiscalizar_loteamento_no_bairro_tamandua.pdf</t>
   </si>
   <si>
     <t>Que através do departamento responsável por estradas fiscalize o loteamento localizado no bairro Tamanduá, próximo à venda da senhora Fatinha.</t>
   </si>
   <si>
     <t>2754</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2754/requerimento_02-10-2023_-__rua_poeta.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2754/requerimento_02-10-2023_-__rua_poeta.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal: 1) Que o Poder Executivo informe o cronograma da obra de pavimentação asfáltica na rua Poeta João Carneiro de Rezende. 2) Que informe se a obra está tendo o seu curso normal, dentro do cronograma estipulado. 3)Que informe se a empresa contratada está cumprindo com todas suas obrigações, bem como a COPASA. 4) Que informe quais são obrigações de responsabilidade da Prefeitura em relação a obra, o que a Prefeitura já fez e o que precisa ser feito. 5) Que informe se os danos causados na obra em decorrência das últimas chuvas já estavam previstos e sob controle ou foi algo que trará enormes prejuízo para a conclusão da obra. 6) Que o Poder Executivo através do seu setor competente informe aos moradores e aos comerciantes da rua Poeta João Carneiro de Rezende com clareza sobre o passo a passo da obra, explicando detalhadamente o cronograma e os impactos da obra, a fim que os moradores possam se planejarem.</t>
   </si>
   <si>
     <t>2755</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2755/100_-_requerimento_02-10-2023_-_informacoes_sobre_asfalto_rua_poeta.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2755/100_-_requerimento_02-10-2023_-_informacoes_sobre_asfalto_rua_poeta.pdf</t>
   </si>
   <si>
     <t>Ante o quadro existente na obra de pavimentação da Rua Poeta João Carneiro de Rezende, danificada pelas últimas chuvas, que seja esclarecido o seguinte: a) A empresa contratada para a realização da obra será responsável pela readequação dos danos ocorridos pela chuva? b) Se sim, será necessária a readequação do valor do contrato? c)Houve atraso por parte da Empresa na realização das etapas da obra?  d) Houve atraso por parte da Prefeitura para as ações que eram de sua responsabilidade? e) Os danos ocorridos pelas últimas chuvas, poderão causar prejuízos à durabilidade da obra? f)Qual a previsão para término e entrega da obra?</t>
   </si>
   <si>
     <t>2756</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2756/101_-_requerimento_02-10-2023_-_informacoes_decreto_emergencia_financeira.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2756/101_-_requerimento_02-10-2023_-_informacoes_decreto_emergencia_financeira.pdf</t>
   </si>
   <si>
     <t>que sejam esclarecidos os seguintes questionamentos, ante a decretação pelo Município de Estado de Emergência Financeira, por meio do Decreto nº 2.572, de 29 de setembro de 2023: a) Quais os resultados vislumbrados pela Administração Municipal com a decisão de reduzir para 05 horas diárias, a  jornada de trabalho dos servidores lotados nos setores indicados nos incisos I a VI do art. 2 do citado Decreto Municipal? b)Para as hipóteses em que for necessária a realização de trabalho além dos horários estabelecidos nos incisos do art. 2º, serão devidas horas extras ao servidor, mesmo que este não tenha ultrapassado a jornada de trabalho diária comum para o seu cargo? c) A nomeação dos aprovados em concurso público ficará prejudicada, mesmo nas hipóteses em que existir servidor contratado temporariamente para o cargo que será ocupado? d)Dentro do planejamento da Admnistração Municipal para o último trimestre, quais ações serão diretamente atingidas com o cancelamento ou diminuição de invest</t>
   </si>
   <si>
     <t>2765</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2765/ambulancia_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2765/ambulancia_lagoa.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito: disponibilizar uma ambulância e uma equipe de enfermagem para estar no bairro Lagoa, no dia 4 de novembro, para atender romeiros e peregrinos, que neste dia visitam o bairro para participar das festividades de Nossa Senhora Mãe Navegante.</t>
   </si>
   <si>
     <t>2766</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2766/rua_jose_belmiro_monti.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2766/rua_jose_belmiro_monti.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito: que, através do setor de obras, seja feito o devido reparo no asfalto da Rua José Belmiro Monti, em frente à casa de número 365, onde se formou um buraco. Precisa ser realizado este serviço o quanto antes, de forma que o buraco não aumente e venha a prejudicar ainda mais a pavimentação no local.</t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2767/copasa_dr._macedo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2767/copasa_dr._macedo.pdf</t>
   </si>
   <si>
     <t>Solicitando à Copasa: que seja verificada a canalização da rede de esgoto na Rua Dr. Macedo, em frente a casa de nº 463. Estive no local e constatei que o calçamento afundou e está oco por baixo dos bloquetes, sendo provável que esse problema está ocorrendo devido a problema na canalização de esgoto.</t>
   </si>
   <si>
     <t>2768</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2768/bueiro_rua_lafayete.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2768/bueiro_rua_lafayete.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito: que, através do setor de obras, sejam tomadas as providências necessárias com relação ao bueiro localizado na Rua Lafaiete da Costa Paiva, pouco antes da rádio, que se encontra com a grade solta.</t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2769/bairro_floresta.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2769/bairro_floresta.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito: que, através do setor de obras, seja feita manutenção em trecho da estrada do bairro Floresta, de forma que a água possa ser drenada do leito da via, e ser colocada uma camanda de pedras.</t>
   </si>
   <si>
     <t>2770</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2770/128_-_requerimento_09-10-2023_-_urgencia_especial_pls_42_e_47.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2770/128_-_requerimento_09-10-2023_-_urgencia_especial_pls_42_e_47.pdf</t>
   </si>
   <si>
     <t>Solicitando URGÊNCIA ESPECIAL, dos seguintes Projetos de Lei: Projeto de Lei nº 042, de 2023 “Abre ao orçamento do Município de Pedralva, para o exercício de 2023, crédito suplementar no valor de R$ 582.000,00, para reforço de dotações orçamentárias e dá outras providências”; e Projeto de Lei nº 047, de 2023 “Autoriza o Município de Pedralva conceder contribuição financeira à Sociedade de Educação e Assistência Social Frei Orestes - S.E.A”.</t>
   </si>
   <si>
     <t>2771</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2771/pedra_batista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2771/pedra_batista.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja feita os seguintes serviços no bairro Pedra Batista:_x000D_
 1.	Trocar as manilhas e fazer os devidos reparos no bueiro localizado em trecho da estrada próximo à propriedade dos familiares do senhor “Zé Til”;_x000D_
 2.	Limpar o trecho localizado próximo à propriedade do senhor “Chico”, onde foi feita uma terraplanagem no terro localizado no lado de cima e, com as chuvas, a terra escorreu na estrada, formando muita lama, deixando o local liso, a ponto do ônibus escolar não conseguir passar, tendo os alunos ir esperar pela condução na beirada do asfalto;_x000D_
 3.	Fazer a limpeza do bueiro localizado próximo ao local identificado no item 2;_x000D_
 4.	Fazer a limpeza da estrada próximo à venda, que apresenta terra solta no leito da via, formando lama nos dias de chuva;_x000D_
 5.	Colocar cascalho nos trechos mais críticos da estrada do bairro;_x000D_
 6.	Cascalhar trecho de acesso à propriedade do senhor Rodrigo,  onde os caminhões que buscam leite estão encontrando dificuldade para passar.</t>
   </si>
   <si>
     <t>2782</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2782/129_-_requerimento_16-10-2023_-_melhorias_estrada_posses.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2782/129_-_requerimento_16-10-2023_-_melhorias_estrada_posses.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja feito, em caráter de urgência, melhorias em alguns trechos da estrada do bairro Posses, a saber: 1) trecho próximo à propriedade do senhor Havaí, que está com muita lama, precisa ser aterrado e cascalhado; 2) trecho próximo à propriedade do senhor Marcelo, precisa ser feito aterro e fazer um bueiro para escoamaneto da água de chuva; 3) trecho próximo à propriedade do Roberto, que está com buracos, onde se formam poças de água, precisando ser feito aterro e ser cascalhado; 4) trecho próximo à escola, precisa ser feita a limpeza da sargeta por onde corre a água de chuva, de forma que a água não fique parada; e 5) trecho antes da encruzilhada de acesso aos bairros Coelho e Posses, que precisa ser aterrado e cascalhado.</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2783/130_-_requerimento_16-10-2023_-_melhorias_pontes_cafarnaum_cubataozinho_bela_vista_rocinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2783/130_-_requerimento_16-10-2023_-_melhorias_pontes_cafarnaum_cubataozinho_bela_vista_rocinha.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja feito, em caráter de urgência, melhorias nas seguintes pontes, que se encontram com problemas estruturais, precisando de reparos: 1) ponte localizada na estrada do bairro Cafarnaum, próximo à propriedade da senhora Fátima Cardoso; 2) ponte localizada na estrada do bairro Cubatãozinho, de acesso à propreidade da senhora Celestre e outros; 3) ponte localizada no estrada do bairro Limeira, próximo à propriedade do senhor José Belmiro; 4) ponte localizada na estrada do bairro Bela Vista, de acesso aos bairros Segredo e Posses; 5) ponte localizada na estrada do bairro Rocinha, próximo à propriedade do “Braizinho”.</t>
   </si>
   <si>
     <t>2784</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2784/131_-_requerimento_16-10-2023_-_rocagem_mato_ruas_cidade.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2784/131_-_requerimento_16-10-2023_-_rocagem_mato_ruas_cidade.pdf</t>
   </si>
   <si>
     <t>Que, através do setor responsável pela limpeza urbana, seja roçado o mato que está crescento pelas ruas da cidade.</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2785/72_-_requerimento_16-10-2023_-_manutencao_pontes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2785/72_-_requerimento_16-10-2023_-_manutencao_pontes.pdf</t>
   </si>
   <si>
     <t>Foram protocolados dois requerimentos nas seguintes datas: 20 de setembro de 2021 e 14 de fevereiro de 2022, nos quais foram solicitados que fossem feitas vistorias e adequações de segurança nas pontes do município, alertando inclusive para os riscos futuros de acidentes para a população que utiliza essas pontes. Solicito, pela terceira vez, em requerimento, a verificação das pontes municipais, a inspeção por pessoa técnica, legalmente habilitada para o acompanhamento das vistorias, emissão de laudos assinados, alertando os problemas e medidas cabíveis para o reparo. Este é um alerta para que a prefeitura faça essas vistorias, lembrando que sejam pessoas competentes para as vistorias, e, caso haja problemas de riscos na ponte, que a mesma seja interditada, com placas e meios hábeis para que seja utilizada, e, caso a utilização seja parcial, colocar em placas visíveis os veículos e pesos suportados pela ponte. Seguem anexados os dois requerimentos já feitos anteriormente.</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2786/132_-_requerimento_16-10-2023_-_manutencao_estrada_castelhando_-_rogerio_abreu.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2786/132_-_requerimento_16-10-2023_-_manutencao_estrada_castelhando_-_rogerio_abreu.pdf</t>
   </si>
   <si>
     <t>Que, através do setor de obras, seja feita manutenção na estrada do bairro Castelhano, próximo à propriedade dos senhores Rogério Abreu, Ricardo Abreu e Paulo Reis.</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2787/102_-_requerimento_16-10-2023_-_informacoes_locacao_imovel_para_centro_cultural.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2787/102_-_requerimento_16-10-2023_-_informacoes_locacao_imovel_para_centro_cultural.pdf</t>
   </si>
   <si>
     <t>A Prefeitura Municipal homologou o processo licitatório, na modalidade dispensa de licitação nº 051/2023, para a locação do imóvel situado na Praça Carneiro de Rezende, nº 50, Bairro Centro, com área de 270,00 m² (duzentos e setenta metros quadrados), para uso da Secretaria Municipal de Desenvolvimento – para "Centro Cultural" com a finalidade de sediar a Corporação Musical Gaspar Carneiro e o acervo cultural. Não se discute a necessidade de criação de um Centro Cultural, democrático e que tenha o fim de reconhecer, valorizar, fortalecer e ampliar a produção cultural local. Inclusive, é de nosso conhecimento que esta ação vai de encontro a deliberações e discussões nas reuniões do COMPAC/COMTUR, bem como, em conferências municipais. No entanto, em vista do valor da locação e da generalidade do objeto descrito no processo licitatório, requeremos que sejam descritas com maior profundidade os critérios de avaliação do imóvel e quais serão as atividades que pretende a Administração Municip</t>
   </si>
   <si>
     <t>2788</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2788/02_-_requerimento_16-10-2023_-_faixa_elevada_rua_pedro_monti.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2788/02_-_requerimento_16-10-2023_-_faixa_elevada_rua_pedro_monti.pdf</t>
   </si>
   <si>
     <t>Reitera pedido feito por diversas ocasiões anteriormente: construção de faixas elevadas na rua Pedro Monti em caráter de urgência.</t>
   </si>
   <si>
     <t>2789</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2789/01_-_requerimento_16-10-2023_-_manutencao_av._tancredo_neves.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2789/01_-_requerimento_16-10-2023_-_manutencao_av._tancredo_neves.pdf</t>
   </si>
   <si>
     <t>Reitera requerimentos anteriores, quanto a manutenções preventivas na avenida Tancredo Neves.</t>
   </si>
   <si>
     <t>2790</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2790/requerimento_16-10-2023_-__para_que_cobre_da_cemig_ref._queda_de_energia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2790/requerimento_16-10-2023_-__para_que_cobre_da_cemig_ref._queda_de_energia.pdf</t>
   </si>
   <si>
     <t>Que tome as devidas providências necessárias, oficiando a CEMIG a fim de cobrar providências referente a situação ocorrida nos últimos dias referente a queda da energia e demora para o retorno da energia em diversas localidades do Município, no perímetro urbano e rural.</t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2795/133_-_requerimento_23-10-2023_-_servico_emergencial_estradas_danificadas_pelas_chuvas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2795/133_-_requerimento_23-10-2023_-_servico_emergencial_estradas_danificadas_pelas_chuvas.pdf</t>
   </si>
   <si>
     <t>Ao senhor Prefeito: que, através do setor de obras, seja realizado serviço emergencial nos pontos das estradas rurais danificados pelas recentes chuvas, a saber: 1) trecho no início da estrada conhecida como “atalho pelo morro frio”, no bairro Córrego Fundo, que precisa ser feita a limpeza das laterais e feita sarjetas para escoamento da água de chuva. A falta de sarjeta tem feito com que a água escorra pelo leito da via, começando a formar valetas; 2) trecho em frente ao posto da ESF do bairro Estiva. O bueiro está entupido, o que tem feito com que a água da chuva corra pela estrada, causando danos; e 3) alguns trecho da estrada conhecida como “atalho pelo morro frio”, onde a falta de saídas de água tem feito com que a água corra pelo leito da via, começando a danificar a via que se encontra em boas condições.</t>
   </si>
   <si>
     <t>2796</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2796/requerimento_23-10-2023_-_justificativa_falta_sessao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2796/requerimento_23-10-2023_-_justificativa_falta_sessao.pdf</t>
   </si>
   <si>
     <t>Justificando sua falta na sessão ordinária do dia 2 de outubro de 2023.</t>
   </si>
   <si>
     <t>2797</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2797/134_-_requerimento_23-10-2023_-_bueiro_inicio_rua_jose_lino_rangel.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2797/134_-_requerimento_23-10-2023_-_bueiro_inicio_rua_jose_lino_rangel.pdf</t>
   </si>
   <si>
     <t>Ao senhor Prefeito: que, através do setor de obras, seja construído um bueiro no início da Rua José Lino Rangel, no Bairro Bela Vista, para escoamento da água de chuva, que por falta de local para ser escoada acaba correndo pela via, causando danos, com formação de valetas. O local onde precisa ser construído o bueiro é logo no cruzamento antes da ponte, sentido bairro Segredo</t>
   </si>
   <si>
     <t>2798</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2798/135_-_requerimento_23-10-2023_-_defesa_civil_-_verificar_agua_de_chuva_que_atravessa_rodovia_e_causa_danos_rua_jose_lino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2798/135_-_requerimento_23-10-2023_-_defesa_civil_-_verificar_agua_de_chuva_que_atravessa_rodovia_e_causa_danos_rua_jose_lino.pdf</t>
   </si>
   <si>
     <t>Ao senhor Prefeito: que, através da Defesa Civil, seja verificado o escoamento de água de chuva do terreno localizado no lado de cima da rodovia sentido Pedralva/Cristina, no bairro Bela Vista, que é escoada em um bueiro do DER que passa por baixo do asfalto e desagua na caixa do DER existente no lado de baixo da rodovia e, deste ponto, segue manilhada até o rio. Toda água do terreno do lado de cima está sendo escoadas nessas caixas, que acabaram entupidas e transbordaram, a água correu pelo terreno invadindo a fábrica e a oficina de palitos existente à alguns metros, atravessou a rua José Lino Rangel e invadiu três casas, sendo que em uma dessas casas reside uma moradora de noventa e oito anos. A prefeitura já realizou a limpeza do bueiro e prestou serviços na limpeza da fábrica de palitos e da rua. No entando, a causa do problema ocorrido não foi sanado, precisando que a Defesa Civil avalie o sistema de escoamento do terreno situado no lado de cima da rodovia e tome as medidas cabíve</t>
   </si>
   <si>
     <t>2799</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2799/136_-_requerimento_23-10-2023_-_manutencao_estrada_rocinha_-_acesso_senhora_silvana_-_filho_cadeirante.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2799/136_-_requerimento_23-10-2023_-_manutencao_estrada_rocinha_-_acesso_senhora_silvana_-_filho_cadeirante.pdf</t>
   </si>
   <si>
     <t>Ao senhor Prefeito: que, através do setor de obras, seja feita manutenção em uma estrada do bairro Rocinha, de acesso à residência da senhora Silvana, a qual possui um filho que se locomove por cadeira de rodas e frequenta a APAE. Devido à precariedade da estrada, a ambulância não consegue ir até sua residência buscar seu filho e ela o leva, todos os dias, até a beirada da rodovia. Seu filho já é um rapaz e sua cadeira de rodas está quebrada, o que está dificultando ainda mais para sua mãe levá-lo até a beirada da rodovia para embarcá-lo na ambulância, haja vista que o leva em seus braços.</t>
   </si>
   <si>
     <t>2801</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2801/03_-_requerimento_23-10-2023_-_calcamento_bairro_alecrim.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2801/03_-_requerimento_23-10-2023_-_calcamento_bairro_alecrim.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, visando à tomada das seguintes providências administrativas: 1) Apresentar informações a respeito do processo de execução do recurso de R$.80.000,00 já creditado pelo Estado de Minas Gerais em conta bancária do Município de Pedralva, oriundo de Emenda Parlamentar de autoria do Deputado Estadual Duarte Bechir, à Associação de Moradores e Amigos do Bairro Alecrim. 2)Apresentar informações a respeito do processo de execução do recurso de R$.100.000,00 já creditado pela União Federal em conta bancária do Município de Pedralva, oriundo de Emenda Parlamentar de autoria do Deputado Federal Dimas Fabiano à Associação de Moradores e Amigos do Bairro Alecrim. 3) Fornecer cópias dos documentos e informações pactuados ou expedidos pelos governos estadual e federal relativos à aplicação/utilização/ destinação dos recursos acima referidos (ofícios, convênios, contratos de repasse, resoluções ou instruções normativas, etc). 4) Informar qual a previsão para realização das</t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2811/137_-_requerimento_06-11-2023_-_garagem_conselho_tutelar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2811/137_-_requerimento_06-11-2023_-_garagem_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: que, através do setor competente, seja adaptado o espaço existente ao lado do prédio onde funciona o Conselho Tutelar, para funcionar como garagem, para guardar o veículo recentemente destinado ao Conselho. O local segue identificado na foto abaixo. Pelo que pude constatar no local, precisa apenas abrir um portão na parede frontal.</t>
   </si>
   <si>
     <t>2812</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2812/138_-_requerimento_06-11-2023_-_buracos_asfalto_av_tancredo_neves_em_frente_ubs.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2812/138_-_requerimento_06-11-2023_-_buracos_asfalto_av_tancredo_neves_em_frente_ubs.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: que, através do setor de obras, sejam tampados os buracos existentes na beirada da Avenida Tancredo Neves, em frente ao prédido onde funciona a ESF.</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2813/139_-_requerimento_06-11-2023_-_limpeza_bueiros_estradas_rurais_-_ex._vianas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2813/139_-_requerimento_06-11-2023_-_limpeza_bueiros_estradas_rurais_-_ex._vianas.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: Que, através do setor de obras, seja realizado serviço de desentupimento de bueiro e limpeza das saídas de água nas estradas rurais, haja vista que, com as chuvas, vários bueiros entupiram ou estão parcialmente entupidos, assim como as saídas de água, precisando ser desobstruídos, para que a água pluvial seja desaguada da forma correta e não prejudique o leito das estradas. Como exemplo, cito o bueiro localizado na estrada de acesso ao bairro Contendas, no qual é escoada a água que desce da localidade conhecida como “residências dos Vianas” e demais bueiros situados nesta mesma estrada, seguindo até a propriedade do senhor José Belmiro Monti.</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2814/140_-_requerimento_06-11-2023_-_aterro_estrada_cava_funda.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2814/140_-_requerimento_06-11-2023_-_aterro_estrada_cava_funda.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: Que, através do setor de obras, seja feita manutenção na estrada situada no bairro Contendas, de acesso ao bairro Posses, local conhecido por “Cava Funda”, onde precisa ser colocado cascalho ou entulho, haja vista que no local formaram vários buracos, poças de água e lama, que têm dificultado o trânsito pelo local, como a passagem dos caminhões que fazem o transporte do leite produzidos naquela localidade.</t>
   </si>
   <si>
     <t>2815</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2815/141_-_requerimento_06-11-2023_-_nova_ponte_bairro_usina_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2815/141_-_requerimento_06-11-2023_-_nova_ponte_bairro_usina_pedrao.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: Que, através do setor de obras, com a orientação e acompanhamento do setor de engenharia civil, seja contruída uma nova ponte na estrada do bairro Usina Pedrão, a qual caiu recentemente, sendo uma via que serve como atalho de ligação para vários bairros, entre eles Tamanduá, Usina Pedrão, Pipa, Correias, Pedrão e outros. E informar qual a previsão para que essa ponte possa ser reconstruída e se poderá ser construída alguns metros abaixo de onde estava situada, onde já existe construído um paredão de pedras de uma ponte que existiu no local.</t>
   </si>
   <si>
     <t>2816</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2816/142_-_requerimento_06-11-2023_-_aterro_estrada_usina_pedrao_-_robson.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2816/142_-_requerimento_06-11-2023_-_aterro_estrada_usina_pedrao_-_robson.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: Que, através do setor de obras, seja aterrado aproximadamente dez metros da estrada do bairro Usina Pedrão, próximo ao depósito de bananas do Robson, haja vista que após cair a ponte do atalho, aumentou o trânsito por esta estrada, o que tem contribuído para que formem buracos, poças de água e lama no local, sendo necessário aterrar esse trecho de estrada e cascalhar.</t>
   </si>
   <si>
     <t>2817</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2817/143_-_requerimento_06-11-2023_-_retirar_terra_estrada_pedra_batista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2817/143_-_requerimento_06-11-2023_-_retirar_terra_estrada_pedra_batista.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: reiterando solicitação feita em 9 de outubro de 2023, que, através do setor de obras, seja feita a limpeza do trecho de estrada localizado próximo à propriedade do senhor “Chico”, no bairro Pedra Batista, onde foi feita uma terraplanagem no terreno localizado no lado de cima e, com as chuvas, a terra escorreu na estrada, formando muita lama, deixando o local liso, a ponto do ônibus escolar não conseguir passar, tendo os alunos que ir esperar pela condução na beirada do asfalto.</t>
   </si>
   <si>
     <t>2818</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2818/144_-_requerimento_06-11-2023_-_desnivel_rua_jose_sergio_rezende_lopes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2818/144_-_requerimento_06-11-2023_-_desnivel_rua_jose_sergio_rezende_lopes.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: que, através do setor de obras, seja verificado o calçamento na Rua José Sérgio Rezende Lopes, no bairro Córrego Fundo, onde o calçamento aparenta não ter sido nivelado com caída para o bueiro e, devido a isto, a água de chuva não corre para o bueiro e fica parada nas beiradas da rua, formando grandes poças.</t>
   </si>
   <si>
     <t>2819</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2819/145_-_requerimento_06-11-2023_-_bueiro_estrada_estiva_-_ubs.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2819/145_-_requerimento_06-11-2023_-_bueiro_estrada_estiva_-_ubs.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito: que, através do setor de obras, seja verificado e tomado as providências necessárias para desentupir o bueiro localizado na estrada principal do bairro Estiva, próximo a sede da ESF. Devido estar entupido, a água de chuva corre pela estrada, prejudicando a passagem de veículos, haja vista que os danos causados tem feito com que, ao passar pelo local, o assoalho dos veículos raspem no chão, podendo causar danos.</t>
   </si>
   <si>
     <t>2820</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2820/146_-_requerimento_06-11-2023_-__copasa_-_informacao_cobranca_esgoto_loteamento_candinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2820/146_-_requerimento_06-11-2023_-__copasa_-_informacao_cobranca_esgoto_loteamento_candinho.pdf</t>
   </si>
   <si>
     <t>Solicita à Copasa: Informar o motivo pelo qual está sendo cobrado o tratamento de esgoto das residências localizadas nas ruas: Flávio Antônio de Abreu Paiva, Professor José da Costa Paiva e demais ruas do loteamento conhecido por “loteamento do João do Candinho”.</t>
   </si>
   <si>
     <t>2821</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2821/73_-_requerimento_06-11-2023_-_estrada_bairro_tres_paineiras_e_balaio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2821/73_-_requerimento_06-11-2023_-_estrada_bairro_tres_paineiras_e_balaio.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: que sejam tomadas providências com relação as estradas dos bairros Balaio e Três Paineiras, que possuem alguns trechos que precisam de manutenção. No geral, as estradas estão em um estado bom, somente em alguns trechos que precisam de manutenção, sendo necessário que o fiscal verifique esses locais. Inclusive, existe um morador que iniciará o tratamento de Radioterapia por 40 dias, que não poderá ser interrompido. Precisa de um olhar mais atento para essas estradas.</t>
   </si>
   <si>
     <t>2822</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2822/74_-_requerimento_06-11-2023_-_limpeza_lotes_baldios.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2822/74_-_requerimento_06-11-2023_-_limpeza_lotes_baldios.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal: que notifique os proprietários de lotes e locais que estão com o mato alto, para que efetuem a limpeza e poda do mato nesses locais. Como é de conhecimento de todos, o mato tende a crescer mais rápido na época de chuvas, favorecendo a proliferação de insetos, mosquitos, baratas e roedores. Esse cuidado é necessário para a prevenção de várias doenças sérias, como dengue, febre amarela, etc.</t>
   </si>
   <si>
     <t>2823</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2823/75_-_requerimento_06-11-2023_-_melhorias_calcamento_rua_jose_belmiro_monti.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2823/75_-_requerimento_06-11-2023_-_melhorias_calcamento_rua_jose_belmiro_monti.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal: que seja tomada as providências necessárias para melhoria no calçamento da rua José Belmiro Monte, no bairro São José, que se encontra em péssimas condições, com buracos grandes, falta de bloquetes e totalmente ondulada e irregular pela quantidade de buracos. Torna-se praticamente impossível a subida, visto que se desvia de um buraco e cai no outro.</t>
   </si>
   <si>
     <t>2824</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2824/103_-_requerimento_06-11-2023_-_informacoes_sobre_a_contratacao_de_empresa_normas_seguranca_do_trabalho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2824/103_-_requerimento_06-11-2023_-_informacoes_sobre_a_contratacao_de_empresa_normas_seguranca_do_trabalho.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal: A Prefeitura Municipal promoveu a contratação de empresa especializada para suporte técnico na área de eventos de segurança e saúde no trabalho - SST e do ESOCIAL, formalizando o contrato administrativo nº 024/2023, com a empresa MERITO – CONSULTORIA, ASSESSORIA OCUPACIONAL E SERVIÇOS LTDA, pelo valor de R$ 17.040,00. A contratação se mostra necessária, ante a obrigatoriedade de que, também os órgãos públicos realizem, via sitema eSocial, o envio das informações das folhas de pagamento e dos dados de segurança e saúde no trabalho. Por isso, questiona-se: 1) A empresa contratada tem a responsabilidade de elaboração de um novo Laudo Técnico de Condições Ambientais do Trabalho (LTCAT) para as funções laborais executadas pelos servidores municipais? 2) Se sim, que seja encaminhada cópia integral do referido laudo. 3) Se a resposta para o “item 1” for negativa, que seja encaminhado o laudo vigente que foi utilizado como referência pela Prefeitura Municipal pa</t>
   </si>
   <si>
     <t>2825</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2825/104_-_requerimento_06-11-2023_-_manutencao_trecho_rua_coronel_estevam_rezende_esquina_com_a_pedro_monte_e_na_rua_dona_miquita.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2825/104_-_requerimento_06-11-2023_-_manutencao_trecho_rua_coronel_estevam_rezende_esquina_com_a_pedro_monte_e_na_rua_dona_miquita.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal: Que sejam realizadas, com a MÁXIMA URGÊNCIA, a manutenção dos trechos da Rua CORONEL ESTEVAM DE REZENDE (na esquina com a Rua Pedro Monti), e RUA DONA MIQUITA, uma vez que ambas se encontram em condições GRAVÍSSIMAS, com BURACOS e DEFORMAÇÕES que têm causado grande risco de acidentes e danos às pessoas e veículos que por essas vias trafegam. Não é demais ressaltar que as atuais condições destas vias foram informadas em outros requerimentos encaminhados ao Poder Executivo. No entanto, mesmo após a Prefeitura Municipal ter informado que o departamento responsável JÁ TERIA INCLUÍDO A CORREÇÃO DOS TRECHOS EM SEU CRONOGRAMA de ações (o que já se deu HÁ MESES), NENHUMA MELHORIA FOI REALIZADA NOS LOCAIS, sendo que, neste meio tempo, é nítido que o cenário tem se agravado a cada dia, razão pela qual, roga-se o entendimento do Poder Executivo para que seja dado caráter de MÁXIMA URGÊNCIA às manutenções aqui apontadas.</t>
   </si>
   <si>
     <t>2826</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2826/105_-_requerimento_06-11-2023_-_urgencia_especial_pl_49-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2826/105_-_requerimento_06-11-2023_-_urgencia_especial_pl_49-2023.pdf</t>
   </si>
   <si>
     <t>Solicita a tramitação, em regime de URGÊNCIA ESPECIAL, do Projeto de Lei nº 049, de 2023 “autoriza o Município de Pedralva conceder contribuição financeira à Associação Cultural Grupo Afroblack de Minas Gerais, e dá outras providência”.</t>
   </si>
   <si>
     <t>2827</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2827/02_-_requerimento_06-11-2023_-_trecho_que_precisam_cascalho_alecrim.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2827/02_-_requerimento_06-11-2023_-_trecho_que_precisam_cascalho_alecrim.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal: que seja avaliado todos os trechos que necessita de cascalhamento no bairro Alecrim.</t>
   </si>
   <si>
     <t>2828</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2828/03_-_requerimento_06-11-2023_-_melhorias_bairro_lagoa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2828/03_-_requerimento_06-11-2023_-_melhorias_bairro_lagoa.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal: que, seja dado andamento nas obras de melhorias no bairro Lagoa, uma vez que as emendas/recursos já foram enviados por meio de indicações dos deputados Duarte e Dimas foram indicadas. Faz se necessário saber que são: 1) Emenda  no valor de R$.25.000,00 já creditado pelo Estado de Minas Gerais em conta bancária do Município de Pedralva, oriundo de Emenda Parlamentar de autoria do Deputado Estadual Duarte Bechir, à Associação de Moradores do Bairro Lagoa. 2) Recurso de R$100.000,00 já creditado pela União Federal em conta bancária do Município de Pedralva, oriundo de Emenda Parlamentar de autoria do Deputado Federal Dimas Fabiano à Associação de Moradores do Bairro Lagoa. E Informar qual a previsão para realização das obras de calçamento que serão realizadas com os recursos oriundos das emendas parlamentares acima citadas.</t>
   </si>
   <si>
     <t>2838</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2838/04_-_requerimento_06-11-2023_-_justificativa_falta_sessao_23-10-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2838/04_-_requerimento_06-11-2023_-_justificativa_falta_sessao_23-10-2023.pdf</t>
   </si>
   <si>
     <t>Justificando sua falta na sessão ordinária realizada no dia 23/10/2023</t>
   </si>
   <si>
     <t>2844</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2844/scanner_20231116.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2844/scanner_20231116.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito: Tomar as providencias necessária para que seja feita a capina do mato na beirada do barranco existente no final da Rua Coronel Machado, próximo ao portão da quadra do colégio</t>
   </si>
   <si>
     <t>2845</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2845/scanner_20231116_2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2845/scanner_20231116_2.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito: Tomar as providencias necessária para ser feita manutenção da rua atrás da quadra do cemitério, rua José Belmiro Monti.</t>
   </si>
   <si>
     <t>2846</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2846/scanner_20231116_3.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2846/scanner_20231116_3.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito: Providenciar, junto ao setor competente, para que se estude a possiblidade de realizar reforma, com urgência, na quadra do Bairro São José, quadra “Professor Raimundo Martins".</t>
   </si>
   <si>
     <t>2847</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2847/scanner_20231116_4.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2847/scanner_20231116_4.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito: Colocação/construção de quebra-molas no bairro Jaboticabal, próximo ao bar do Tota e próximo à casa do Dito</t>
   </si>
   <si>
     <t>2848</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2848/scanner_20231116_5.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2848/scanner_20231116_5.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito: Manutenções no asfalto da rua Dona Miquita, que apresenta buracos.</t>
   </si>
   <si>
     <t>2849</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2849/scanner_20231116_6.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2849/scanner_20231116_6.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito:Determinar ao setor competente que realize a manutenção na estrada rural que liga a Estrada do bairro Três Paineiras</t>
   </si>
   <si>
     <t>2850</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2850/scanner_20231116_7.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2850/scanner_20231116_7.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito: Que os setores de obra e de meio ambiente se dirijam ao bairro Lagoa, em caráter de urgência, para analisar e solucionar o problema que está ocorrendo naquela comunidade referente a rede de esgoto</t>
   </si>
   <si>
     <t>2851</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2851/scanner_20231116_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2851/scanner_20231116_10.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito: Que os setores de obra e de meio ambiente avaliem as condições das curvas de nível construídas no pasto situado no lado de cima da rua Juarez Silva, sendo esta a última rua do Parque Residêncial Professor Cláudio Bustamante, uma vez que, com a passagem frequente do gado, as curvas de níveis sofreram desvio, o que faz com que a água da chuva esteja atingindo as residências situadas abaixo</t>
   </si>
   <si>
     <t>2852</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2852/scanner_20231116_11.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2852/scanner_20231116_11.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito: Que o setor de obra, com acompanhamento do setor de engenharia civil, avalie as condições de uma ponte situada na estrada do bairro Rocinha, próximo à propriedade do senhor “Braizinho” e de uma ponte situada na estrada do bairro Cafarnaum, próximo à Igrejinha</t>
   </si>
   <si>
     <t>2853</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2853/scanner_20231116_9.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2853/scanner_20231116_9.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito: Que, através do setor responsável pela limpeza urbana, seja roçado o mato que está crescento pelas ruas da cidade</t>
   </si>
   <si>
     <t>2854</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2854/scanner_20231116_12.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2854/scanner_20231116_12.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito: Que, através dos setores responsáveis, sejam tomadas providências quanto as seguintes situações, que estão ocorrendo nos Correias e no Baixadão. 1) Bairro Correias: Poda dos eucalíptos situados próximo ao poste de energia elétrica, trocado recentemente, devido ao risco de causar danos à rede elétrica, haja vista que este poste caiu após queda de um eucalitpo; e Manutenção em dois bueiros, sendo um localizado em frente à residência da senhora Eliana e o outro aproximadamente 100m antes de sua proprieade. No bueiro em frente a sua propriedade, precisa ser construída uma caixa para coleta da água de chuva, pois, como se encontra, tem entupido com frequencia. 2) Bairro Baxadão: Poda de um eucalípto, próximo à propriedade do senhor Carlos Fernando, o qual está arcado para dentro da estrada, de forma que os veículos altos, precisam desviar para não relar nele; Manutenção em um bueiro, próximo à propreidade do senhor Carlos Fernando, o qual apresenta uma manilha quebr</t>
   </si>
   <si>
     <t>2855</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2855/scanner_20231116_8.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2855/scanner_20231116_8.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito: Que, através do setor de obras, seja recolocado os meios-fios que caíram na beirada da rua Juvenil Geraldo Teixeira, em frente à propreidade do senhor “Chiquinho” e da Igrejinha São Benedito, no bairro Bica</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2856/scanner_20231116_14.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2856/scanner_20231116_14.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito: Fui procurado por moradores do bairro Rezende que estão com um sério problema de falta de água. As mangueiras, que trazem a água do alto do morro, estão em grande parte danificadas, cheias de emendas. A água não chega de forma satisfatória para as casas. No local não há água suficiente para o básico, como o banho ou lavar as roupas. Os moradores se comprometeram a entrar com a mão de obra, sendo de responsabilidade da prefeitura somente a compra da mangueira e uma caixa de água com uma maior capacidade. É um caso extremamente urgente.</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2857/scanner_20231116_15.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2857/scanner_20231116_15.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito: Que, através do departamento responsável, seja feita a limpeza das ruas referentes ao crescimento de matos e ervas daninhas. É necessário manter as ruas limpas para que a cidade se torne mais agradável para todos.</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2858/scanner_20231116_18.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2858/scanner_20231116_18.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito: Que o esgoto do bairro Lagoa seja arrumado.</t>
   </si>
   <si>
     <t>2859</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2859/scanner_20231116_17.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2859/scanner_20231116_17.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito: Que seja feita a limpeza das ruas.</t>
   </si>
   <si>
     <t>2863</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2863/106_-_requerimento_13-11-2023_-_urgencia_especial_pl_50-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2863/106_-_requerimento_13-11-2023_-_urgencia_especial_pl_50-2023.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA ESPECIAL, do Projeto de Lei nº 050, de 2023 “Altera a fonte especificada no art. 2º da Lei nº 1.998, de 18/10/2023, e dá outras providências”.</t>
   </si>
   <si>
     <t>2876</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2876/scanner_20231123_2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2876/scanner_20231123_2.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: 1)	Solucionar o problema que vem ocorrendo em alguns bairros rurais de nosso município, como nos bairros Sertãozinho e Campestre, onde foi retirada a lixeira comunitária que existia para depósito do lixo da comunidade e, devido a isto, os moradores estão colocando o lixo no chão, o que tem causado transtornos, pois o lixo acaba se espalhando pela estrada e terrenos vizinhos. É preciso que uma nova lixeira seja instalada com urgência, pois não pode continuar como está; e_x000D_
 2)	Fazer as melhorias necessárias na lixeira pública instalada no bairro Paulino Paixão, a qual não comporta todo o lixo, que acaba caindo em seu entorno. Esta lixeira também se encontra danificada, precisando, a meu ver, ser substituída por uma nova lixeira de tamanho maior.</t>
   </si>
   <si>
     <t>2877</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2877/scanner_20231123_1.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2877/scanner_20231123_1.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: que sejam realizados os  procedimentos necessários para ser concedida cesta de Natal aos servidores públicos da Prefeitura Municipal de Pedralva.</t>
   </si>
   <si>
     <t>2878</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2878/scanner_20231123_3.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2878/scanner_20231123_3.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: que, através do setor de obras, seja feita a limpeza do trecho de estrada localizado próximo à propriedade do senhor “Chico”, no bairro Pedra Batista, onde foi feita uma terraplanagem no terreno localizado no lado de cima e, com as chuvas, a terra escorreu na estrada, formando muita lama, deixando o local liso, a ponto do ônibus escolar, nos dias de chuva, não conseguir passar, tendo que os alunos ir esperar pela condução na beirada do asfalto.</t>
   </si>
   <si>
     <t>2879</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2879/scanner_20231123_4.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2879/scanner_20231123_4.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: que, através do setor de obras, seja feita manutenção em uma estrada do bairro Rocinha, de acesso à residência da senhora Silvana, a qual possui um filho que se locomove por cadeira de rodas e frequenta a APAE. Devido à precariedade da estrada, a ambulância não consegue ir até sua residência buscar seu filho e ela o leva, todos os dias, até a beirada da rodovia. Seu filho já é um rapaz e sua cadeira de rodas está quebrada, o que está dificultando ainda mais para sua mãe levá-lo até a beirada da rodovia para embarcá-lo na ambulância, haja vista que o leva em seus braços.</t>
   </si>
   <si>
     <t>2881</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2881/scanner_20231123_28.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2881/scanner_20231123_28.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Presidente da Câmara Municipal: requerer a V.Exa., ouvido o plenário conforme legislação em vigor, a votação, em regime de URGÊNCIA ESPECIAL, do Projeto de Lei nº 051, de 2023 “Autoriza o Município de Pedralva conceder contribuição financeira a Associação Beneficente Dr. Geraldo Pinheiro Osório”.</t>
   </si>
   <si>
     <t>2884</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2884/scanner_20231123_8.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2884/scanner_20231123_8.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: •	que seja feita a manutenção na ponte do bairro Usina.</t>
   </si>
   <si>
     <t>2885</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2885/scanner_20231123_6.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2885/scanner_20231123_6.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: •	que seja feito a iluminação no bairro Usina/ Bela Vista.</t>
   </si>
   <si>
     <t>2886</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2886/scanner_20231123_7.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2886/scanner_20231123_7.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: •	que seja feito a iluminação em trechos no bairro Jabuticabal.</t>
   </si>
   <si>
     <t>2887</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Aline de Fátima Silva Guedes, Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2887/scanner_20231123_9.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2887/scanner_20231123_9.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: •	que seja feita a manutenção das estradas dos bairros Cubatão e Cubatãozinho.</t>
   </si>
   <si>
     <t>2888</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2888/scanner_20231123_5.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2888/scanner_20231123_5.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: •	que seja enviada com URGÊNCIA à vigilância sanitária a seguinte demanda: Aumento de mosquitos e moscas na cidade e em bairros rurais, como Rocinha e proximidades.</t>
   </si>
   <si>
     <t>2889</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2889/scanner_20231123_14.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2889/scanner_20231123_14.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: •	Que informe qual foi o valor total empenhado para a construção da obra da creche em nosso Município nos últimos 3 anos (2021, 2022 e 2023), especificando ano a ano os recursos empenhados._x000D_
 •	Que informe a origem desses valores, emenda parlamentar, fonte e dotação orçamentária. _x000D_
 •	Que informe quais recursos foram necessários passar pelo Poder Legislativo para fins de autorização de crédito suplementar, crédito especial e etc._x000D_
 •	Que seja instruído com a resposta deste requerimento os documentos necessários que comprovem a origem do recurso, contrato e comprovante de pagamento ao prestador de serviço.</t>
   </si>
   <si>
     <t>2890</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2890/scanner_20231123_15.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2890/scanner_20231123_15.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: •	Que informe qual foi o valor estimado de arrecadação com o pagamento do IPTU pelos munícipes nos anos de 2021, 2022 e 2023._x000D_
 •	Que informe qual valor efetivamente foi recebido de IPTU pelo Município nos anos de 2021, 2022 e 2023._x000D_
 •	Que informe qual valor não foi recebido de IPTU pelo Município nos anos de 2021, 2022 e 2023 e quantos Munícipes estão inadimplentes._x000D_
 •	Que informe quais medidas são tomadas em caso de inadimplência do pagamento do IPTU e quais medidas são tomadas para incentivar o pagamento de forma regular.</t>
   </si>
   <si>
     <t>2891</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2891/scanner_20231123_23.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2891/scanner_20231123_23.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: 	Solicita à Vigilância Sanitária e outros órgãos auxiliares, a avaliação da situação da PROLIFERAÇÃO DE MOSCAS no BAIRRO ROCINHA, onde a infestação dos insetos tem sido muito intensa, afetando de forma muito contundente a qualidade de vida dos moradores daquela comunidade._x000D_
 Obs. As armadilhas instaladas pela Prefeitura aparentam não ter sido suficientes para o controle.</t>
   </si>
   <si>
     <t>2892</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2892/scanner_20231123_22.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2892/scanner_20231123_22.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: 	Solicita à Defesa Civil, a avaliação de uma PALMEIRA (identificada na fotografia) que aparenta risco de queda, se encontra transplantada no trevo de acesso à cidade pela Rua Coronel Machado, não tendo sido retirada pela Prefeitura Municipal na última semana, como aconteceu com as demais existentes no local._x000D_
 Caso venha a ceder, poderá a causar prejuízos materiais ou lesões a pessoas e animais.</t>
   </si>
   <si>
     <t>2893</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Aline de Fátima Silva Guedes, Claudio de Lima Lopes, Fernanda Christiane Tomé Torres, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2893/scanner_20231123_19.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2893/scanner_20231123_19.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: 	Seja encaminhado a esta Casa relatório que aponte os valores repassados pela União para assistência financeira para complementação do Piso Salarial Nacional da Enfermagem, DEVENDO INDICAR OS VALORES INDIVIDUALIZADOS, repassados para cada um dos profissionais de enfermagem do município, anexando print do portal do Ministério da Saúde, onde estão indicados os cálculos realizados e valores repassados para cada profissional.</t>
   </si>
   <si>
     <t>2894</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2894/scanner_20231123_21.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2894/scanner_20231123_21.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: 	Solicita à Prefeitura Municipal, informações acerca do acidente ocorrido no último fim de semana, no Bairro Usina do Pedrão, em local conhecido como Ponte do Dito Neto, esclarecendo, em especial, os seguintes quesitos:_x000D_
 a)	Após a retirada do assoalho da ponte, a Prefeitura Municipal não promoveu a interdição da mesma com a devida sinalização?_x000D_
 b)	Após o acidente ocorrido no último fim de semana, o local foi interditado e sinalizado pela Prefeitura (caso ainda não tivesse ocorrido)? Se sim, encaminhar imagens do local._x000D_
 c)	A Prefeitura Municipal, por meio de representantes de setores, foi acionada após o acidente ocorrido?_x000D_
 d)	Se sim, foi prestado socorro aos acidentados, seja no tocante a eventuais feridos, seja no tocante ao auxílio na remoção do veículo?_x000D_
 e)	Os envolvidos no acidente apresentaram solicitação à Prefeitura Municipal de reparação pelos danos sofridos? _x000D_
 f)	Nos casos de patente responsabilidade do Município, a Prefeitura Municipal promove a</t>
   </si>
   <si>
     <t>2895</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2895/pdf24_merged.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2895/pdf24_merged.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: •	Seja enviado a esta Casa, Projeto de Lei com a fim de regulamentar a JORNADA ESPECIAL DE TRABALHO, COM REDUÇÃO DA CARGA HORÁRIA, aos servidores municipais que possuam vínculo de cuidado indispensável com pessoas com deficiência._x000D_
 Obs. Como referência, encaminhamos o Projeto de Lei que se encontra em deliberação na Câmara Municipal de São José do Alegre, enviado pelo Executivo Municipal.</t>
   </si>
   <si>
     <t>2896</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2896/scanner_20231123_20.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2896/scanner_20231123_20.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: 	Seja realizada MANUTENÇÃO URGENTE da RUA CORONEL MACHADO, especialmente do desnivelamento acentuado que se encontra em frente ao Restaurante da Rita e da Barbearia do Kaiki, que já causou danos em veículos que por ali trafegaram, o que poderá causar a responsabilização o Município.</t>
   </si>
   <si>
     <t>2897</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2897/scanner_20231123_11.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2897/scanner_20231123_11.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Ilustríssimo Senhor Promotor de Justiça: •	Solicito uma providência de urgência, no caso que exponho a seguir: O município sofre há vários anos com a proliferação de insetos, especificamente as moscas, por todos os lugares, ela está presente, em casa, restaurantes, locais públicos, tornando muitas vezes, impossível uma refeição em família, ou mesmo em um restaurante; é grande proliferador de doenças, tanto como em pessoas e animais, a infestação de moscas; está fora de controle  tanto na zona urbana, em todos bairros ,em especial Bairro Rocinha e Furnas, quanto na zona rural; existem também os doentes, idosos e acamados e crianças que sofrem com esse transmissor de doenças; o Município de  Pedralva está fazendo a sua parte, mas sempre esbarra na competência e autonomia para efetuar uma localização precisa dos focos e nascedouros desses insetos; o Município tem colocado iscas, para eliminar as moscas, mas é preciso combater a causa; as iscas que eram trocadas semanalmente</t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2899/scanner_20231123_18.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2899/scanner_20231123_18.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Presidente da Câmara Municipal: requerer a V.Exa., ouvido o plenário conforme legislação em vigor, a votação, em regime de URGÊNCIA ESPECIAL, do Projeto de Lei nº 052, de 2023 “Declara de utilidade pública a Associação Cultural Grupo Afroblack de Minas Gerais.”</t>
   </si>
   <si>
     <t>2905</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2905/requerimento_17-11-2023_-__licenca_saude_60_dias.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2905/requerimento_17-11-2023_-__licenca_saude_60_dias.pdf</t>
   </si>
   <si>
     <t>Solicita ao Presidente da Câmara licença do mandato de vereador, por motivo de doença, por 60 dias, a partir de 16/11/2023 até 15/01/2024, nos termos do art. 49, inciso I, do Regimento Interno.</t>
   </si>
   <si>
     <t>2915</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2915/scanner_20231128_2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2915/scanner_20231128_2.pdf</t>
   </si>
   <si>
     <t>Requer o envio desta solicitação ao DER – Departamento de Estradas de Rodagem em Itajubá: Verificar as condições de uma árvore existente na beirada da rodovia MG-347, próximo ao depósito de bananas do Sílvio Lopes, no bairro Vintém, a qual está arcada sobre a rodovia, aparentando que poderá cair a qualquer momento.</t>
   </si>
   <si>
     <t>2916</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2916/scanner_20231128.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2916/scanner_20231128.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: Que, através do setor competente, seja feito o necessário serviço de rebaixamento de meio-fio na Rua Poeta João Carneiro de Rezende, trecho que recentemente recebeu nova pavimentação, haja vista a dificuldade que os moradores estão encontrando para conseguir entrar com seus veículos em suas propriedades.</t>
   </si>
   <si>
     <t>2917</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2917/scanner_20231128_3.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2917/scanner_20231128_3.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: Que, através do setor de obra, sejam realizados os serviços necessários em uma estrada do Bairro Cubatãozinho, de acesso há várias propriedades, iniciando na Associação de moradores, seguindo sentido a propriedade da senhora Celeste. A estrada precisa ser cascalhada e precisa ser reconstruída a ponte, podendo ser substituídas as madeiras por manilhas e aterro.</t>
   </si>
   <si>
     <t>2918</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2918/scanner_20231128_7.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2918/scanner_20231128_7.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: Que, através do setor de obra, seja retirada a terra que foi colocada sob o bueiro localizado na estrada do Bairro Tamanduá, próximo à propriedade do senhor “Zé Cassiano” e ser desentupido o bueiro.</t>
   </si>
   <si>
     <t>2919</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2919/scanner_20231128_4.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2919/scanner_20231128_4.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: Informar qual é a possível data para finalizar a Rua poeta João Carneiro de Rezende, visto que não houve o rebaixamento de guias para a acesso às garagens dos moradores. Bem como a construção da passagem elevada para pedestres. A rua está com trânsito intenso e o risco de acidentes é grande, já a velocidade dos motoristas está alta para o local. Lembrando que temos a APAE nessa rua e o risco de acidentes é grande.</t>
   </si>
   <si>
     <t>2920</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2920/scanner_20231128_6.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2920/scanner_20231128_6.pdf</t>
   </si>
   <si>
     <t>solicitação ao Exmo. Senhor Prefeito Municipal: Enviar para esta casa os cronogramas da creche, contendo os seguintes dados: 1 - Prazos de cada fase; 2-  Prazo para inauguração; 3- Como irá funcionar (capacidade total inicialmente).</t>
   </si>
   <si>
     <t>2921</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2921/scanner_20231128_5.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2921/scanner_20231128_5.pdf</t>
   </si>
   <si>
     <t>solicitação ao Exmo. Senhor Prefeito Municipal: Apresentar informações quanto a construção da ponte situada no Paulino Paixão, Zona Rural deste município. Solicitamos o projeto para que assim possamos acompanhar e cumprir o papel do vereador que é fiscalizar.</t>
   </si>
   <si>
     <t>2922</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2922/scanner_20231128_8.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2922/scanner_20231128_8.pdf</t>
   </si>
   <si>
     <t>solicitação ao Exmo. Senhor Prefeito Municipal: Realizar, com urgência, a manutenção do calçamento da Rua José Belmiro Monti, trecho que inicia na Quadra Municipal e segue até encontrar com o início da Rua Maria Cibele.</t>
   </si>
   <si>
     <t>2932</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2932/scanner_20231206_1.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2932/scanner_20231206_1.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: Verificar a situação que se apresenta na estrada municipal do Bairro Segredo, a qual precisa de manutenção, com limpeza de bueiros e saídas de água e ser feito aterro e cascalhada. Inclusive um cano de água da Copasa está exposto.</t>
   </si>
   <si>
     <t>2933</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2933/scanner_20231206_2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2933/scanner_20231206_2.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: Que seja aterrado e cascalhado trecho da estrada do Bairro Contendas, de aproximadamente dez metros, logo após o trecho calçado, entre a propriedade do senhor João Cota e do senhor “Mulambo”.</t>
   </si>
   <si>
     <t>2934</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2934/scanner_20231206_3.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2934/scanner_20231206_3.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: Que o setor de obras realize as melhorias necessárias na estrada de acesso ao bairro Balaio, local conhecido como “Morro do Balaio”, corrigindo o caminho da água de chuva, que está correndo pela estrada, próximo à porteira do “Tião Peti”, e colocar cascalho nos dois pontos que estão com valetas e buracos.</t>
   </si>
   <si>
     <t>2935</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2935/scanner_20231206_4.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2935/scanner_20231206_4.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: Que o setor de obras vistorie todo o percurso da estrada municipal que liga o Bairro Lagoa ao Município de Maria da Fé, faça um levantamento dos pontos que precisam de manutenção e, em seguida, realize os serviços que forem necessários.</t>
   </si>
   <si>
     <t>2936</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2936/scanner_20231206_5.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2936/scanner_20231206_5.pdf</t>
   </si>
   <si>
     <t>solicita ao senhor Prefeito: Que o setor responsável pela manutenção dos veículos do setor de educação aproveite o período de férias escolar para que seja feita manutenção em todos os veículos do transporte escolar, de forma que, quando voltarem as aulas, os veículos estejam todos em perfeito estado para o serviço.</t>
   </si>
   <si>
     <t>2937</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2937/scanner_20231206_6.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2937/scanner_20231206_6.pdf</t>
   </si>
   <si>
     <t>solicitam ao senhor Prefeito: Enviar à Câmara Municipal o cronograma de convocação dos candidatos aprovados no Concurso Público regido pelo edital nº 01/2022, para que o Poder Legislativo possa acompanhar, e informar a quantidade de aprovados que já toram posse e em quais cargos.</t>
   </si>
   <si>
     <t>2939</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2939/requerimento_04-12-2023_-_urgencia_especial_pl_57-2023_-_cesta_natal.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2939/requerimento_04-12-2023_-_urgencia_especial_pl_57-2023_-_cesta_natal.pdf</t>
   </si>
   <si>
     <t>solicita ao Presidente da Câmara: votação, em regime de URGÊNCIA ESPECIAL, do Projeto de Lei nº 057, de 2023 “Dispõe sobre a concessão de Cesta de Natal aos servidores municipais do Poder Executivo, autoriza a abertura de crédito especial ao orçamento vigente e dá outras providências”.</t>
   </si>
   <si>
     <t>2940</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>Aline de Fátima Silva Guedes, Claudio de Lima Lopes, João Batista Machado Filho, Luiz Felipe Silva dos Reis, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2940/juntos_pdf_1.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2940/juntos_pdf_1.pdf</t>
   </si>
   <si>
     <t>solicitam ao senhor Prefeito: Realizar MANUTENÇÃO EMERGENCIAL na estrada vicinal do bairro Alecrim, melhorando a situação de alguns pontos críticos de estrada que necessitam de reparo URGENTE, como: Operação tapa-buracos nas baixadas, onde há grande acúmulo de lama; Limpeza das bueiras e saídas de água; Retirada de galhos de árvores que caíram em decorrência das fortes chuvas de vento e estão há meses nas margens da estrada; Colocação de alguns caminhões de pedra brita ou pedra de rio nos morros mais danificados, que no período das chuvas dificultam o tráfego de veículos, caminhões e do transporte escolar; Roçada da estrada que se encontra fechada pelo mato.</t>
   </si>
   <si>
     <t>2944</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2944/scanner_20231206_11.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2944/scanner_20231206_11.pdf</t>
   </si>
   <si>
     <t>solicitam ao senhor Prefeito: Que verifique junto ao setor responsável a escala de recolhimento de lixo nos bairros rurais, especificamente nos bairros Rocinha, Pedra Batista e Paulino Paixão, nos informando a periodicidade do recolhimento de lixo. Caso a coleta não esteja atendendo a demanda local, que seja verificada a possibilidade de instalação de mais lixeiras coletoras de lixo e recolhimento mais frequente.</t>
   </si>
   <si>
     <t>2947</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2947/juntos_pdf_2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2947/juntos_pdf_2.pdf</t>
   </si>
   <si>
     <t>solicitam ao senhor Prefeito: Seja justificada a continuidade do não pagamento do devido ADICIONAL DE INSALUBRIDADE aos profissionais pertencentes ao quadro de AUXILIARES DE SERVIÇOS GERAIS RESPONSÁVEIS PELA LIMPEZA, lotados nas unidades escolares, da administração municipal e assistência social, mesmo após parecer técnico FAVORÁVEL presente em novo Laudo Técnico das Condições do Ambiente de Trabalho (“LTCAT”) contratado pela Prefeitura Municipal.</t>
   </si>
   <si>
     <t>2948</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Claudio de Lima Lopes, João Batista Machado Filho</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2948/scanner_20231206_14.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2948/scanner_20231206_14.pdf</t>
   </si>
   <si>
     <t>solicitam ao senhor Prefeito: Prestar esclarecimentos a respeito da despesa de R$ 780,00 (setecentos e oitenta reais), empenhada sob a nota de empenho nº 3.173/23, mas que se refere à aquisição de apenas 04 MARMITEX para os funcionários que trabalharam em atividade relacionada à vacinação antirrábica.</t>
   </si>
   <si>
     <t>2949</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2949/scanner_20231206_15.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2949/scanner_20231206_15.pdf</t>
   </si>
   <si>
     <t>solicitam ao senhor Prefeito: Em relação ao parcelamento de contribuições sociais em atraso, referentes ao exercício de 2018, formalizado junto a Instituto Nacional de Serviço Social (INSS):_x000D_
 a)	Encaminhar o Termo de Parcelamento e Confissão de Débitos Previdenciários ou outro instrumento que formalizou o parcelamento firmado junto à Previdência Social;_x000D_
 b)	Encaminhar cópia da Lei Municipal nº 917, de 27 de abril de 1992.</t>
   </si>
   <si>
     <t>2950</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2950/juntos_pdf_3.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2950/juntos_pdf_3.pdf</t>
   </si>
   <si>
     <t>solicitam ao senhor Prefeito: Seja justificada a continuidade do não pagamento do devido ADICIONAL DE INSALUBRIDADE aos profissionais pertencentes à ESTRATÉGIA SAÚDE DA FAMÍLIA, a saber, AGENTES COMUNITÁRIOS DE SAÚDE, TÉCNICOS (AS) EM ENFERMAGEM, ENFERMEIROS (AS) E MÉDICOS (AS), mesmo após parecer técnico FAVORÁVEL presente em novo Laudo Técnico das Condições do Ambiente de Trabalho (“LTCAT”) contratado pela Prefeitura Municipal.</t>
   </si>
   <si>
     <t>2951</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2951/scanner_20231206_16.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2951/scanner_20231206_16.pdf</t>
   </si>
   <si>
     <t>solicitam ao senhor Prefeito: Prestar esclarecimentos dos eventos relatados por inscritos para a PROVA DE SELEÇÃO AGENTES COMUNITÁRIOS DE SAÚDE E FISCAL SANITÁRIO, realizada pela Prefeitura Municipal no último dia 26 de novembro de 2023:_x000D_
 a)	Se de fato os portões do local de aplicação foram fechados às 08h:30min;_x000D_
 b)	Se após este período foi permitida a entrada de inscritos para realizar a prova;_x000D_
 c)	Informar se há câmeras instaladas na entrada da Escola Municipal Coronel Gaspar ou na UBS Centro (que capte a entrada da citada Escola), e se sim, encaminhar a gravação do dia 26 de novembro, do período das 08h00min às 09h:00min.</t>
   </si>
   <si>
     <t>2952</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2952/scanner_20231206_17.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2952/scanner_20231206_17.pdf</t>
   </si>
   <si>
     <t>solicitam ao senhor Prefeito: Seja realizada MANUTENÇÃO URGENTE da RUA JOSÉ DE OLVEIRA LOPES, no Bairro São José, nas proximidades da interseção com a Rua Maria Cibele, onde um BURACO DE GRANDE PROFUNDIDADE está causando sérios riscos de acidentes, o que, infelizmente, ocorreu na última semana, que veio a causar sérias lesões a um motociclista que passava pelo local.</t>
   </si>
   <si>
     <t>2953</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2953/scanner_20231206_18.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2953/scanner_20231206_18.pdf</t>
   </si>
   <si>
     <t>solicitam ao senhor Prefeito: Conforme exigência do inciso I do artigo 10 da Lei 1.684/16, que seja enviada a JUSTIFICATIVA que fundamentou a autorização do gestor responsável para que VEÍCULO OFICIAL DA SECRETARIA DE SAÚDE SEJA GUARDADO EM RESIDÊNCIA de servidor municipal da cidade de São José do Alegre/MG.</t>
   </si>
   <si>
     <t>2958</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>João Batista Machado Filho, Jerson Papi de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2958/pdf24_merged3.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2958/pdf24_merged3.pdf</t>
   </si>
   <si>
     <t>•	Que, através do setor responsável seja resolvido o problema do prédio da rodoviária que encontra-se infestado de pombinhas.</t>
   </si>
   <si>
     <t>2959</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2959/pdf24_merged2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2959/pdf24_merged2.pdf</t>
   </si>
   <si>
     <t>•	Encaminhar as informações solicitadas através do ofício nº 01/2023, pelas Auxiliares de Serviços Gerais da Prefeitura de Pedralva, referente as atividades/funções cabíveis a esta função. Solicitação esta que foi feita ao Vice-Prefeito, Senhor Marcos Batista, porém, não obtiveram resposta até a apresente data. Anexo, segue cópia do requerimento.</t>
   </si>
   <si>
     <t>2960</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2960/scanner_20231213_8.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2960/scanner_20231213_8.pdf</t>
   </si>
   <si>
     <t>Requerimento pela votação, em regime de URGÊNCIA ESPECIAL, do Projeto de Lei nº 058, de 2023 “Autoriza o Município de Pedralva conceder contribuição financeira a Associação de Pais e Amigos dos Excepcionais de Pedralva - APAE, autoriza a abertura de crédito especial ao orçamento vigente e dá outras providências”.</t>
   </si>
   <si>
     <t>2961</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2961/pdf24_merged.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2961/pdf24_merged.pdf</t>
   </si>
   <si>
     <t>•	Providências emergenciais, diante da situação a seguir: O prédio da Rodoviária, em seu segundo andar, está tomado por pombas. Uma infestação que causa muitos transtornos pelo mau cheiro das fezes e porque estão usando a caixa de água que mantém o prédio. Os funcionários já fizeram pedido solicitando um meio para afastar os pombos, visto que são grandes vetores de doenças. É um caso de emergência, dada a quantidade de pombos no local. Os pombos podem transmitir aos seres humanos várias doenças e alergias, sendo algumas graves que podem levar o indivíduo a morte, sendo elas a salmonelose, histoplasmose, ornitose e a grave doença meningite, que é a inflamação das membranas cerebrais e medula espinhal. Solicito providências, diante dessa situação de abandono da população, visto as que pessoas utilizam dessa água na rodoviária e estão correndo sério risco, podendo se contaminar. Não é exagero afirmar o estado de perigo de vida e saúde, dada a gravidade dessas doenças.</t>
   </si>
   <si>
     <t>2962</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2962/scanner_20231213_3.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2962/scanner_20231213_3.pdf</t>
   </si>
   <si>
     <t>•	Que, através do departamento responsável, seja enviada informações técnicas de como será feito o desvio de água dos loteamentos no bairro São José, visto que moradores estão preocupados com a situação. Há de ser critério técnico para efetuar a destinação correta das águas pluviais advindas de loteamentos novos.</t>
   </si>
   <si>
     <t>2963</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Aline de Fátima Silva Guedes, Claudio de Lima Lopes, João Batista Machado Filho, José Paulo da Silva, Luiz Felipe Silva dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2963/scanner_20231213_2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2963/scanner_20231213_2.pdf</t>
   </si>
   <si>
     <t>	Que sejam encaminhadas informações sobre quais projetos foram cadastrados pela Prefeitura Municipal para tentativa de financiamento através do PAC (Programa de Aceleração do Crescimento) do Governo Federal. _x000D_
 Obs. Favor enviar protocolo de inscrição ou documentos que comprovem a efetiva inscrição dos projetos, bem como, aqueles que foram anexados à inscrição.</t>
   </si>
   <si>
     <t>2964</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2964/scanner_20231213_1.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2964/scanner_20231213_1.pdf</t>
   </si>
   <si>
     <t>	Que seja analisada a possibilidade de inclusão da medicação RITALINA (metilfenidato) na lista de medicamentos disponibilizados na Farmácia Municipal_x000D_
 Obs. A referida medicação é utilizada no tratamento da dislexia (caracterizada por dificuldade na aprendizagem da decodificação das palavras) e do Transtorno do Déficit de Atenção / Hiperatividade (TDAH), sendo assim, tal medida poderá ter especial resultado no aprendizado de estudantes de todas as etapas do ensino.</t>
   </si>
   <si>
     <t>2974</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2974/scanner_20231220_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2974/scanner_20231220_10.pdf</t>
   </si>
   <si>
     <t>solicitação ao Senhor Prefeito Municipal: que, através dos setores responsáveis, sejam prestados esclarecimento sobre o fato exposto a seguir: Foi protocolado na reunião de câmara do dia 11 de dezembro 2023, um requerimento solicitando informações sobre o escoamento de água dos loteamentos novos limítrofes ao bairro São José. Posteriormente, fui informado que, em reunião dos moradores com o Vice-prefeito e os proprietários dos loteamentos, o vice-prefeito garantiu que não haverá ligação de escoamento de água, enquanto o asfalto não for cortado. Diante desta informação, solicito então um documento com o compromisso de não ligação de outros loteamentos nas manilhas de escoamento, assinados pelo Prefeito Municipal, engenheiro responsável e proprietários dos loteamentos, com o registro das seguintes informações:_x000D_
 1.	Que não haverá liberação dos loteamentos, sem a construção da galeria do asfalto._x000D_
 2.	Que a galeria suporte todo volume de água pluvial advindos do bairro são José e demais bai</t>
   </si>
   <si>
     <t>2975</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2975/scanner_20231220_9.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2975/scanner_20231220_9.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: informar qual é a previsão para execução da obra de extensão do bueiro existente no início da Rua Dona Maria Cibele, no qual desagua a água pluvial da Rua José de Oliveira Lopes, obra essa que visa ajudar no desague da água colhida pelo bueiro existente, de forma que o bueiro tenha mais uma saída para escoar a água, melhorando a drenagem da pluvial no local.</t>
   </si>
   <si>
     <t>2976</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2976/scanner_20231220_8.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2976/scanner_20231220_8.pdf</t>
   </si>
   <si>
     <t>solicitação ao senhor Prefeito: recentemente, foi feita a troca da pavimentação da Rua Professor José da Costa Paiva pela empresa que está executando a obra de um loteamento paralelo a esta rua. No entanto, em uma das laterais não foi colocado meio-fio, nem foi construído passeio, o que tem prejudicado os moradores do local. Segundo me informaram, o serviço será feito pela prefeitura. Solicito informações sobre essa obra e quando o serviço será feito, ressaltando que precisa ser feito com urgência. Solicito, também, que informe se os postes, que estão no centro da rua, serão retirados e colocados nas laterais e/ou se serão substituídos, pois estão um pouco arcados.</t>
   </si>
   <si>
     <t>2977</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2977/scanner_20231220.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2977/scanner_20231220.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: realizar, através do setor de obras, manutenção na estrada de acesso a localidade conhecida como “propriedade dos Vianas”, que se encontra com valetas causadas pela água de chuva, o que faz com que os carros raspem o assoalho, podendo causar danos aos veículos.</t>
   </si>
   <si>
     <t>2978</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2978/scanner_20231220_2.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2978/scanner_20231220_2.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: realizar, através do setor de obras, os serviços necessários no bueiro identificado na foto que segue abaixo, no Bairro Lagoa, sendo necessário construir a caixa do bueiro e ser colocada grade para tampar.</t>
   </si>
   <si>
     <t>2979</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2979/scanner_20231220_3.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2979/scanner_20231220_3.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito: realizar, através do setor de obras, manutenção em três bueiros, localizados nas seguintes ruas: 1) Esquina da Rua Maria Cibele com a Rua José Belmiro Monti; na Rua Josefina Monti, próximo ao mercadinho do “Pezinho”; e na Rua Frei Orestes Girard, em frente à casa do Messias.</t>
   </si>
   <si>
     <t>2980</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2980/pdf24_merged.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2980/pdf24_merged.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito, reiterando requerimentos apresentados em 29/05/23, 10/04/23, 31/07/23, 18/09/23 e 07/06/22: realizar, através do setor de obras, manutenção em trechos de ruas da cidade que se encontram com calçamento desigual e/ou buracos, a saber:_x000D_
 1)	calçamento da Rua Coronel Estevan de Rezende, esquina com a Rua Pedro Monti;_x000D_
 2)	calçamento da Rua Dona Miquita, trecho asfaltado; e_x000D_
 3)	calçamento da Rua José Belmiro Monti, trecho que inicia na quadra municipal e finaliza na junção com a Rua Maria Cibele.</t>
   </si>
   <si>
     <t>2981</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2981/scanner_20231220_6.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2981/scanner_20231220_6.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito, reiterando requerimento feito em 13 de novembro de 2023: que, através dos setores responsáveis, sejam tomadas providências quanto ao problema que vem ocorrendo nos bairros Correias, Baixadão e Paulino, referente a rede de energia elétrica, haja vista que a rede, ao passar pelo bairro Correias, segue por entre árvores de eucalípto, o que faz com que, a fiação seja afetada pelas árvores, havendo queda constante de energia, que faz com que os moradores fiquem por mais de doze horas sem energia em suas casas. E os demais bairros, como Baixadão e Paulino são afetados pelo problema que ocorre nesta rede, sendo também prejudicados com a falta de energia.</t>
   </si>
   <si>
     <t>2982</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2982/scanner_20231220_7.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2982/scanner_20231220_7.pdf</t>
   </si>
   <si>
     <t>Solicitação ao senhor Prefeito, reiterando requerimento apresentado em 30 de novembro de 2023: que, através do setor de obras, seja aterrado aproximadamente dez metros da estrada do bairro Usina Pedrão, próximo ao depósito de bananas do Robson, haja vista que após cair a ponte do atalho, aumentou o trânsito por esta estrada, o que tem contribuído para que formem buracos, poças de água e lama no local, sendo necessário aterrar esse trecho de estrada e cascalhar. Também é necessário que no trecho seguindo nesta estrada, após o barracão do Robson, virando à direita, precisa ser feito serviço no local onde existe um buraco e dois córregos ao lado da estrada, precisando ser feita a limpeza dos córregos e ser feito aterro na estrada.</t>
   </si>
   <si>
     <t>2983</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2983/scanner_20231220_11.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2983/scanner_20231220_11.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal: que seja verificada se a instalação das TACHAS REFLEXIVAS (OLHO DE GATO) NA RUA POETA JOÃO CARNEIRO DE REZENDE está causando maiores riscos de acidentes e transtornos ao trânsito pelo local._x000D_
 _x000D_
 Obs. Moradores têm relatado que após a instalação dos dispositivos, o risco de acidentes aumentou na via, sendo o caso, talvez, de troca por dispositivos de menor dimensão, ou mesmo a sua retirada, uma vez que a via é bem iluminada, não havendo relatos de dificuldades na visualização da sinalização horizontal, o que, em tese, justificaria a instalação dos dispositivos.</t>
   </si>
   <si>
     <t>2984</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2984/scanner_20231220_12.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2984/scanner_20231220_12.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito Municipal: que seja encaminhado os Projetos Urbanísticos e de Drenagem Pluvial, apresentado pela CAIXETA LOTEADORA, responsável pelo empreendimento imobiliário em fase de execução no Bairro São José_x000D_
 _x000D_
 	Obs. Moradores da Rua Dona Maria Cibele e das proximidades da Praça José Gomes Siqueira, no Bairro São José, que, no início do ano, sofreram grandes prejuízos em virtude dos alagamentos ocorridos no local, nos procuraram buscando informações sobre a rede de drenagem pluvial do referido empreendimento, com vistas a observar se esta está adequada para absorver as águas da chuva e de que forma se dará o consequente desaguamento.</t>
   </si>
   <si>
     <t>2985</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>Luiz Felipe Silva dos Reis, Claudio de Lima Lopes, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2985/scanner_20231220_13.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2985/scanner_20231220_13.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Exmo. Senhor Prefeito Municipal: que informe sobre a situação da obra da rede pluvial no Bairro São José, tendo em vista que em sede de audiência pública realizada em novembro de 2023 na Câmara Municipal foi afirmado por alguns representantes do Poder Executivo que a obra seria realizada ainda neste ano de 2023, por meio de um recurso de 200 mil reais de indicação de emenda parlamentar somado com mais um recurso de 100 mil reais de outra emenda parlamentar, porém até o presente momento a obra não foi iniciada e isso é de grande preocupação dos moradores daquela localidade, destacando que o recurso de 100 mil reais de emenda parlamentar que já está na conta da prefeitura, foi conseguido através do pedido de um morador do bairro (Sr. Nei), portando, se faz necessário a apresentação do cronograma da referida obra, data de início, prazo de duração da obra, valor da obra, o que será feito e entre outras informações pertinentes.</t>
   </si>
   <si>
     <t>2403</t>
   </si>
   <si>
     <t>Requerimento (Câmara Jovem)</t>
   </si>
   <si>
     <t>Lucas Ribeiro Leite, Peterson Vinícius Rodrigues de Melo</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2403/01_-_requerimento_lucas_leite_-_25-04-2023_-_sampe.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2403/01_-_requerimento_lucas_leite_-_25-04-2023_-_sampe.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Presidente da SAMPE onformar se existe a possibilidade de serem incluídas novas modalidades de esportes na SAMPE, como handebol e jiu jitsu, e o que precisa para que possam ser incluídas novas modalidades.</t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
     <t>Lucas Ribeiro Leite</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2404/02_-_requerimento_lucas_leite_-_25-04-2023_-_nivelar_calcamento_ruas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2404/02_-_requerimento_lucas_leite_-_25-04-2023_-_nivelar_calcamento_ruas.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito: Fazer esforços para que o calçamento das ruas da cidade seja nivelado.</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2405/03_-_requerimento_lucas_leite_-_25-04-2023_-_melhoria_onibus_escolar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2405/03_-_requerimento_lucas_leite_-_25-04-2023_-_melhoria_onibus_escolar.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: Conversar com o Secretário Municipal de Educação e juntos encontrar uma solução para melhorar as condições dos ônibus escolar.</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2406/02_-_requerimento_peterson_-_25-04-2023_-_jovem_aprendiz.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2406/02_-_requerimento_peterson_-_25-04-2023_-_jovem_aprendiz.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: Que seja realizada campanha incentivando as empresas de Pedralva a contratar Jovem Aprendiz.</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2407/03_-_requerimento_peterson_-_25-04-2023_-_educacao_financeira.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2407/03_-_requerimento_peterson_-_25-04-2023_-_educacao_financeira.pdf</t>
   </si>
   <si>
     <t>Solicitando aos Diretores das Escolas do Município e ao Secretário Municipal de Educação: Que seja analisada a possibilidade de ser oferecido aos alunos das escolas de Pedralva aulas de educação financeira.</t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
     <t>Natanael Aparecido Nogueira Teodoro</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2408/01_-_requerimento_natanael_25-04-2023_-_manutencao_parquinho_lado_do_clube_operario.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2408/01_-_requerimento_natanael_25-04-2023_-_manutencao_parquinho_lado_do_clube_operario.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: Que seja realizada manutenção no parquinho municipal, localizado ao lado do Clube Operário, uma vez que os brinquedos estão danificados e quebrados.</t>
   </si>
   <si>
     <t>2409</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2409/02_-_requerimento_natanael_25-04-2023_-_lixeira_zona_rural.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2409/02_-_requerimento_natanael_25-04-2023_-_lixeira_zona_rural.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: Que sejam instaladas lixeiras na zona rural, em alguns pontos que ainda não tem lixeira.</t>
   </si>
   <si>
     <t>2410</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2410/03_-_requerimento_natanael_25-04-2023_-_rocar_beiradas_estradas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2410/03_-_requerimento_natanael_25-04-2023_-_rocar_beiradas_estradas.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: Que sejam roçadas as beiras das estradas.</t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2411/04_-_requerimento_natanael_25-04-2023_-_melhoria_predios_das_escolas_municipais_e_parceria_para_melhoria_escolas_estaduais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2411/04_-_requerimento_natanael_25-04-2023_-_melhoria_predios_das_escolas_municipais_e_parceria_para_melhoria_escolas_estaduais.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: Realizar, junto com a Secretaria de Educação, projetos para melhoria nos prédios das escolas municipais e fazer parceria com as escolas estaduais para conseguir ajudar na melhoria dos prédios das escolas estaduais, como concerto de portas, instalação de ar condicionado, entre outras melhorias necessárias.</t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
     <t>Luiz Antônio Oliveira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2412/01_-_requerimento_luiz_antonio_25-04-2023_-__rocar_capinar_e_limpar_estradas_zona_rural.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2412/01_-_requerimento_luiz_antonio_25-04-2023_-__rocar_capinar_e_limpar_estradas_zona_rural.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal, com cópia para a Secretária de Obras - Sra. Lilian Rangel de Freitas e para o diretor do Departamento de obras -: Sr. Carlos Alberto Vilas Boas: Que seja feita manutenção nas estradas rurais que dão acesso as localidades denominada Pipa, Pedrão, Barra Mansa e Sertãozinho.</t>
   </si>
   <si>
     <t>2413</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2413/02_-_requerimento_luiz_antonio_25-04-2023_-_manutencao_estradas_pipa_pedra_barra_e_sertaozinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2413/02_-_requerimento_luiz_antonio_25-04-2023_-_manutencao_estradas_pipa_pedra_barra_e_sertaozinho.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: Que seja feita roçada, capina e limpeza nas zonas rural e urbana do nosso município.</t>
   </si>
   <si>
     <t>2414</t>
   </si>
   <si>
     <t>Lucas Rodrigues Magalhães</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2414/01_-_requerimento_lucas_magalhaes_-_24-04-2023_-_manutencao_rede_esgoto_da_cidade.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2414/01_-_requerimento_lucas_magalhaes_-_24-04-2023_-_manutencao_rede_esgoto_da_cidade.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: Que sejam realizadas manutenções regulares e eficazes nas redes de esgoto.</t>
   </si>
   <si>
     <t>2415</t>
   </si>
   <si>
     <t>Laís Batista Teixeira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2415/01_-_requerimento_lais_-_25-04-2023_-_espacos_publicos_com_brinquedos_criancas_deficiencia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2415/01_-_requerimento_lais_-_25-04-2023_-_espacos_publicos_com_brinquedos_criancas_deficiencia.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: Que sejam criados espaços públicos com brinquedos para crianças com deficiência.</t>
   </si>
   <si>
     <t>2416</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2416/01_-_requerimento_yasmin_-_25-04-2023_-_colocar_em_funcionamento_conselho_da_juventude.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2416/01_-_requerimento_yasmin_-_25-04-2023_-_colocar_em_funcionamento_conselho_da_juventude.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: Que seja cumprida a Lei Municipal nº 1.606, de 19 de novembro de 2013, que “Institui o Conselho Municipal da Juventude “COMJUVE” e dá outras providências”.</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2417/02_-_requerimento_yasmin_-_25-04-2023_-_politicas_publicas_trabalho_homem_do_campoe_e_incentivar_permanencia_do_jovem_no_meio_rural.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2417/02_-_requerimento_yasmin_-_25-04-2023_-_politicas_publicas_trabalho_homem_do_campoe_e_incentivar_permanencia_do_jovem_no_meio_rural.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: Que sejam feitos esforços, através do setor de agricultura da prefeitura, com o intuito de criar políticas públicas voltadas para apoiar o trabalho do homem do campo e incentivar à permanência de jovens no meio rural.</t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2418/03_-_requerimento_yasmin_-_25-04-2023_-_cursos_profissionalizantes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2418/03_-_requerimento_yasmin_-_25-04-2023_-_cursos_profissionalizantes.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: Que seja implantado no Município de Pedralva cursos profissionalizantes.</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2419/04_-_requerimento_yasmin_-_25-04-2023_-_jovem_aprendiz_camara_e_prefeitura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2419/04_-_requerimento_yasmin_-_25-04-2023_-_jovem_aprendiz_camara_e_prefeitura.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal e ao Presidente da Câmara Municipal: Implantar na Prefeitura e na Câmara Municipal de Pedralva o Programa Jovem Aprendiz.</t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2464/04_-_requerimento_peterson_-_30-05-2023_-_realizacao_de_campeonatos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2464/04_-_requerimento_peterson_-_30-05-2023_-_realizacao_de_campeonatos.pdf</t>
   </si>
   <si>
     <t>Que, através do departamento de esportes, sejam realizados campeonatos de futebol, futsal, vôlei, handebol, entre outros, tanto masculino como feminino, para adolescentes de 12 a 14 anos.</t>
   </si>
   <si>
     <t>2465</t>
   </si>
   <si>
     <t>Thales de Mira Campos Soares</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2465/01_-_requerimento_30-05-2023_-_limpeza_lixeiras_bairros_rurais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2465/01_-_requerimento_30-05-2023_-_limpeza_lixeiras_bairros_rurais.pdf</t>
   </si>
   <si>
     <t>Que o setor de limpeza pública dê a devida atenção aos locais de coleta de lixo nos bairros rurais, fazendo a limpeza do local onde estão instaladas as lixeiras, bem como das próprias lixeiras, que ficam cheios de restos e de embalagens espalhados.</t>
   </si>
   <si>
     <t>2466</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2466/02_-_requerimento_lais_-_30-05-2023_-_ruas_e_estradas_-_construcao_areas_de_lazer.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2466/02_-_requerimento_lais_-_30-05-2023_-_ruas_e_estradas_-_construcao_areas_de_lazer.pdf</t>
   </si>
   <si>
     <t>1)	RUAS E ESTRADAS_x000D_
 2)	CONSTRUÇÃO DE ÁREAS DE LAZER</t>
   </si>
   <si>
     <t>2467</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2467/02_-_requerimento_lucas_magalhaes_-_30-05-2023_-_abrigo_animais_de_rua.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2467/02_-_requerimento_lucas_magalhaes_-_30-05-2023_-_abrigo_animais_de_rua.pdf</t>
   </si>
   <si>
     <t>Que seja construído e mantido pela Prefeitura abrigo para animais de rua.</t>
   </si>
   <si>
     <t>2468</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2468/05_-_requerimento_yasmin_-_30-05-2023_-_guarda_civil_municipal.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2468/05_-_requerimento_yasmin_-_30-05-2023_-_guarda_civil_municipal.pdf</t>
   </si>
   <si>
     <t>Criação da Guarda Civil Municipal em Pedralva, com o objetivo de manter a ordem pública, a segurança das pessoas e a segurança patrimonial em escolas, praças, parques, logradouros e outros locais públicos.</t>
   </si>
   <si>
     <t>2469</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2469/06_-_requerimento_yasmin_-_30-05-2023_-_cinema_na_praca.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2469/06_-_requerimento_yasmin_-_30-05-2023_-_cinema_na_praca.pdf</t>
   </si>
   <si>
     <t>Realizar, através do Departamento de Cultura, o projeto “cinema na praça”.</t>
   </si>
   <si>
     <t>2470</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2470/07_-_requerimento_yasmin_-_30-05-2023_-_sessao_homenagem_debutantes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2470/07_-_requerimento_yasmin_-_30-05-2023_-_sessao_homenagem_debutantes.pdf</t>
   </si>
   <si>
     <t>Seja analisado, junto ao Presidente da Câmara e ao assessor jurídico da Câmara Municipal de Pedralva, a possibilidade da Câmara Jovem realizar sessão solene para o fim específico de homenagear todas as meninas que completaram e irão completar 15 anos no ano em vigor.</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2592/08_-_requerimento_yasmin_-_27-06-2023_-_playgroud_infantil.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2592/08_-_requerimento_yasmin_-_27-06-2023_-_playgroud_infantil.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito: Aquisição e instalação de playground infantil em espaços públicos do município.</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2593/09_-_requerimento_yasmin_-_27-06-2023_-_concha_acustica_praca.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2593/09_-_requerimento_yasmin_-_27-06-2023_-_concha_acustica_praca.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: Construção de uma pequena concha acústica no jardim da Praça Carneiro de Rezende, para servir como palco para pequenas apresentações culturais do município, como apresentação de artistas amadores, realização de festivais e muitos outros eventos.</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2594/02_-_requerimento_27-06-2023_-_area_de_lazer_e_esporte_bairros_rurais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2594/02_-_requerimento_27-06-2023_-_area_de_lazer_e_esporte_bairros_rurais.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: Que seja incluído, nos projetos que serão executados pela prefeitura na área de esporte e lazer, a construção de áreas de esporte e lazer nos bairros rurais, que ainda não possuem, com quadra esportiva, academia ao ar livre, parque infantil, entre outros equipamentos que beneficiem a comunidade e estimulem a prática esportiva, e, também, área de convivência que proporcione o bem-estar da população.</t>
   </si>
   <si>
     <t>2763</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2763/requerimento_26-09-2023_-_arborizacao_cidade.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2763/requerimento_26-09-2023_-_arborizacao_cidade.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito: Um projeto para arborização da cidade.</t>
   </si>
   <si>
     <t>2764</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2764/requerimento_26-09-2023_-_recuperacao_estacao_do_pedrao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2764/requerimento_26-09-2023_-_recuperacao_estacao_do_pedrao.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito: Recuperação, conservação e reforma da estação do Pedrão, que se encontra em situação de depósito de bananas.</t>
   </si>
   <si>
     <t>2870</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2870/requerimento_31-10-2023_-_cemiterio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2870/requerimento_31-10-2023_-_cemiterio.pdf</t>
   </si>
   <si>
     <t>Solicitando ao prefeito municipal: Calçamento do cemitério municipal.</t>
   </si>
   <si>
     <t>2871</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2871/requerimento_31-10-2023_-_reforma_da_quadra_prof._raimundo_martins.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2871/requerimento_31-10-2023_-_reforma_da_quadra_prof._raimundo_martins.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal: Reforma da quadra municipal poliesportiva “Professor Raimundo Martins”.</t>
   </si>
   <si>
     <t>2872</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2872/requerimento_31-10-2023_-_escolas_legislativo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2872/requerimento_31-10-2023_-_escolas_legislativo.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Presidente da Câmara Municipal: Que a Câmara Municipal de Pedralva faça esforços para:_x000D_
 1) instituir a Escola do Legislativo: órgão da Câmara Municipal que tem a finalidade de estimular o exercício da cidadania e a conscientização política; e_x000D_
 2) inscrever, em 2024, a Câmara Municipal para participar do Parlamento Jovem de Minas no ano de 2025: programa de formação política voltado aos estudantes do ensino médio dos municípios mineiros, que cria a oportunidade de conhecer melhor a política e os instrumentos de participação no Poder Legislativo municipal e estadual.</t>
   </si>
   <si>
     <t>2873</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2873/requerimento_31-10-2023_-_lixeira_campestre.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2873/requerimento_31-10-2023_-_lixeira_campestre.pdf</t>
   </si>
   <si>
     <t>Solicitando Prefeito: Providenciar, através do setor responsável pela coordenação dos serviços relacionados à coleta do lixo na zona rural, com orientação do setor de meio ambiente, para ser realizado um serviço efetivo para instalação de lixeiras em vários pontos, de forma que o morador da área rural possa contar com um local adequado para depositar o lixo, para que não ocorra do lixo ser colocado no chão, na beirada da estrada, conforme está ocorrendo no trevo do bairro Campestre, onde foi retirada a lixeira existente e o lixo tem sido deixado no chão, encostado em uma árvore, ocorrendo do lixo se espalhar pela estrada e terrenos vizinhos.</t>
   </si>
   <si>
     <t>2874</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2874/requerimento_31-10-2023_-_gincana_do_saber.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2874/requerimento_31-10-2023_-_gincana_do_saber.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Presidente da Câmara Municipal: Instituir na Câmara Municipal de Pedralva o projeto “Gincana do Saber”. Encaminho anexo, minuta de Projeto de Resolução para que possa ser tomado por base, para criação deste projeto.</t>
   </si>
   <si>
     <t>2954</t>
   </si>
   <si>
     <t>Peterson Vinícius Rodrigues de Melo, Luiz Antônio Oliveira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2954/pdf24_merged.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2954/pdf24_merged.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que envie um projeto de lei à Câmara Municipal, para ser aprovada pelos senhores vereadores, ampliando o benefício criado pela Lei Municipal 1.948, de 29 de agosto de 2022, que criou o Programa Auxílio Esportivo, autorizando o Poder Executivo Municipal a conceder ajuda de custo a atletas e equipes que representam o Município de Pedralva em competições.</t>
   </si>
   <si>
     <t>2955</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2955/scanner_20231206_6.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2955/scanner_20231206_6.pdf</t>
   </si>
   <si>
     <t>Realizar campanha "Natal sem fome", em parceria com voluntários, organizações da sociedade civil e empresas, com o objetivo de arrecadar alimentos não perecíveis para auxiliar as famílias em situação de vulnerabilidade social.</t>
   </si>
   <si>
     <t>2956</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2956/pdf24_merged_1.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2956/pdf24_merged_1.pdf</t>
   </si>
   <si>
     <t>Tomar as medidas necessárias para que sejam cumpridas as leis municipais referentes aos animais soltos e abandonados pelas ruas de Pedralva (Leis Municipais nº 1.859/2021, nº 1.878/2021 e nº 1.879/2021).</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2125/01_-_indicacao_06-02-2023_-_contratacao_de_empresa_terceirizada_para_manutencao_estradas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2125/01_-_indicacao_06-02-2023_-_contratacao_de_empresa_terceirizada_para_manutencao_estradas.pdf</t>
   </si>
   <si>
     <t>Que, após o período das chuvas, seja feita a contratação de uma empresa técnica terceirizada, especializada em manutenção de estradas rurais, para agilizar o conserto e o reparo que precisarão ser feitos.</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2142/01_-_indicacao_13-04-2023_-_consultar_motoristas_sobre_situacao_das_estradas_rurais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2142/01_-_indicacao_13-04-2023_-_consultar_motoristas_sobre_situacao_das_estradas_rurais.pdf</t>
   </si>
   <si>
     <t>que faça uma reunião ou que simplesmente consulte os motoristas dos transportes escolares sobre a situação das nossas estradas rurais e sobre os principais trechos que precisam de manutenção, porque são eles que após o retorno das aulas estão todos os dias utilizando das estradas, desta forma, poderão relatar com clareza a situação das estradas.</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2618/02_-_indicacao_07-08-2023_-_dia_do_folclore.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2618/02_-_indicacao_07-08-2023_-_dia_do_folclore.pdf</t>
   </si>
   <si>
     <t>indica ao Senhor Prefeito Municipal a necessidade da tomada da seguinte providência: que seja comemorado o dia do Folclore</t>
   </si>
   <si>
     <t>2652</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2652/03_-_indicacao_21-08-2023_-_acompanhar_os_trabalhos_de_asfalto_na_rua_poeta.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2652/03_-_indicacao_21-08-2023_-_acompanhar_os_trabalhos_de_asfalto_na_rua_poeta.pdf</t>
   </si>
   <si>
     <t>indica ao Senhor Prefeito Municipal a necessidade da tomada da seguinte providência: que o Departamento de Engenharia da Prefeitura Municipal acompanhe os trabalhos que serão feitos pela empresa Pavidez na Rua Poeta João Carneiro de Rezende, garantindo assim a perfeita realização da obra, bem como verificar se todas as etapas técnicas do contrato estão sendo respeitadas e cumpridas.</t>
   </si>
   <si>
     <t>2722</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2722/04_-_indicacao_18-09-2023_-_comemorar_dia_da_crianca_com_evento.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2722/04_-_indicacao_18-09-2023_-_comemorar_dia_da_crianca_com_evento.pdf</t>
   </si>
   <si>
     <t>Que, no dia 12 de outubro, feriado nacional, seja comemorado o Dia das Crianças pela prefeitura, com eventos, jogos, gincanas, distribuição de lanches e guloseimas, cuidando para que elas tenham o dia delas comemorado e saibam a importância delas ao município, como fator importantíssimo para um futuro melhor para todos.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2136/01_-_mocao_pesar_13-02-2023_-_joao_matheus.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2136/01_-_mocao_pesar_13-02-2023_-_joao_matheus.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do jovem João Mateus Salgado Machado, ocorrido no dia 10 de fevereiro de 2023.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>Claudio de Lima Lopes, João Batista Machado Filho, Luiz Felipe Silva dos Reis, Marco Aurélio Rufino, Matheus Bustamante Gomes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2137/02_-_mocao_aplauso_13-02-2023_-_exdiretoras_escolas_municipais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2137/02_-_mocao_aplauso_13-02-2023_-_exdiretoras_escolas_municipais.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E AGRADECIMENTO,  as dirigentes das escolas públicas municipais de Pedralva, que encerraram seus mandatos em dezembro de 2022: Diretora Maria Luciana Silveira Silva e Vice-Diretora Maria Tereza Barbosa, da Escola Municipal Coronel Gaspar, e Diretora Ana Luiza Vitoriano, das Escolas Municipais da Área Rural, em reconhecimento desta Casa Legislativa, em observar e valorizar todo empenho e dedicação das homenageadas no desenvolvimento de suas atribuições de forma exemplar em nosso município.</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2138/03_-_mocao_aplauso_13-02-2023_-_novas_diretoras_escolas_municipais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2138/03_-_mocao_aplauso_13-02-2023_-_novas_diretoras_escolas_municipais.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, as novas dirigentes das escolas públicas municipais de Pedralva: Diretora Ana Luiza Vitoriano e Vice-Diretora Débora Carvalho Borges Lima, da Escola Municipal Coronel Gaspar, e Diretora Diana Meire de Oliveira Faria, das Escolas Municipais da Área Rural, escolhidas, no dia 28 dezembro de 2022, apresentando cumprimentos, votos de êxito e desejando uma boa gestão a todas as eleitas para compor a diretoria das escolas municipais de Pedralva.</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2147/04_-_mocao_pesar_13-02-2023_-_andre_luiz_silva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2147/04_-_mocao_pesar_13-02-2023_-_andre_luiz_silva.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do jovem ANDRÉ LUIZ SILVA, ocorrido no dia 06 de fevereiro de 2023.</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2194/05_-_mocao_aplauso_27-02-2023_-_gustavo_camara.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2194/05_-_mocao_aplauso_27-02-2023_-_gustavo_camara.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao senhor Luiz Gustavo Martins, em reconhecimento aos relevantes serviços públicos prestados à Câmara Municipal de Pedralva/MG, durante o período que foi funcionário desta Casa.</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2195/06_-_mocao_pesar_27-02-2023_-_jose_donizete.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2195/06_-_mocao_pesar_27-02-2023_-_jose_donizete.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor JOSÉ DONIZETI TEIXEIRA, aos 67 anos, ilustre cidadão deste município, morador do Bairro Cubatão, ocorrido no dia 24 de fevereiro.</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2202/01_-_mocao_de_aplauso_-_07-03-2023_-_funcionario_prefeitura_-_enxente.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2202/01_-_mocao_de_aplauso_-_07-03-2023_-_funcionario_prefeitura_-_enxente.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO aos funcionários da equipe de obras e serviços públicos, ao Vice-Prefeito e aos Secretários Municipais de Desenvolvimento e de Saúde da Prefeitura Municipal de Pedralva.</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2203/02_-_mocao_de_aplauso_-_07-03-2023_-_prefeito_de_santa_rita_-_enxente.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2203/02_-_mocao_de_aplauso_-_07-03-2023_-_prefeito_de_santa_rita_-_enxente.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, a ser encaminhada ao Professor Wander, Prefeito do Município de Santa Rita do Sapucaí, e à toda equipe da defesa civil daquele município, agradecendo ao Prefeito do Município de Santa Rita do Sapucaí e a equipe da defesa civil, pela ajuda prestada ao nosso município, expressando gratidão, pelos bons serviços prestados a nossa gente.</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2211/01_-__mocao_aplauso_07-03-2023_-__dia_da_mulher.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2211/01_-__mocao_aplauso_07-03-2023_-__dia_da_mulher.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso pelo Dia Internacional da Mulher.</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2212/02_-__mocao_aplauso_07-03-2023_-__populacao_-_solidariedade_chuva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2212/02_-__mocao_aplauso_07-03-2023_-__populacao_-_solidariedade_chuva.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso para a população pedralvense, que diante das chuvas torrenciais que atingiram o município na tarde do dia 27 de fevereiro de 2023, foi muito solidária.</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2213/03_-__mocao_aplauso_07-03-2023_-__policia_militar_-_solidariedade_chuva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2213/03_-__mocao_aplauso_07-03-2023_-__policia_militar_-_solidariedade_chuva.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO para a Polícia Militar de Pedralva, de São José do Alegre e de Conceição das Pedras, que diante das chuvas torrenciais que atingiram o município na tarde do dia 27 de fevereiro de 2023, foi muito solidária.</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2214/04_-__mocao_aplauso_07-03-2023_-_guarda_municipal_santa_rita_-_solidariedade_chuva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2214/04_-__mocao_aplauso_07-03-2023_-_guarda_municipal_santa_rita_-_solidariedade_chuva.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO para a Guarda Municipal de Santa Rita do Sapucaí, que diante das chuvas torrenciais que atingiram o município na tarde do dia 27 de fevereiro de 2023, foi muito solidária.</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
     <t>Fernanda Christiane Tomé Torres, Paulo Henrique de Faria</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2215/01_-__mocao_pesar_07-03-2023_-_jose_eduardo_piazza_-.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2215/01_-__mocao_pesar_07-03-2023_-_jose_eduardo_piazza_-.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento do Ilustríssimo Senhor JOSÉ EDUARDO PIAZZA, ocorrido no dia 6 de março.</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2216/02_-__mocao_pesar_07-03-2023_-_rubens_jose_de_oliveira.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2216/02_-__mocao_pesar_07-03-2023_-_rubens_jose_de_oliveira.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento do Ilustríssimo Senhor RUBENS JOSÉ DE OLIVEIRA.</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2221/07_-_mocao_aplauso_07-03-2023_-_mocao_apaluso_prefeito_santa_rita.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2221/07_-_mocao_aplauso_07-03-2023_-_mocao_apaluso_prefeito_santa_rita.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO ao Prefeito de Santa Rita do Sapucaí, que diante das chuvas torrenciais que atingiram Pedralva na tarde do dia 27/02/223, foi muito solidário.</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2223/08_-_mocao_aplauso_07-03-2023_-_mocao_apaluso_defesa_civil_santa_rita.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2223/08_-_mocao_aplauso_07-03-2023_-_mocao_apaluso_defesa_civil_santa_rita.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO para a Defesa Civil de Santa Rita do Sapucaí, que diante das fortes chuvas ocorridas no dia 27/02/2023, foi muito solidária.</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2224/07_-_mocao_aplauso_07-03-2023_-_dia_da_mulher.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2224/07_-_mocao_aplauso_07-03-2023_-_dia_da_mulher.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO pelo Dia Internacional da Mulher.</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2226/08_-_mocao_pesar_07-03-2023_-_eduardo_piazza.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2226/08_-_mocao_pesar_07-03-2023_-_eduardo_piazza.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento do senhor JOSÉ EDUARDO PIAZZA.</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2227/09_-_mocao_aplauso_07-03-2023_-_servidores_e_populcao_-_chuva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2227/09_-_mocao_aplauso_07-03-2023_-_servidores_e_populcao_-_chuva.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO aos servidores públicos envolvidos nas medidas de enfrentamento aos desastres naturais da última semana e à população Pedralvanse pela solidariedade aos atingidos.</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2228/10_-_mocao_pesar_07-03-2023_-_dona_laura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2228/10_-_mocao_pesar_07-03-2023_-_dona_laura.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento da senhora LAURA PEREIRA MACÊDO.</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2279/11_-_mocao_aplauso_20-03-2023_-_eleicao_vereador_jovem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2279/11_-_mocao_aplauso_20-03-2023_-_eleicao_vereador_jovem.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO AO COLÉGIO RH+ E À ESCOLA ESTADUAL PROFESSOR ARCÁDIO NASCIMENTO MOURA E SEUS ALUNOS E ALUNAS PELA PARTICIPAÇÃO NO PROCESSO DE ELEIÇÃO DA 2ª LEGISLATURA DA CÂMARA JOVEM DE PEDRALVA.</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2280/12_-_mocao_aplauso_20-03-2023_-_dojo_rangel_de_karate.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2280/12_-_mocao_aplauso_20-03-2023_-_dojo_rangel_de_karate.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO à equipe pedralvense, DOJO RANGEL de Karatê, pela excelente participação na 10ª COPA ABERTA DE KARATÊ, PROFESSOR EDSON ANTÔNIO VELANO, na cidade de Alfenas/MG.</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2281/09_-_mocao_aplauso_20-03-2023_-_mocao_apaluso_vereadores_jovens.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2281/09_-_mocao_aplauso_20-03-2023_-_mocao_apaluso_vereadores_jovens.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO a todos os candidatos à eleição de Vereador Jovem.</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2319/13_-_mocao_aplauso_03-04-2023_-_ana_lucia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2319/13_-_mocao_aplauso_03-04-2023_-_ana_lucia.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOEM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE PEDRALVA/MG, PELA SERVIDORA PÚBLICA, SRA. ANA LUCIA DE ALMEIDA RODRIGUES.</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2320/14_-_mocao_aplauso_03-04-2023_-_benedito_donizetti_maia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2320/14_-_mocao_aplauso_03-04-2023_-_benedito_donizetti_maia.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE PEDRALVA/MG, PELO SERVIDOR PÚBLICO, SR. _x000D_
 BENEDITO DONIZETTI MAIA,</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
     <t>Matheus Bustamante Gomes, Aline de Fátima Silva Guedes, Claudio de Lima Lopes</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2321/15_-_mocao_aplauso_03-04-2023_-_juliana_harumi_sato.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2321/15_-_mocao_aplauso_03-04-2023_-_juliana_harumi_sato.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE AGRADECIMENTO E SOLIDARIEDADE À SRA. JULIANA HARUMI SATO, MÉDICA DO PROGRAMA MAIS MÉDICOS, LOTADA NA UBS DO BAIRRO SÃO JOSÉ.</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2322/16_-_mocao_aplauso_03-04-2023_-_maria_celeste_faria.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2322/16_-_mocao_aplauso_03-04-2023_-_maria_celeste_faria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PÚBLICOS PRESTADOS AO MUNICÍPIO DE PEDRALVA/MG, PELA SERVIDORA PÚBLICA, SRA. MARIA CELESTE FARIA,</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2323/17_-_mocao_aplauso_03-04-2023_-_maria_sebastiana_faria.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2323/17_-_mocao_aplauso_03-04-2023_-_maria_sebastiana_faria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE PEDRALVA/MG, PELA SERVIDORA PÚBLICA, SRA. MARIA SEBASTIANA FARIA.</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2324/18_-_mocao_aplauso_03-04-2023_-_vigilina_de_fatima_apolinario.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2324/18_-_mocao_aplauso_03-04-2023_-_vigilina_de_fatima_apolinario.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE PEDRALVA/MG, PELA SERVIDORA PÚBLICA, SRA. VIRGILINA DE FATIMA APOLINÁRIO.</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2325/19_-_mocao_aplauso_03-04-2023_-_autista.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2325/19_-_mocao_aplauso_03-04-2023_-_autista.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO EM RECONHECIMENTO A IMPORTÂNCIA DO DIA MUNDIAL DA CONCIENTIZAÇÃO DO AUTISMO – DIA 2 DE ABRIL</t>
   </si>
   <si>
     <t>2359</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2359/03_-_mocao_de_pesar_-_17-04-2023_-_joaquim_lopes_da_silva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2359/03_-_mocao_de_pesar_-_17-04-2023_-_joaquim_lopes_da_silva.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor JOAQUIM LOPES DA SILVA, ocorrido no dia 6 de abril de 2023.</t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2360/20_-_mocao_pesar_17-04-2023_-_jose_geraldo_maia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2360/20_-_mocao_pesar_17-04-2023_-_jose_geraldo_maia.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor José Geraldo Maia.</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2364/21_-_mocao_pesar_27-04-2023_-_vagner_rodrigues.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2364/21_-_mocao_pesar_27-04-2023_-_vagner_rodrigues.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor VAGNER RODRIGUES REALINO.</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2380/04_-_mocao_de_pesar_-_02-05-2023_-_dona_geraldinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2380/04_-_mocao_de_pesar_-_02-05-2023_-_dona_geraldinha.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da ilustríssima senhora Maria Geralda Honorio, ocorrido no dia 25 de abril de 2023.</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2381/05_-_mocao_de_pesar_-_02-05-2023_-_vagner_realino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2381/05_-_mocao_de_pesar_-_02-05-2023_-_vagner_realino.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor Vagner Rodrigues Realino.</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2389/10_-_mocao_aplauso_02-05-2023_-_mocao_apaluso_trabalhadores.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2389/10_-_mocao_aplauso_02-05-2023_-_mocao_apaluso_trabalhadores.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO pelo DIA DO TRABALHO.</t>
   </si>
   <si>
     <t>2395</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2395/20_-_mocao_pesar_02-05-2023_-_dona_geraldinha.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2395/20_-_mocao_pesar_02-05-2023_-_dona_geraldinha.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da senhora Maria Geralda Honorio.</t>
   </si>
   <si>
     <t>2398</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2398/22_-_mocao_pesar_08-05-2023_-_maria_de_lourdes_vilas_boas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2398/22_-_mocao_pesar_08-05-2023_-_maria_de_lourdes_vilas_boas.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da senhora Maria de Lourdes Vilas Boas.</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2432/06_-_mocao_de_aplauso_-_15-05-2023_-_yasmin_castro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2432/06_-_mocao_de_aplauso_-_15-05-2023_-_yasmin_castro.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à Vereadora Jovem YASMIN CASTRO SOUZA, participante do Programa Câmara na Escola da Câmara Municipal de Pedralva – MG, da legislatura jovem de 2023, por sua participação na Sessão Solene de entrega do Título de “Cidadão Honorário Pedralvense” e do Título de “Amigo de Pedralva”, realizada no dia 6 de maio de 2023.</t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2433/03_-__mocao_aplauso_15-05-2023_-_carlos_alexandre_-_peao_rodeio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2433/03_-__mocao_aplauso_15-05-2023_-_carlos_alexandre_-_peao_rodeio.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, ao jovem CARLOS ALEXANDRE BUENO REIS, mais conhecido por “Carlinho”, pedralvense que participou do 26º RODEIO DE PEDRALVA, ocorrido entre os dias 12 e 14 de maio, como COMPETIDOR EM TOUROS, tendo conquistado a 4ª colocação no rodeio.</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2434/04_-__mocao_aplauso_15-05-2023_-_fabricio_soares_-_peao_rodeio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2434/04_-__mocao_aplauso_15-05-2023_-_fabricio_soares_-_peao_rodeio.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, a ser encaminhada ao jovem FABRÍCIO SOARES, pedralvense que participou do 26º RODEIO DE PEDRALVA, ocorrido entre os dias 12 e 14 de maio, como COMPETIDOR EM TOUROS, tendo conquistado a 3ª colocação no rodeio.</t>
   </si>
   <si>
     <t>2482</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2482/07_-_mocao_de_pesar-_05-06-2023_-_jose_goncalves.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2482/07_-_mocao_de_pesar-_05-06-2023_-_jose_goncalves.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do ilustríssimo senhor José Gonçalves Pereira.</t>
   </si>
   <si>
     <t>2483</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2483/08_-_mocao_de_pesar-_05-06-2023_-_gema_fernandes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2483/08_-_mocao_de_pesar-_05-06-2023_-_gema_fernandes.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da senhora Gema Corrêa Fernandes.</t>
   </si>
   <si>
     <t>2493</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2493/09_-_mocao_de_aplauso_05-06-2023_-_dr._claudio_rogerio.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2493/09_-_mocao_de_aplauso_05-06-2023_-_dr._claudio_rogerio.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, a ser encaminhada ao Ilustre Doutor Claudio Rogerio, Médico Endocrinologista, pelo relevante trabalho prestado na SAMPE.</t>
   </si>
   <si>
     <t>2583</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2583/10_-_mocao_de_pesar_26-06-2023_-_jose_marcos_abreu_lisboa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2583/10_-_mocao_de_pesar_26-06-2023_-_jose_marcos_abreu_lisboa.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor José Marcos de Abreu Lisbôa.</t>
   </si>
   <si>
     <t>2634</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2634/02_-_mocao_pesar__-_14-08-2023_-_rubens_silvestre.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2634/02_-_mocao_pesar__-_14-08-2023_-_rubens_silvestre.pdf</t>
   </si>
   <si>
     <t>Moção Pesar pelo falecimento do jovem RUBENS HENRIQUE SILVESTRE, ocorrido no dia 27 de junho de 2023.</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2653/20_-_mocao_aplauso_21-08-2023-_campeonat_brasileiro_de_jiu-jitsu.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2653/20_-_mocao_aplauso_21-08-2023-_campeonat_brasileiro_de_jiu-jitsu.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO AOS ATLETAS PEDRALVENSES RODRIGO ROSA, CARLOS FERREIRA, MARCINHO RODRIGUES E LUIZ ANTÔNIO OLIVEIRA PELOS RESULTADOS OBTIDOS NO CAMPEONATO BRASILEIRO DE JIU-JITSU DA CBJJE.</t>
   </si>
   <si>
     <t>2669</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2669/11_-_mocao_de_pesar_28-08-2023_-_dona_cidoca.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2669/11_-_mocao_de_pesar_28-08-2023_-_dona_cidoca.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da ilustríssima senhora Maria Aparecida Carneiro, conhecida carinhosamente por “Dona Cidoca”, ocorrido no dia 16 de agosto de 2023, aos 81 anos.</t>
   </si>
   <si>
     <t>2670</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2670/12_-_mocao_de_pesar_28-08-2023_-_maria_isabel_-_pitangueiras.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2670/12_-_mocao_de_pesar_28-08-2023_-_maria_isabel_-_pitangueiras.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da ilustríssima senhora Maria Isabel dos Reis Cruz, moradora do Bairro Pitangueiras, ocorrido no dia 16 de agosto de 2023.</t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2671/23_-_mocao_pesar_28-08-2023_-_sebastiana_da_silva_ribeiro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2671/23_-_mocao_pesar_28-08-2023_-_sebastiana_da_silva_ribeiro.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da Ilustríssima senhora SEBASTIANA DA SILVA RIBEIRO, ocorrido no dia 20 de agosto.</t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2673/22_-_mocao_aplauso_28-08-2023-_vagner_de_souza_realino.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2673/22_-_mocao_aplauso_28-08-2023-_vagner_de_souza_realino.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO_x000D_
 _x000D_
 EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE PEDRALVA/MG, PELO SERVIDOR PÚBLICO, SR._x000D_
 _x000D_
 VAGNER DE SOUZA REALINO, O “GUINHO”_x000D_
 _x000D_
 QUE, MERECIDAMENTE SE APOSENTOU, APÓS QUASE 39 ANOS DE _x000D_
 ATUAÇÃO NA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2674/21_-_mocao_pesar_28-08-2023-_valdecir_rodrigues.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2674/21_-_mocao_pesar_28-08-2023-_valdecir_rodrigues.pdf</t>
   </si>
   <si>
     <t>Moção Pesar pelo falecimento do Sr. VALDECIR RODRIGUES, ocorrido no dia 24 de julho de 2023.</t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2676/24_-_mocao_pesar_28-08-2023_-_nair_gomes_rodrigues.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2676/24_-_mocao_pesar_28-08-2023_-_nair_gomes_rodrigues.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da Ilustríssima senhora Nair Gomes Rodrigues.</t>
   </si>
   <si>
     <t>2692</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2692/25_-_mocao_pesar_04-09-2023_-_paulo_goncalo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2692/25_-_mocao_pesar_04-09-2023_-_paulo_goncalo.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Sr. PAULO GONÇALO DE OLIVEIRA, ocorrido no dia 22 de agosto de 2023.</t>
   </si>
   <si>
     <t>2723</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2723/01_-_mocao_aplausos_e_congratulacoes_pedralrun.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2723/01_-_mocao_aplausos_e_congratulacoes_pedralrun.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulações aos Atletas da equipe PEDRALRUN, Jonas, Alexandre, Bruna, Viviane, Gaby, Augusto, Willian, Reginaldo e demais atletas.</t>
   </si>
   <si>
     <t>2724</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2724/22_-_mocao_aplauso_-_oscar_do_comendador.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2724/22_-_mocao_aplauso_-_oscar_do_comendador.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à “Escola Estadual Comendador Mário Goulart Santiago” pela realização do “2º Oscar do Comendador”</t>
   </si>
   <si>
     <t>2738</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2738/mocao_aplauso_25-09-2023_-_edson_paiva.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2738/mocao_aplauso_25-09-2023_-_edson_paiva.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Atleta de Mountain Bike Edson Tadeu de Paiva, por sua participação na Maior Ultramaratona do Brasil: 282 km em 20:56h, aventura épica, que ocorreu de Alfenas, MG, a Aparecida, SP, incluindo pedal noturno, travessia da Serra da Mantiqueira e superação de desafios extremos.</t>
   </si>
   <si>
     <t>2739</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2739/02_-_mocao_pesar_leila.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2739/02_-_mocao_pesar_leila.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da ilustríssima senhorita LEILA MAGALHÃES SILVA, ocorrido no dia 20 de setembro de 2023.</t>
   </si>
   <si>
     <t>2772</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2772/12_-_mocao_de_aplauso_09-10-2023_-_parlamentares_federais_-_demarcacao_terras_indigenas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2772/12_-_mocao_de_aplauso_09-10-2023_-_parlamentares_federais_-_demarcacao_terras_indigenas.pdf</t>
   </si>
   <si>
     <t>Na qualidade de Vereador do Município de Pedralva, Produtor Rural e defensor do Agronegócio Pedralvense e Brasileiro, externa indignação, repúdio e muita preocupação com o julgamento do Supremo Tribunal Federal (STF) sobre o marco temporal para a demarcação de terras indígenas, e apresenta MOÇÃO DE APLAUSOS ao Parlamento Federal por não se curvar aos abusos da Suprema Corte.</t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2773/mocao_aplauso_-_09-10-2023_-_professores_educacao_fisica.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2773/mocao_aplauso_-_09-10-2023_-_professores_educacao_fisica.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES AOS PROFESSORES DE EDUCAÇÃO FÍSICA DA REDE MUNICIPAL DE ENSINO, Professora Sara, Professora Ana Paula, Professora Rafaela, Professor Renan, Professor Fábio e demais professores que atuaram na rede de ensino nesses últimos 2 anos.</t>
   </si>
   <si>
     <t>2776</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2776/23_-_mocao_aplauso_-_flapedra_-_dia_crianca.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2776/23_-_mocao_aplauso_-_flapedra_-_dia_crianca.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO AO CONSULADO FLAPEDRA EM RECONHECIMENTO Á ORGANIZAÇÃO DE EVENTOS COMUNITÁRIOS EM COMEMORAÇÃO AO DIA DAS CRIANÇAS.</t>
   </si>
   <si>
     <t>2777</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2777/24_-_mocao_-_maria_natalia_-_dia_crianca.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2777/24_-_mocao_-_maria_natalia_-_dia_crianca.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO Às senhoras MARIA NATÁLIA E  RAQUEL RIBEIRO, e seus familiares e amigos EM RECONHECIMENTO Á ORGANIZAÇÃO DE EVENTO COMUNITÁRIO EM COMEMORAÇÃO AO DIA DAS CRIANÇAS.</t>
   </si>
   <si>
     <t>2778</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2778/25_-_mocao_-_ronilda_-_dia_crianca.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2778/25_-_mocao_-_ronilda_-_dia_crianca.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO à senhora MARIA RONILDA SILVA, e seus familiares e amigos EM RECONHECIMENTO Á ORGANIZAÇÃO DE EVENTO COMUNITÁRIO EM COMEMORAÇÃO AO DIA DAS CRIANÇAS.</t>
   </si>
   <si>
     <t>2779</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2779/mocao_aplauso_16-10-2023_-_edinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2779/mocao_aplauso_16-10-2023_-_edinho.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Professor José Edson Gomes, pela palestra ministrada aos Vereadores Jovens de 2023, como uma das atividades do programa “Câmara na Escola”</t>
   </si>
   <si>
     <t>2780</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2780/04_-_mocao_pastoral_da_comunicacao_-_igreja_sao_sebastiao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2780/04_-_mocao_pastoral_da_comunicacao_-_igreja_sao_sebastiao.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES AOS MEMBROS DA PASTORAL DA COMUNICAÇÃO (PASCOM) DA PARÓQUIA DE SÃO SEBASTIÃO PEDRALVA.</t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2781/03_-_mocao_conferencia_sao_vicente_de_paulo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2781/03_-_mocao_conferencia_sao_vicente_de_paulo.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES AOS MEMBROS DA DIRETORIA DA CONFERÊNCIA SÃO VICENTE DE PAULO - VILA VICENTINA- DE PEDRALVA.</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2800/mocao_pesar_-_23-10-2023_-_joao_fernandes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2800/mocao_pesar_-_23-10-2023_-_joao_fernandes.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Sr. João Fernandes da Silva, grande cidadão pedralvense, ocorrido no dia 18 de outubro de 2023</t>
   </si>
   <si>
     <t>2802</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2802/26_-_mocao_-_selecao_pedralvense_de_futebol.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2802/26_-_mocao_-_selecao_pedralvense_de_futebol.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso aos atletas e treinadores da Seleção Pedralvense de Futsal, pela grandiosa participação na Copa Alterosa de Futsal.</t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2803/27_-_mocao_pesar_-_joao_fernandes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2803/27_-_mocao_pesar_-_joao_fernandes.pdf</t>
   </si>
   <si>
     <t>Moção Pesar pelo falecimento do Sr. JOÃO FERNANDES DA SILVA, ocorrido no dia 18 de outubro de 2023</t>
   </si>
   <si>
     <t>2829</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2829/mocao_pesar_-_06-11-2023_-_dito_morera.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2829/mocao_pesar_-_06-11-2023_-_dito_morera.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor Benedito José de Oliveira, mais conhecido por todos como o Dito Moreira.</t>
   </si>
   <si>
     <t>2837</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2837/mocao_aplauso_-_06-11-2023_-_mae_navegante.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2837/mocao_aplauso_-_06-11-2023_-_mae_navegante.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso pela comemoração do dia da Mãe Navegantes, no dia 04 de novembro.</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2831/28_-_mocao_pesar_-_morera.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2831/28_-_mocao_pesar_-_morera.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Sr. BENEDITO JOSÉ DE OLIVEIRA, ocorrido no dia 31 de outubro de 2023.</t>
   </si>
   <si>
     <t>2860</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2860/scanner_20231116_16.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2860/scanner_20231116_16.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor Luiz Carlos Ferreira.</t>
   </si>
   <si>
     <t>2861</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2861/scanner_20231116_20.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2861/scanner_20231116_20.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor Benedito Bueno da Silva, popularmente conhecido como Sr. Dito Bueno.</t>
   </si>
   <si>
     <t>2862</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2862/scanner_20231116_19.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2862/scanner_20231116_19.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento Luiz Carlos Ferreira.</t>
   </si>
   <si>
     <t>2882</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2882/scanner_20231123_12.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2882/scanner_20231123_12.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor OLEGÁRIO CLÁUDIO FERNANDES, ilustre morador deste município, no bairro São José, ocorrido no dia 17 de novembro de 2023.</t>
   </si>
   <si>
     <t>2883</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2883/scanner_20231123_13.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2883/scanner_20231123_13.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da senhora ELENICE APARECIDA DE SOUZA SANTOS, ilustre moradora deste município, no Estiva, ocorrido no dia 19 de novembro de 2023.</t>
   </si>
   <si>
     <t>2898</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2898/scanner_20231123_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2898/scanner_20231123_10.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor Olegário Cláudio Fernandes.</t>
   </si>
   <si>
     <t>2900</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2900/scanner_20231123_29.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2900/scanner_20231123_29.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulações à Banda Alvorada das Pedras.</t>
   </si>
   <si>
     <t>2904</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2904/pdf24_merged.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2904/pdf24_merged.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulações pela realização do Festival Afro-brasileiro, que está na sua 6° edição, evento promovido pela Associação Cultural Grupo Afroblack de Minas Gerais.</t>
   </si>
   <si>
     <t>2923</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2923/scanner_20231128_9.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2923/scanner_20231128_9.pdf</t>
   </si>
   <si>
     <t>Moção Pesar pelo falecimento do Sr. JOSÉ IVO DE SOUSA, ocorrido no dia 9 de novembro de 2023.</t>
   </si>
   <si>
     <t>2924</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2924/scanner_20231128_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2924/scanner_20231128_10.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES aos atletas Renan Silva Bonette, Edson Takaiyuki Yumiya Júnior, Ana Clara Goulart Fernandes e Marcelo Rangel pela participação no evento e campeonato de fisiculturismo “Varginhamuscleshow”, ocorrido no Município de Varginha-MG, no dia 25 de novembro de 2023</t>
   </si>
   <si>
     <t>2926</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2926/scanner_20231128_11.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2926/scanner_20231128_11.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor LÁZARO DOMICIANO RANGEL, ilustre morador deste município, ocorrido no dia 22 de novembro de 2023.</t>
   </si>
   <si>
     <t>2938</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2938/scanner_20231206_7.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2938/scanner_20231206_7.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos em homenagem a psicóloga Graziele Pimenta Dellapé, pelos serviços prestados em nosso município de janeiro de 2023 até dezembro do mesmo ano.</t>
   </si>
   <si>
     <t>2941</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2941/scanner_20231206_8.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2941/scanner_20231206_8.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor Ivan Rodrigues.</t>
   </si>
   <si>
     <t>2942</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2942/scanner_20231206_9.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2942/scanner_20231206_9.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao senhor Marcelo Gusmão de Souza, que ficou em primeiro lugar na corrida “Circuito das Águas”, na cidade de Lambari, categoria veteranos acima de 70 anos. Recebeu o troféu de primeiro colocado.</t>
   </si>
   <si>
     <t>2943</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2943/scanner_20231206_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2943/scanner_20231206_10.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a equipe sub quinze do vôlei feminino da  SAMPE, pela conquista de vice campeã dos “Jogos de primavera da cidade de Conceição do Rio Verde 2023”.</t>
   </si>
   <si>
     <t>2945</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2945/scanner_20231206_12.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2945/scanner_20231206_12.pdf</t>
   </si>
   <si>
     <t>2946</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2946/scanner_20231206_13.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2946/scanner_20231206_13.pdf</t>
   </si>
   <si>
     <t>Moção Pesar pelo falecimento da Sra. MARIA DELOURDES MONTEIRO PIRES, ocorrido no dia 28 de novembro de 2023.</t>
   </si>
   <si>
     <t>2965</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2965/scanner_20231213_7.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2965/scanner_20231213_7.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A TODOS QUE CONTRIBUIRAM PARA A REALIZAÇÃO DO EVENTO “1º ENCONTRO SOLIDÁRIO DE CARROS ANTIGOS, REBAIXADOS E MOTOS DE PEDRALVA-MG”</t>
   </si>
   <si>
     <t>2966</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2966/scanner_20231213_6.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2966/scanner_20231213_6.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A TODA REDE MUNICIPAL DE EDUCAÇÃO, DESTACANDO A EXCELENTE ATUAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO, PAIS, ALUNOS E OUTROS QUE CONTRIBUIRAM PARA AS APRESENTAÇÕES E EXPOSIÇÃO DE TRABALHOS ESCOLARES DA EDUCAÇÃO INFANTIL E ENSINO FUNDAMENTAL, QUE FOI REALIZADO NO DIA 05 E 06 DE DEZEMBRO NA QUADRA DO LAR DA CRIANÇA.</t>
   </si>
   <si>
     <t>2967</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2967/scanner_20231213_13.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2967/scanner_20231213_13.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO: Aos Vereadores Jovens Lucas Ribeiro Leite e Yasmin Castro Souza_x000D_
 PELA BELÍSSIMA REPRESENTAÇÃO DA CÂMARA MUNICIPAL DE PEDRALVA NA GINCANA DO SABER REGIONAL REALIZADA NA CÂMARA MUNICIPAL DE MARIA DA FÉ-MG.</t>
   </si>
   <si>
     <t>2968</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2968/scanner_20231213_14.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2968/scanner_20231213_14.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO: AOS PROFISSIONAIS E AOS ALUNOS DA REDE MUNICIPAL DE ENSINO DE PEDRALVA-MG _x000D_
 _x000D_
 PELOS BELÍSSIMOS PROJETOS PEDAGÓGICOS APRESENTADOS NA CULMINÂNCIA DE PROJETOS DE 2023.</t>
   </si>
   <si>
     <t>2986</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2986/scanner_20231220_14.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2986/scanner_20231220_14.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso todo o Ministério Público do Estado de Minas Gerais, na pessoa do Promotor de Justiça, Dr. Marcos Gomes da Fonseca Neto.</t>
   </si>
   <si>
     <t>2987</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2987/scanner_20231220_15.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2987/scanner_20231220_15.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO SERVIDOR ROBERTO DE LIMA FILHO, MAIS CONHECIDO POR “BECO CANARINHO”, FUNCIONÁRIO DA PREFEITURA MUNICIPAL DE PEDRALVA DESDE 18 DE ABRIL DE 2002.</t>
   </si>
   <si>
     <t>2988</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2988/scanner_20231220_16.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2988/scanner_20231220_16.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AOS SERVIDORES DA SECRETARIA MUNICIPAL DE DESENVOLVIMENTO DA PREFEITURA MUNICIPAL DE PEDRALVA.</t>
   </si>
   <si>
     <t>2989</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2989/scanner_20231220_18.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2989/scanner_20231220_18.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO À CORPORAÇÃO MUSICAL GASPAR CARNEIRO E AO CORAL VOZES DA TERRA EM RECONHECIMENTO À DEDICAÇÃO DE SEUS INTEGRANTES PARA A BELÍSSIMA APRESENTAÇÃO REALIZADA NA CANTATA DE NATAL</t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2990/scanner_20231220_17.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2990/scanner_20231220_17.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO À PARÓQUIA DE SÃO SEBASTIÃO E À SECRETARIA DE DESENVOLVIMENTO EM RECONHECIMENTO À REALIZAÇÃO DO CONCURSO DE PRESÉPIOS E ILUMINAÇÃO NATALINA</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
     <t>Moção (Câmara Jovem)</t>
   </si>
   <si>
     <t>Amanda Nariely Bernardes Pereira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2420/01_-_mocao_de_aplauso_-_25-04-2023_-_aos_participantes_da_eleicao_vj.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2420/01_-_mocao_de_aplauso_-_25-04-2023_-_aos_participantes_da_eleicao_vj.pdf</t>
   </si>
   <si>
     <t>Encaminhando MOÇÃO DE APLAUSO a cada um dos alunos que se candidataram e não foram eleitos na eleição para Vereador Jovem de 2023, do Projeto Câmara na Escola da Câmara Municipal de Pedralva.</t>
   </si>
   <si>
     <t>2471</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2471/01_-_mocao_yasmin_-_jemg.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2471/01_-_mocao_yasmin_-_jemg.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO, a ser encaminhada às equipes de futsal masculino e feminino e às equipes de handebol masculino e feminino, ao Professor de Educação Física Rodrigo e ao Diretor Leandro, estendendo o apoio da Câmara Jovem a participação dos atletas da Escola Estadual Professor Arcádio do Nascimento Moura nos Jogos Escolares de Minas Gerais - JEMG.</t>
   </si>
   <si>
     <t>2472</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2472/01_-_mocao_luiz_antonio_30-05-2023_-_atletas_jiu-jitsu_academia_templogym.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2472/01_-_mocao_luiz_antonio_30-05-2023_-_atletas_jiu-jitsu_academia_templogym.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, a ser encaminhada aos atletas de jiu-jitsu da academia TemploGym, pelas conquistas adquiridas, conforme veiculação na mídia regional.</t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2473/02_-_mocao_luiz_antonio_30-05-2023_-_competidores_rodeio_fabricio_e_carlos_alexandre.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2473/02_-_mocao_luiz_antonio_30-05-2023_-_competidores_rodeio_fabricio_e_carlos_alexandre.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, a ser encaminhada aos competidores em touros Fabrício Soares e Carlos Alexandre, pela honrosa participação na disputa final do Pedralva Rodeio Festival de 2023, que ocorreu em nossa cidade.</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2595/01_-_mocao_lucas_leite_-_27-06-2023_-_alunos_aprovados_2a_fase_obemep.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2595/01_-_mocao_lucas_leite_-_27-06-2023_-_alunos_aprovados_2a_fase_obemep.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, a ser encaminhada aos alunos da E. E. Professor Arcádio do Nascimento Moura que passaram para a 2° fase da OBMEP.</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2596/01_-_mocao_lucas_magalhaes_-_27-06-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2596/01_-_mocao_lucas_magalhaes_-_27-06-2023.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, a ser encaminhada ao Dojô Rangel de Karatê e ao CRAS de Pedralva pela participação na 1ª Copa de Karatê CRAS Brazópolis – MG, extensivo a todos os atletas que participaram representando nosso município.</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e  Redação</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2151/emenda_no_1_-_plc_02-2023_-_cip.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2151/emenda_no_1_-_plc_02-2023_-_cip.pdf</t>
   </si>
   <si>
     <t>Modifica o parágrafo único do art. 1º do Projeto de Lei Complementar nº 2/2023.</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2231/emenda_01_ao_pre_01-2023.docx</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2231/emenda_01_ao_pre_01-2023.docx</t>
   </si>
   <si>
     <t>Modifica dispositivos da Resolução nº 279/2022 da Câmara Municipal de Pedralva, que cria o cargo de Assessor Jurídico Legislativo.</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2282/emenda_no_1_-_pl_011-2023_-_cultura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2282/emenda_no_1_-_pl_011-2023_-_cultura.pdf</t>
   </si>
   <si>
     <t>Acrescentem-se 4 novos incisos ao artigo 2º do projeto de lei 011/2023.</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2283/emenda_no_2_-_pl_011-2023_-_cultura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2283/emenda_no_2_-_pl_011-2023_-_cultura.pdf</t>
   </si>
   <si>
     <t>Modifique-se o artigo 10 do projeto de lei 011/2023.</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
     <t>Modifica-se o art. 2º do projeto de lei nº 010/2023.</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2340/emenda_no_1_-_pl_014-2023_-_credito_suplementar_cultura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2340/emenda_no_1_-_pl_014-2023_-_credito_suplementar_cultura.pdf</t>
   </si>
   <si>
     <t>Modifica-se o caput do art. 2º do projeto de lei nº 014/2023 e acrescenta a ele os incisos I e II.</t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
     <t>COESC - Comissão da Ordem Econômica, Social e Cultural</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2373/emenda_no_1_-_pl_012-2023_-_autismo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2373/emenda_no_1_-_pl_012-2023_-_autismo.pdf</t>
   </si>
   <si>
     <t>Fica suprimido do referido projeto de lei, o Capítulo VII – DA SEMANA DA CONSCIENTIZAÇÃO DA AUTISMO, artigos 26, 27, 28 e 29.</t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2421/emenda_no_1_-_pl_018-2023_-_ldo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2421/emenda_no_1_-_pl_018-2023_-_ldo.pdf</t>
   </si>
   <si>
     <t>Modifique-se o artigo 50 do Projeto de Lei nº 18/2023.</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2422/emenda_no_2_-_pl_018-2023_-_ldo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2422/emenda_no_2_-_pl_018-2023_-_ldo.pdf</t>
   </si>
   <si>
     <t>Modifique-se o artigo 41 do Projeto de Lei nº 018/2023.</t>
   </si>
   <si>
     <t>2475</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2475/emenda_no_1_-_pl_023-2023_-_modificacao_lei_gratificacao_farmaceutico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2475/emenda_no_1_-_pl_023-2023_-_modificacao_lei_gratificacao_farmaceutico.pdf</t>
   </si>
   <si>
     <t>Inclui um parágrafo único ao art. 5º, da Lei 1.969, de 03 de abril de 2023.</t>
   </si>
   <si>
     <t>2585</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2585/emenda_no_1_-_pl_026-2023_-_agente_contrataca_e_equipe_apoio_comissao_de_contrataca_prefeitura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2585/emenda_no_1_-_pl_026-2023_-_agente_contrataca_e_equipe_apoio_comissao_de_contrataca_prefeitura.pdf</t>
   </si>
   <si>
     <t>Modifica inciso II e parágrafo único do art. 2º; acrescenta parágrafo único ao art. 12; suprimi incisos I e II do parágrafo único do art. 14; e modifica o caput do art. 18, do Projeto de Lei nº 026/2023.</t>
   </si>
   <si>
     <t>2659</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2659/emenda_no_1_-_pl_033-2023_-_portal_informativo_de_obras_publica.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2659/emenda_no_1_-_pl_033-2023_-_portal_informativo_de_obras_publica.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 ao Projeto de Lei nº 033/2023.</t>
   </si>
   <si>
     <t>2660</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2660/emenda_no_1_-_pl_034-2023_-_credito_suplementar_r1.110.42386.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2660/emenda_no_1_-_pl_034-2023_-_credito_suplementar_r1.110.42386.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 ao Projeto de Lei nº 034/2023.</t>
   </si>
   <si>
     <t>2729</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2729/emenda_01_ao_plo_041-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2729/emenda_01_ao_plo_041-2023.pdf</t>
   </si>
   <si>
     <t>Emenda nº 1 ao Projeto de Lei nº 041/2023  (suprime parágrafo único do art 5º e inclui art. 9º, renumerando o atual art. 9º)</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2807/emenda_01_ao_plo_046-2023_-_loa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2807/emenda_01_ao_plo_046-2023_-_loa.pdf</t>
   </si>
   <si>
     <t>Emenda nº 01 apresentada pela CLJR ao PL 046/2023.</t>
   </si>
   <si>
     <t>2526</t>
   </si>
   <si>
     <t>PRJU</t>
   </si>
   <si>
     <t>Parecer Jurídico</t>
   </si>
   <si>
     <t>Felício de Mesquita Carneiro</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2526/parecer_01-2023_-_plc_01-2023_-_modif._cargo_auxiliar_de_farmacia_e_fisioterapeuta.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2526/parecer_01-2023_-_plc_01-2023_-_modif._cargo_auxiliar_de_farmacia_e_fisioterapeuta.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei complementar nº 01/2023, que “altera os anexos I e VI da Lei complementar no 019/2010”.</t>
   </si>
   <si>
     <t>2527</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2527/parecer_02-2023_-_plc_03-2023_-_modif._vencimento_cargos_medico.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2527/parecer_02-2023_-_plc_03-2023_-_modif._vencimento_cargos_medico.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei complementar nº 03/2023, que “altera o Anexo I da Lei complementar no 019/2010”, dispondo sobre os vencimentos de cargos de Médicos.</t>
   </si>
   <si>
     <t>2528</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei complementar nº 04/2023, que “altera Anexo Único da Lei complementar no 043/2022”.</t>
   </si>
   <si>
     <t>2529</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei complementar nº 05/2023, que “altera o Anexo Único da Lei complementar no 043/2022”, em relação ao cargo efetivo de Auxiliar de Saúde Bucal.</t>
   </si>
   <si>
     <t>2530</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2530/parecer_05-2023_-_plo_03-2023_-_revisao_anual_subsidios_agentes_do_executivo_1.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2530/parecer_05-2023_-_plo_03-2023_-_revisao_anual_subsidios_agentes_do_executivo_1.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 03/2023, que “dispõe sobre a revisão geral anual dos subsídios dos agentes políticos do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>2531</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 04/2023, que “dispõe sobre a concessão de subvenção social às entidades para o exercício de 2023 e dá outras providências”.</t>
   </si>
   <si>
     <t>2532</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2532/parecer_07-2023_-_plo_05-2023_-_contribuicao_sampe_2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2532/parecer_07-2023_-_plo_05-2023_-_contribuicao_sampe_2023.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 05/2023, que “dispõe sobre a concessão de contribuição financeira à Sociedade Amigos do Menor Pedralvense - SAMPE – para o exercício de 2023 e dá outras providências”.</t>
   </si>
   <si>
     <t>2533</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2533/parecer_08-2023_-_contratacao_jornal_centenario.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2533/parecer_08-2023_-_contratacao_jornal_centenario.pdf</t>
   </si>
   <si>
     <t>Processo de Dispensa de Licitação nº 01/2023. Contratação de serviços de divulgação de atos oficiais da Câmara Municipal através de jornal impresso. Despesa de pequeno valor. Dispensa de licitação. Legalidade.</t>
   </si>
   <si>
     <t>2534</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2534/parecer_09-2023_-_plo_74-2022_-_gratificacao_farmaceutico_rt.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2534/parecer_09-2023_-_plo_74-2022_-_gratificacao_farmaceutico_rt.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 74/2022, que “autoriza o Poder Executivo Municipal a instituir gratificação para Farmacêutico responsável técnico pela Farmácia Básica Municipal e pela Política de Descentralização do Componente Especializado da Assistência Farmacêutica (PDCEAF) e dá outras providências”.</t>
   </si>
   <si>
     <t>2535</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2535/parecer_10-2023_-_plo_77-2022_-_filiacao_undime.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2535/parecer_10-2023_-_plo_77-2022_-_filiacao_undime.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 77/2022, que “dispõe sobre autorização para celebra-ção de termo de filiação com a União Nacional dos Dirigentes Municipais de Educação (UNDIME-MG) e dá outras providências”.</t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2536/parecer_11-2023_-_plc_02-2023_-_institui_a_cip_1.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2536/parecer_11-2023_-_plc_02-2023_-_institui_a_cip_1.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei complementar nº 02/2023, que “dispõe sobre a Contribuição para Custeio do Serviço de Iluminação Pública e dá outras providências”.</t>
   </si>
   <si>
     <t>2537</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2537/parecer_12-2023_-_plo_06-2023_-_creditos_suplementares_diversos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2537/parecer_12-2023_-_plo_06-2023_-_creditos_suplementares_diversos.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 06/2023, que “abre ao orçamento do Município de Pedralva, para o exercício de 2023, crédito suplementar no valor de R$ 1.134.934,16 para reforço de dotação orçamentária”.</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2538/parecer_13-2023_-_plo_07-2023_-_subvencao_apae.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2538/parecer_13-2023_-_plo_07-2023_-_subvencao_apae.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 07/2023, que “dispõe sobre a concessão de subvenção social à APAE de Maria da Fé, para o exercício de 2023, e dá outras providências”.</t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2539/parecer_14-2023_-_plo_08-2023_-_aumento_subvencao_lar_dos_velhinhos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2539/parecer_14-2023_-_plo_08-2023_-_aumento_subvencao_lar_dos_velhinhos.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 08/2023, que “autoriza o Executivo Municipal a aumentar a subvenção social para a Associação Beneficente Dr. Geraldo Pinheiro Osório, abrir crédito suplementar dá outras providências”.</t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2540/parecer_15-2023_-_plo_09-2023_-_contribuicao_soc._frei_orestes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2540/parecer_15-2023_-_plo_09-2023_-_contribuicao_soc._frei_orestes.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei no 09/2023, que “autoriza o Município de Pedralva a conceder contribuição financeira à Sociedade de Educação e Assistência Social Frei Orestes – S.E.A.”.</t>
   </si>
   <si>
     <t>2541</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2541/parecer_16-2023_-_plc_06-2023_-_cria_cargo_eletricista_automotivo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2541/parecer_16-2023_-_plc_06-2023_-_cria_cargo_eletricista_automotivo.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei complementar no 06/2023, que “dispõe sobre a criação de cargo no quadro permanente e pessoal da Prefeitura Municipal de Pedralva” (Eletricista Automotivo).</t>
   </si>
   <si>
     <t>2542</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2542/parecer_17-2023_-_contrato_aquisicao_combustivel.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2542/parecer_17-2023_-_contrato_aquisicao_combustivel.pdf</t>
   </si>
   <si>
     <t>Processo de Dispensa de Licitação nº 02/2023. Contratação de posto de abastecimento para fornecimento de combustível para veículo oficial da Câmara Municipal. Despesa de pequeno valor. Dispensa de licitação. Legalidade.</t>
   </si>
   <si>
     <t>2543</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2543/parecer_18-2023_-_plo_10-2023_-_credito_suplementar_saneamento_basico_-_superavit.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2543/parecer_18-2023_-_plo_10-2023_-_credito_suplementar_saneamento_basico_-_superavit.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 10/2023, que “abre ao orçamento do Município de Pedralva, para o exercício de 2023, crédito suplementar no valor de R$ 205.063,72 para reforço de dotação orçamentária”.</t>
   </si>
   <si>
     <t>2544</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2544/parecer_19-2023_-_plo_11-2023_-_conselho_e_fundo_municipal_de_cultura.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2544/parecer_19-2023_-_plo_11-2023_-_conselho_e_fundo_municipal_de_cultura.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 11/2023, que “dispõe sobre a criação do Conselho Municipal de Cultura – CMC – e do Fundo Municipal de Cultura – FMC, e dá outras providências”.</t>
   </si>
   <si>
     <t>2545</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2545/parecer_20-2023_-_contrato_reparos_telhado.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2545/parecer_20-2023_-_contrato_reparos_telhado.pdf</t>
   </si>
   <si>
     <t>Processo de Dispensa de Licitação nº 03/2023. Contratação de serviços de manutenção e reparos no telhado, calhas e rufos do prédio da Câmara. Despesa de pequeno valor. Dispensa de licitação. Legalidade.</t>
   </si>
   <si>
     <t>2546</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2546/parecer_21-2023_-_conversao_licenca-premio_rita.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2546/parecer_21-2023_-_conversao_licenca-premio_rita.pdf</t>
   </si>
   <si>
     <t>Licença-prêmio. Conversão em pecúnia. Legalidade. Pagamento a servidora efetiva. Base de cálculo. Não incidência de Imposto de Renda.</t>
   </si>
   <si>
     <t>2547</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2547/parecer_22-2023_-_plo_12-2023_-_diretrizes_atend._pessoas_com_tea_tdah_e_dislexia.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2547/parecer_22-2023_-_plo_12-2023_-_diretrizes_atend._pessoas_com_tea_tdah_e_dislexia.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 12/2023, que “fixa diretrizes para a política municipal de atendimento às pessoas com Transtorno de Espectro Autista (TEA), Transtorno do Déficit de Atenção com Hiperatividade (TDAH), dislexia e outros transtornos de aprendizagem, institui a Carteira de Identificação de Pessoas com TEA, institui datas simbólicas e dá outras providências”.</t>
   </si>
   <si>
     <t>2548</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2548/parecer_23-2023_-_plo_13-2023_-_modif._beneficio_auxilio_natalidade.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2548/parecer_23-2023_-_plo_13-2023_-_modif._beneficio_auxilio_natalidade.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 13/2023, que “altera a Lei no 1.905/2022, que dispõe sobre a regulamentação para a concessão dos benefícios eventuais da Política de Assistência Social e dá outras providências”.</t>
   </si>
   <si>
     <t>2549</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2549/parecer_24-2023_-_plo_14-2023_-_credito_suplementar_diversos_-_anulacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2549/parecer_24-2023_-_plo_14-2023_-_credito_suplementar_diversos_-_anulacao.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 14/2023, que “abre ao orçamento do Município de Pedralva, para o exercício de 2023, crédito suplementar no valor de R$ 183.000,00 para reforço de dotação orçamentária”.</t>
   </si>
   <si>
     <t>2550</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2550/parecer_25-2023_-_plo_16-2023_-_credito_especial_programa_auxilio_esporte.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2550/parecer_25-2023_-_plo_16-2023_-_credito_especial_programa_auxilio_esporte.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 16/2023, que “autoriza abertura de crédito especial no Orçamento do Município de Pedralva para o exercício de 2023”.</t>
   </si>
   <si>
     <t>2551</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2551/parecer_26-2023_-_plo_15-2023_-_prorrog._contratos_temporarios_da_lei_1846-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2551/parecer_26-2023_-_plo_15-2023_-_prorrog._contratos_temporarios_da_lei_1846-2021.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 15/2023, que “autoriza a prorrogação dos contratos por tempo determinado para atender a necessidade temporária de excepcional interesse público a que se referem as Leis nos 1.846/2021, 1.907/2022 e 1.955/2022”.</t>
   </si>
   <si>
     <t>2552</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2552/parecer_27-2023_-_plo_17-2023_-_proib._censura_em_redes_sociais_oficiais.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2552/parecer_27-2023_-_plo_17-2023_-_proib._censura_em_redes_sociais_oficiais.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 17/2023, que “dispõe sobre a proibição de censura nos meios de comunicação digitais no âmbito da Administração Municipal, inclusive nas redes sociais oficiais”.</t>
   </si>
   <si>
     <t>2553</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2553/parecer_28-2023_-_plo_19-2023_-_revoga_lei_1076-97_-_gratificacoes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2553/parecer_28-2023_-_plo_19-2023_-_revoga_lei_1076-97_-_gratificacoes.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 19/2023, que “revoga a Lei municipal no 1.076, datada de 15 de setembro de 1992, e dá outras providências”.</t>
   </si>
   <si>
     <t>2554</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2554/parecer_29-2023_-_plo_20-2023_-_credito_suplementar_-_superavit.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2554/parecer_29-2023_-_plo_20-2023_-_credito_suplementar_-_superavit.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 20/2023, que “abre ao orçamento do Município de Pedralva, para o exercício de 2023, crédito suplementar no valor de R$ 1.088.213,20 para reforço de dotação orçamentária, e dá outras providências”.</t>
   </si>
   <si>
     <t>2555</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2555/parecer_30-2023_-_plo_ldo_2024.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2555/parecer_30-2023_-_plo_ldo_2024.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 18/2023, que “dispõe sobre as diretrizes para a elaboração da lei orçamentária de 2024 e dá outras providências”.</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2556/parecer_31-2023_-_plo_21-2023_-_contribuicao_apae.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2556/parecer_31-2023_-_plo_21-2023_-_contribuicao_apae.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 21/2023, que “autoriza o Município de Pedralva a conceder contribuição financeira à Associação de Pais e Amigos dos Excepcionais de Pedralva – APAE”.</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2557/parecer_32-2023_-_plo_22-2023_-_contribuicao_soc._frei_orestes.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2557/parecer_32-2023_-_plo_22-2023_-_contribuicao_soc._frei_orestes.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 22/2023, que “autoriza o Município de Pedralva a conceder contribuição financeira à Sociedade de Educação e Assistência Social Frei Orestes – S.E.A.”.</t>
   </si>
   <si>
     <t>2558</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2558/parecer_33-2023_-_plo_23-2023_-_gratificacao_farmaceutica_rt_retroativa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2558/parecer_33-2023_-_plo_23-2023_-_gratificacao_farmaceutica_rt_retroativa.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 23/2023, que “dá nova redação ao artigo 5º da Lei no 1.969, de 03 de abril de 2023”.</t>
   </si>
   <si>
     <t>2559</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2559/parecer_34-2023_-_plo_24-2023_-_programa_incentivo_artesanato.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2559/parecer_34-2023_-_plo_24-2023_-_programa_incentivo_artesanato.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 24/2023, que “cria o Programa Municipal de Incentivo ao Artesanato no âmbito do Município de Pedralva”.</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2560/parecer_35-2023_-_prj_01-2023_-_programa_jovem_aprendiz_na_camara_1.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2560/parecer_35-2023_-_prj_01-2023_-_programa_jovem_aprendiz_na_camara_1.pdf</t>
   </si>
   <si>
     <t>Parecer Jurídico ao Projeto de Resolução Jovem nº 01/2023, que “Institui o Programa Jovem Aprendiz na Câmara Municipal de Pedralva”.</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2561/parecer_36-2023_-_plo_25-2023_-_modif._fonte_de_credito_suplementar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2561/parecer_36-2023_-_plo_25-2023_-_modif._fonte_de_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 25/2023, que “altera dispositivos da Lei no 1.978/2023 e dá outras providências”.</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2562/parecer_37-2023_-_plo_26-2023_-_regulament._agente_de_contratacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2562/parecer_37-2023_-_plo_26-2023_-_regulament._agente_de_contratacao.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 26/2023, que “dispõe sobre regras e diretrizes para a atuação do agente de contratação, da equipe de apoio e da comissão de contratação no âmbito do Poder Executivo do Município”.</t>
   </si>
   <si>
     <t>2563</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2563/parecer_38-2023_-_plo_27-2023_-_prorrog._contratos_temporarios_da_lei_1846-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2563/parecer_38-2023_-_plo_27-2023_-_prorrog._contratos_temporarios_da_lei_1846-2021.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 27/2023, que “autoriza a prorrogação dos contratos por tempo determinado para atender a necessidade temporária de excepcional interesse público a que se referem as Leis nos 1.846/2021, 1.907/2022, 1.955/2022 e 1.976/2023”.</t>
   </si>
   <si>
     <t>2564</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2564/parecer_39-2023_-_plo_28-2023_-_prorrog._contratos_temporarios_da_lei_1838-2021.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2564/parecer_39-2023_-_plo_28-2023_-_prorrog._contratos_temporarios_da_lei_1838-2021.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 28/2023, que “autoriza a prorrogação dos contratos por tempo determinado para atender a necessidade temporária de excepcional interesse público a que se referem as Leis nos 1.838/2021, 1.849/2021, 1.909/2022, Lei complementar no 41/2022 e Lei 1.961/2022”.</t>
   </si>
   <si>
     <t>2565</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2565/parecer_40-2023_-_plo_29-2023_-_credito_suplementar.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2565/parecer_40-2023_-_plo_29-2023_-_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 29/2023, que “abre ao orçamento do Município de Pedralva, para o exercício de 2023, crédito suplementar no valor de R$ 455.961,42 para reforço de dotação orçamentária”.</t>
   </si>
   <si>
     <t>2566</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2566/parecer_41-2023_-_plo_30-2023_-_contagem_tempo_pandemia_para_beneficios_servidores.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2566/parecer_41-2023_-_plo_30-2023_-_contagem_tempo_pandemia_para_beneficios_servidores.pdf</t>
   </si>
   <si>
     <t>Parecer jurídico ao projeto de lei nº 30/2023, que “autoriza o Poder Executivo a efetuar a contagem de tempo relativa ao período da pandemia de Covid-19 para fins de concessão e pagamento de quinquênios, licenças-prêmio e demais mecanismos equivalentes”.</t>
   </si>
   <si>
     <t>2567</t>
   </si>
   <si>
     <t>PCLJR</t>
   </si>
   <si>
     <t>Parecer da Comissão Permanente de LJR</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2567/parecer_cljr_-_pl_027-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2567/parecer_cljr_-_pl_027-2023.pdf</t>
   </si>
   <si>
     <t>Parecer da COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, sobre o Projeto de Lei nº 027/2023, que “autoriza a prorrogação dos contratos por tempo determinado para atender a necessidade temporária de excepcional interesse público a que se referem as Leis n os 1.846/2021, 1.907/2022, 1.955/2022 e 1.976/2023”.</t>
   </si>
   <si>
     <t>2568</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2568/parecer_cljr_-_pl_028-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2568/parecer_cljr_-_pl_028-2023.pdf</t>
   </si>
   <si>
     <t>Parecer da COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, sobre o Projeto de Lei nº 028/2023, que “autoriza a prorrogação dos contratos por tempo determinado para atender a necessidade temporária de excepcional interesse público a que se referem as Leis n os 1.838/2021, 1.849/2021, 1.909/2022, Lei complementar n o 41/2022 e Lei 1.961/2022”.</t>
   </si>
   <si>
     <t>2569</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2569/parecer_cljr_-_pl_029-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2569/parecer_cljr_-_pl_029-2023.pdf</t>
   </si>
   <si>
     <t>Parecer da COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, sobre o Projeto de Lei nº 029/2023, que “abre ao orçamento do Município de Pedralva, para o exercício de 2023, crédito suplementar no valor de R$ 455.961,42 para reforço de dotação orçamentária”.</t>
   </si>
   <si>
     <t>2570</t>
   </si>
   <si>
     <t>Parecer da COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, sobre o Projeto de Lei nº 030/2023, que “autoriza o Poder Executivo a efetuar a contagem de tempo relativa ao período da pandemia de Covid-19 para fins de concessão e pagamento de quinquênios, licenças-prêmio e demais mecanismos equivalentes”.</t>
   </si>
   <si>
     <t>2586</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2586/05_-_parecer_cljr_-_pl_026-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2586/05_-_parecer_cljr_-_pl_026-2023.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de LJR ao Projeto de Lei nº 026/2023.</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2619/06_-_parecer_cljr_-_pr_02-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2619/06_-_parecer_cljr_-_pr_02-2023.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela CLJR ao Projeto de Resolução nº 02/2023.</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2620/07_-_parecer_cljr_-_pl_031-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2620/07_-_parecer_cljr_-_pl_031-2023.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela CLJR ao Projeto de Lei nº 031/2023.</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2621/08_-_parecer_cljr_-_pl_032-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2621/08_-_parecer_cljr_-_pl_032-2023.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela CLJR ao Projeto de Lei nº 032/2023.</t>
   </si>
   <si>
     <t>2657</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2657/09_-_parecer_cljr_-_pl_033-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2657/09_-_parecer_cljr_-_pl_033-2023.pdf</t>
   </si>
   <si>
     <t>Parecer da CLJR ao PL nº 033/2023.</t>
   </si>
   <si>
     <t>2658</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2658/10_-_parecer_cljr_-_pl_034-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2658/10_-_parecer_cljr_-_pl_034-2023.pdf</t>
   </si>
   <si>
     <t>Parecer da CLJR ao PL 034/2023.</t>
   </si>
   <si>
     <t>2688</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2688/11_-_parecer_cljr_-_pl_035-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2688/11_-_parecer_cljr_-_pl_035-2023.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela CLJR ao PL nº 035/2023</t>
   </si>
   <si>
     <t>2689</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2689/12_-_parecer_cljr_-_pl_036-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2689/12_-_parecer_cljr_-_pl_036-2023.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela CLJR ao PL 036/2023</t>
   </si>
   <si>
     <t>2708</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2708/13_-_parecer_pl_038-2023_-_nome_rua_-_aloisio_braga_abreu.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2708/13_-_parecer_pl_038-2023_-_nome_rua_-_aloisio_braga_abreu.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela CLJR ao PL 037/2023.</t>
   </si>
   <si>
     <t>2709</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2709/14_-_parecer_pl_038-2023_-_nome_rua_-_jose_sevilo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2709/14_-_parecer_pl_038-2023_-_nome_rua_-_jose_sevilo.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela CLJR ao PL nº 038/2023.</t>
   </si>
   <si>
     <t>2730</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2730/15_-_parecer_pl_039-2023_-_nome_rua_-_evaristo_inacio_dos_reis.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2730/15_-_parecer_pl_039-2023_-_nome_rua_-_evaristo_inacio_dos_reis.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela CLJR  ao PL nº 039/2023.</t>
   </si>
   <si>
     <t>2731</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2731/16_-_parecer_pl_041-2023_-_assistencia_financeira_piso_enfermagem.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2731/16_-_parecer_pl_041-2023_-_assistencia_financeira_piso_enfermagem.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela CLJR ao PL nº 041/2023.</t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2741/17_-_parecer_pl_040-2023_-_utilidade_publica_consep.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2741/17_-_parecer_pl_040-2023_-_utilidade_publica_consep.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela CLJR ao Projeto de Lei nº 040/2023</t>
   </si>
   <si>
     <t>2742</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2742/18_-_parecer_pl_043-2023_-_nome_rua_-_vitinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2742/18_-_parecer_pl_043-2023_-_nome_rua_-_vitinho.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela CLJR ao PL nº 043/2023.</t>
   </si>
   <si>
     <t>2757</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2757/19_-_parecer_pl_042-2023_-_credito_suplementar_582.300.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2757/19_-_parecer_pl_042-2023_-_credito_suplementar_582.300.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de LJR ao PL nº 42/2023.</t>
   </si>
   <si>
     <t>2758</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2758/20_-_parecer_pl_047-2023_-_subvencao_casa_crianca_-_imposto_de_renda.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2758/20_-_parecer_pl_047-2023_-_subvencao_casa_crianca_-_imposto_de_renda.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de LJR ao PL nº 047/2023.</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2793/21_-_parecer_pl_048-2023_-_nome_rua_-_ditinho_lorena.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2793/21_-_parecer_pl_048-2023_-_nome_rua_-_ditinho_lorena.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de LJR ao PL 048/2023.</t>
   </si>
   <si>
     <t>2804</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2804/22_-_parecer_pl_044-2023_-_alteracao_ldo.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2804/22_-_parecer_pl_044-2023_-_alteracao_ldo.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de LJR ao PL 44/2023.</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2805/23_-_parecer_pl_045-2023_-_alteracao_ppa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2805/23_-_parecer_pl_045-2023_-_alteracao_ppa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de LJR ao PL 45/2023.</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2806/24_-_parecer_pl_046-2023_-_loa.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2806/24_-_parecer_pl_046-2023_-_loa.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de LJR ao PL 46/2023.</t>
   </si>
   <si>
     <t>2809</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2809/25_-_parecer_pl_049-2023_-_afro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2809/25_-_parecer_pl_049-2023_-_afro.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de LJR ao PL nº 049/2023.</t>
   </si>
   <si>
     <t>2839</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2839/26_-_parecer_pl_050-2023_-_alteracao_lei_1998.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2839/26_-_parecer_pl_050-2023_-_alteracao_lei_1998.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela comissão de LJR ao Projeto de Lei nº 050/2023.</t>
   </si>
   <si>
     <t>2840</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2840/27_-_parecer_pr_03-2023_-_alteracao_resolucao_aluno_nota_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2840/27_-_parecer_pr_03-2023_-_alteracao_resolucao_aluno_nota_10.pdf</t>
   </si>
   <si>
     <t>Proposta encaminhada ao Presidente da Casa para ser distribuída às demais comissões.</t>
   </si>
   <si>
     <t>2867</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2867/28_-_parecer_pl_051-2023_-_subvencao_casa_velhinhos.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2867/28_-_parecer_pl_051-2023_-_subvencao_casa_velhinhos.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de LJR ao PL nº 051/2023.</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2868/29_-_parecer_pl_052-2023_-_utilidade_publica_grupo_afro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2868/29_-_parecer_pl_052-2023_-_utilidade_publica_grupo_afro.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de LJR ao PL nº 052/2023.</t>
   </si>
   <si>
     <t>2906</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2906/30_-_parecer_pl_053-2023_-_semana_da_juventude.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2906/30_-_parecer_pl_053-2023_-_semana_da_juventude.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela comissão de LJR ao PL 053/2023.</t>
   </si>
   <si>
     <t>2907</t>
   </si>
   <si>
     <t>Parecer emitido pela comissão de LJR ao PL 054/2023.</t>
   </si>
   <si>
     <t>2908</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2908/32_-_parecer_pl_055-2023_-_norma_publicacao_leis.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2908/32_-_parecer_pl_055-2023_-_norma_publicacao_leis.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela comissão de LJR ao PL 055/2023.</t>
   </si>
   <si>
     <t>2928</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2928/33_-_parecer_pr_04-2023_-_corgos_assessor.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2928/33_-_parecer_pr_04-2023_-_corgos_assessor.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de LJR ao PR 04/2023.</t>
   </si>
   <si>
     <t>2929</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2929/34_-_parecer_pl_057-2023_-_cesta_natal.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2929/34_-_parecer_pl_057-2023_-_cesta_natal.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de LJR ao PL 057/2023.</t>
   </si>
   <si>
     <t>2957</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2957/34_-_parecer_pl_056-2023_-_arborizacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2957/34_-_parecer_pl_056-2023_-_arborizacao.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de LJR ao Projeto de Lei nº 056/2023.</t>
   </si>
   <si>
     <t>2972</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2972/36_-_parecer_pl_058-2023_-_contribuicao_apae.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2972/36_-_parecer_pl_058-2023_-_contribuicao_apae.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de LJR ao PL 058/2023.</t>
   </si>
   <si>
     <t>2991</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2991/37_-_parecer_pl_059-2023_-_sindrome_de_burnout.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2991/37_-_parecer_pl_059-2023_-_sindrome_de_burnout.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela comissão de LJR ao PL nº 059/2023.</t>
   </si>
   <si>
     <t>2590</t>
   </si>
   <si>
     <t>PCFOF</t>
   </si>
   <si>
     <t>Parecer da Comissão Permanente de FOFF</t>
   </si>
   <si>
     <t>CFOFF - Comissão de Finanças, Orçamento e Fiscalização Financeira</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2590/parecer_cfoff_-_pl_029-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2590/parecer_cfoff_-_pl_029-2023.pdf</t>
   </si>
   <si>
     <t>Parecer da CFOFF ao PL 029/2023.</t>
   </si>
   <si>
     <t>2603</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2603/parecer_cfoff_-_pl_026-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2603/parecer_cfoff_-_pl_026-2023.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de FOFF ao Projeto de Lei nº 026/2023.</t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2623/parecer_cfoff_-_emenda_no_1_ao_pl_026-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2623/parecer_cfoff_-_emenda_no_1_ao_pl_026-2023.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela CFOFF à Emenda nº  1 apresentada ao PL nº 026/2023.</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2624/parecer_cfoff_-_pl_031-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2624/parecer_cfoff_-_pl_031-2023.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela CFOFF ao Projeto de Lei nº 031/2023.</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2625/parecer_cfoff_-_pl_032-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2625/parecer_cfoff_-_pl_032-2023.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela CFOFF ao Projeto de Lei nº 032/2023.</t>
   </si>
   <si>
     <t>2662</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2662/parecer_cfoff_-_pl_034-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2662/parecer_cfoff_-_pl_034-2023.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de FOFF ao PL nº 034/2023.</t>
   </si>
   <si>
     <t>2733</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2733/parecer_pl_041-2023_-_cfoff.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2733/parecer_pl_041-2023_-_cfoff.pdf</t>
   </si>
   <si>
     <t>Parecer emitido ao PL 041/2023 e a Emenda nº 1 apresentada ao PL 041/2021.</t>
   </si>
   <si>
     <t>2759</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2759/parecer_pl_042-2023_-_cfoff.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2759/parecer_pl_042-2023_-_cfoff.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de FOFF ao PL 42/2023.</t>
   </si>
   <si>
     <t>2760</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2760/parecer_pl_047-2023_-_cfoff.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2760/parecer_pl_047-2023_-_cfoff.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de FOFF ao PL nº 047/2023.</t>
   </si>
   <si>
     <t>2810</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2810/parecer_pl_049-2023_-_cfoff.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2810/parecer_pl_049-2023_-_cfoff.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de FOFF ao PL nº 049/2023.</t>
   </si>
   <si>
     <t>2842</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2842/parecer_pl_050-2023_-_cfoff.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2842/parecer_pl_050-2023_-_cfoff.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de FOFF ao PL nº 050/2023.</t>
   </si>
   <si>
     <t>2875</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2875/parecer_pl_051-2023_-_cfoff.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2875/parecer_pl_051-2023_-_cfoff.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de FOFF ao Projeto de Lei nº 051/2023.</t>
   </si>
   <si>
     <t>2909</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2909/parecer_pl_044-2023_-_cfoff.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2909/parecer_pl_044-2023_-_cfoff.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de FOFF ao PL 044/2023.</t>
   </si>
   <si>
     <t>2910</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2910/parecer_pl_045-2023_-_cfoff.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2910/parecer_pl_045-2023_-_cfoff.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de FOFF ao PL 045/2023.</t>
   </si>
   <si>
     <t>2911</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2911/parecer_pl_046-2023_-_cfoff.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2911/parecer_pl_046-2023_-_cfoff.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de FOFF ao PL 046/2023.</t>
   </si>
   <si>
     <t>2930</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2930/parecer_pl_057-2023_-_cfoff.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2930/parecer_pl_057-2023_-_cfoff.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de FOFF ao PL 057/2023.</t>
   </si>
   <si>
     <t>2973</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2973/parecer_pl_058-2023_-_cfoff.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2973/parecer_pl_058-2023_-_cfoff.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela comissão de FOFF ao PL nº 058/2023.</t>
   </si>
   <si>
     <t>2587</t>
   </si>
   <si>
     <t>PCSPO</t>
   </si>
   <si>
     <t>Parecer da Comissão Permanente de SPOAM</t>
   </si>
   <si>
     <t>CSPOAM - Comissão de Serviço Público, Obras e Administração Municipal</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2587/parecer_cspoam_-_pl_027-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2587/parecer_cspoam_-_pl_027-2023.pdf</t>
   </si>
   <si>
     <t>Parecer da CSPOAM ao PL 027/2023.</t>
   </si>
   <si>
     <t>2588</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2588/parecer_cspoam_-_pl_028-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2588/parecer_cspoam_-_pl_028-2023.pdf</t>
   </si>
   <si>
     <t>Parecer da CSPOAM ao PL 028/2023.</t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2591/parecer_cspoam_-_pl_030-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2591/parecer_cspoam_-_pl_030-2023.pdf</t>
   </si>
   <si>
     <t>Parecer da CSPOAM ao PL 030/2023.</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2622/parecer_cspoam_-_pr_02-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2622/parecer_cspoam_-_pr_02-2023.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de SPOAM ao Projeto de Resolução nº 02/2023.</t>
   </si>
   <si>
     <t>2663</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2663/parecer_cspoam_-_pl_033-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2663/parecer_cspoam_-_pl_033-2023.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de SPOAM ao PL nº 033/2023.</t>
   </si>
   <si>
     <t>2690</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2690/parecer_cspoam_-_pl_035-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2690/parecer_cspoam_-_pl_035-2023.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela CSPOAM ao PL nº 035/2023.</t>
   </si>
   <si>
     <t>2691</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2691/parecer_cspoam_-_pl_036-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2691/parecer_cspoam_-_pl_036-2023.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela CSPOM ao PL nº 036/2023.</t>
   </si>
   <si>
     <t>2710</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2710/parecer_-_pl37-2023_-_logradouro_publico_-_aloisio_braga_de_abreu.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2710/parecer_-_pl37-2023_-_logradouro_publico_-_aloisio_braga_de_abreu.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela CSPOAM ao PL nº 037/2023.</t>
   </si>
   <si>
     <t>2711</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2711/parecer_-_pl38-2023_-_logradouro_publico_-_jose_sevilo_de_vilas_boas.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2711/parecer_-_pl38-2023_-_logradouro_publico_-_jose_sevilo_de_vilas_boas.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela CSPOAM ao PL nº 038/2023.</t>
   </si>
   <si>
     <t>2732</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2732/parecer_-_pl39-2023_-_logradouro_publico_-_evaristo_inacio_dos_reis.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2732/parecer_-_pl39-2023_-_logradouro_publico_-_evaristo_inacio_dos_reis.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de SPOAM ao PL 039/2023.</t>
   </si>
   <si>
     <t>2744</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2744/parecer_-_pl40-2023_-_utilidade_publica_-_consep.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2744/parecer_-_pl40-2023_-_utilidade_publica_-_consep.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela CSPOAM ao PL 40/2023.</t>
   </si>
   <si>
     <t>2745</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2745/parecer_-_pl43-2023_-_logradouro_publico_-_vitinho.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2745/parecer_-_pl43-2023_-_logradouro_publico_-_vitinho.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela CSPOAM ao PL 43/2023.</t>
   </si>
   <si>
     <t>2794</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de SPOAM ao PL 048/2023.</t>
   </si>
   <si>
     <t>2841</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2841/parecer_-_pr_03-2023_-_mudanca_aluno_nota_10.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2841/parecer_-_pr_03-2023_-_mudanca_aluno_nota_10.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de SPOAM ao Projeto de Resolução nº 03/2023.</t>
   </si>
   <si>
     <t>2869</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2869/parecer_-_pl_052-2023_-_utilidade_publica_grupo_afro.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2869/parecer_-_pl_052-2023_-_utilidade_publica_grupo_afro.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela CSPOAM ao Projeto de Lei nº 052/2023.</t>
   </si>
   <si>
     <t>2912</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2912/parecer_-_pl53-2023_-_semana_da_juventude.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2912/parecer_-_pl53-2023_-_semana_da_juventude.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela comissão de SPOAM ao PL 053/2023.</t>
   </si>
   <si>
     <t>2913</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2913/parecer_-_pl54-2023_-_mis_e_mister.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2913/parecer_-_pl54-2023_-_mis_e_mister.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela comissão de SPOAM ao PL 054/2023.</t>
   </si>
   <si>
     <t>2914</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2914/parecer_-_pl55-2023_-_regras_publicacao_lei.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2914/parecer_-_pl55-2023_-_regras_publicacao_lei.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela comissão de SPOAM ao PL 055/2023.</t>
   </si>
   <si>
     <t>2970</t>
   </si>
   <si>
     <t>PCOES</t>
   </si>
   <si>
     <t>Parecer da Comissão Permanente da OESC</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2970/parecer_plo_056-23_-_programa_arborizacao.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2970/parecer_plo_056-23_-_programa_arborizacao.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela comissão da OESC ao PL nº 056/2023.</t>
   </si>
   <si>
     <t>2971</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2971/parecer_plo_059-23_-_sindrome_de_burnout.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2971/parecer_plo_059-23_-_sindrome_de_burnout.pdf</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão da OESC ao PL 059/2023.</t>
   </si>
   <si>
     <t>2743</t>
   </si>
   <si>
     <t>PCE</t>
   </si>
   <si>
     <t>Parecer de Comissão Especial</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2743/ata_ce_29-09-2023_-_pdl_05-2023_-_titulo_cidadania_procurador.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2743/ata_ce_29-09-2023_-_pdl_05-2023_-_titulo_cidadania_procurador.pdf</t>
   </si>
   <si>
     <t>Parecer emitido por Comissão Especial ao PDL 05/2023.</t>
   </si>
   <si>
     <t>2791</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2791/parecer_veto_pl_033-2023.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2791/parecer_veto_pl_033-2023.pdf</t>
   </si>
   <si>
     <t>Parecer Emitido por comissão especial ao Veto ao PL 033/2023.</t>
   </si>
   <si>
     <t>2834</t>
   </si>
   <si>
-    <t>https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2834/parecer_-_veto_-_plo_036-2023_-_comissao_especial.pdf</t>
+    <t>http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2834/parecer_-_veto_-_plo_036-2023_-_comissao_especial.pdf</t>
   </si>
   <si>
     <t>Parecer emitido por Comissão Especial ao Veto feito pelo prefeito ao PL 036/2023.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -10229,67 +10229,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2153/06_-_pl_06-2023_-_credito_suplementar_1.134.93416.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2154/07_-_pl_07-2023_-_subvencao_apae.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2155/08_-_pl_08-2023_-_subvencao_casa_dos_velhinhos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2178/09_-_pl_09-2023_-_contribuicao_financeira_casa_crianca.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2259/10_-_pl_010-2023_-_credito_suplementar_205_mil.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2260/10_-_pl_011-2023_-_conselho_cultura.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2326/12_-_pl_012-2023_-_diretrizes_para_policita_municipal_autista_e_deficit_atencao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2327/13_-_pl_013-2023_-_altera_lei_beneficios_eventuais_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2328/14_-_pl_014-2023_-_credito_suplementar_183.000.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2329/15_-_pl_015-2023_-_prorrogacao_contratos_tempo_determinado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2330/16_-_pl_016-2023_-credito_especial_29.870_-.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2341/17_-_pl_017-2023_-_censura_digital_administracao_municipal.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2342/18_-_pl_018-2023_-_ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2374/19_-_pl_019-2023_-_regova_lei_no_1.076_de_15-10-1997_-_q_regulamenta_art_83_do_estatuto_do_servidor_publico.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2375/20_-_pl_020-2023_-_credito_suplementar_1.088.21320.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2423/21_-_pl_021-2023_-_subvencao_apae_pedralva_-_11.96342.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2424/22_-_pl_022-2023_-_subvencao_casa_crianca_de_pedralva_-_11.96342.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2441/23_-_pl_023-2023_-_altera_lei_1969_-2023_-_gratificacao_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2443/24_-_pl_024-2023_-_incentivo_ao_artesanato.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2476/25_-_pl_025-2023_-_altera_fonte_de_recurso_lei_1978_-_17-05-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2477/26_-_pl_026-2023_-_agente_de_contrataca_e_equipe_de_apoio_-_comissao_de_contratacao_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2498/27_-_pl_027-2023_-_prorrogacao_contratos_leis_1.846_-_1907_-_1955_-_1976.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2499/28_-_pl_028-2023_-_prorrogacao_contratos_leis__1838_-_1849_-_1909_-_1961_-__lc_41_-.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2513/29_-_pl_029-2023_-_credito_suplementar_455.96142.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2514/30_-_pl_030-2023_-_contagem_de_temo_periodo_pandemia.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2599/31_-_pl_031-2023_-_credito_especial_r_119.30361.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2601/32_-_pl_032-2023_-_altera_dispositivo_lei_1989_de_30-06-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2602/33_-_pl_033-2023_-_institui_o_portal_informativo_de_obras_publicas.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2626/34_-_pl_034-2023_-_credito_suplementar_1.110.42386_gabinete-meio_ambiente-esporte-_educacao-_promocao_social-obras.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2654/35_-_pl_035-2023_-_denomina_bairro_rezende.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2655/36_-_pl_036-2023_-_manutencao_de_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2706/37_-_pl_037-2023_-_nome_rua_-_aloisio_braga_de_abreu_-_lolo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2707/38_-_pl_038-2023_-_nome_rua_-_jose_sevilo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2725/39_-_projeto_de_lei_no_039-2023_-_denomina_logradouro_-_vice-prefeito_evaristo_inacio_dos_reis.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2726/40_-_projeto_de_lei_no_040-2023_-_utilidade_publica_consep.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2727/41_-_projeto_de_lei_no_041-2023_-_contribuicao_financeira_piso_salarial_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2734/42_-_projeto_de_lei_no_042-2023_-_credito_suplementar_582.300.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2740/43_-_projeto_de_lei_no_043-2023_-_nome_de_rua_-_casemiro_vitor_de_castro.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2746/44_-_projeto_de_lei_no_044-2023_-_altera_ldo_2024_compressed.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2747/45_-_projeto_de_lei_no_045-2023_-_altera_ppa_2022-2025-compactado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2748/46_-_projeto_de_lei_no_046-2023_-_lo_2024_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2749/47_-_projeto_de_lei_no_047-2023_-_contribuicao_financeira_casa_crianca.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2774/48_-_projeto_de_lei_no_048-2023_-_nome_der_rua_-_ditinho_lorena.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2808/49_-_projeto_de_lei_no_049-2023_-_contribuicao_financeira_afroblak.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2833/50_-_projeto_de_lei_no_050-2023_-_modificacao_na_lei_1998.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2843/51_-_projeto_de_lei_no_051-2023_-_contribuicao_financeira_casa_velhinhos.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2864/52_-_projeto_de_lei_no_052-2023_-_utilidade_publica_afroblack.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2865/53_-_projeto_de_lei_no_053-2023_-_semana_da_juventude.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2866/54_-_projeto_de_lei_no_054-2023_-_concurso_de_miss_e_mister.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2901/55_-_projeto_de_lei_no_055-2023_-_indicacao_da_numeracao_do_projeto_e_autor_na_hora_de_sancionar.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2902/56_-_projeto_de_lei_no_056-2023_-_programa_de_arborizacao_urbana.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2925/57_-_projeto_de_lei_no_057-2023_-_cesta_natal_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2931/58_-_projeto_de_lei_no_058-2023_-_contribuicao_financeira_apae.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2969/59_-_projeto_de_lei_no_059-2023_-_sindrome_de_burnout.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2474/plj_01-2023_-_vj_yasmin_-_semana_juventude.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2728/plj_02-2023_-__concurso_de_miss_e_mister.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2179/06_-_plc_06-2023_-_cria_cargo_de_eletricista_automotivo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2126/01_-_projeto_de_resolucao_01-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2600/02_-_projeto_de_resolucao_02-2023_-_extingue_cargo_assessor_juridico_comissionado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2775/03_-_projeto_de_resolucao_no_03-2023_-_modifica_resolucao_aluno_nota_10.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2836/projeto_de_resolucao__4-2023_-_cargos_da_camara_-__assessor.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2462/projeto_de_resolucao_jovem_no_1-2023_-_programa_jovem_aprendiz_na_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2362/pdl_02-2023_-_titulo_de_cidadao.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2642/pdl_03-2023_-_comenda_chinho.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2661/pdl_04-2023_-_merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2735/pdl_05-2023_-_titulo_de_cidadania_procurador-geral_de_justica.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2792/pdl_06-2023_-_veto_pl_33-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2835/pdl_07-2023_-_veto_pl_36-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2903/pdl_08-2023_-_medalha_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2927/substitutivo_ao_pr_04-23_-_assessor_juridico_-_autores_joao_e_aline.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2463/substitutivo_pr_01-2023_-_vj_yasmin_-_jovem_estagiario.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2761/mensagem_de_veto_no_042-2023_-_pl_33-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2762/mensagem_de_veto_no_043-2023_-_pl_36-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2109/01_-_requerimento_06-02-2023_-_justificativa_falta_sessao_extra_do_dia_23-01-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2110/02_-_requerimento_06-02-2023_-_manutencao_estrada_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2111/03_-_requerimento_06-02-2023_-_manutencao_estrada_correias.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2112/04_-_requerimento_06-02-2023_-_limpeza_mato_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2113/05_-_requerimento_06-02-2023_-_manutencao_trecho_estrada_barra_-_gumercindo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2114/06_-_requerimento_06-02-2023_-_instalar_armadilha_moscas_rocinha_e_furnas.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2115/07_-_requerimento_06-02-2023_-_cobra_operacao_tapa_buracos_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2116/08_-_requerimento_06-02-2023_-_cobra_cumprimento_da_lei_bom_caminho.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2117/09_-_requerimento_06-02-2023_-_manutencao_estrada_jaboticabal.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2118/10_-_requerimento_06-02-2023_-informacoe_sobre_adiamento_volta_aulas_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2119/01_-_requerimento_06-02-2023_-_informacoes_sobre_quando_voltara_as_aulas_municipais.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2120/02_-_requerimento_06-02-2023_-_informacoes_sobre_aquisicao_de_materiais_para_manutencao_estradas.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2121/03_-_requerimento_06-02-2023_-_informacoes_sobre_desconto_imposto_de_renda_conselheiros_tutelares.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2122/01_-_requerimento_06-02-2023_-_informacoes_sobre_valores_do_fundeb_2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2123/02_-_requerimento_06-02-2023_-_informacoes_sobre_vigencia_do_decreto_que_alterou_horario_de_trabalho_na_prefeitura_devido_pandemia.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2124/03_-_requerimento_06-02-2023_-_corrigir_contagem_de_tempo_para_quinquenio_ferias_premio.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2127/01_-_requerimento_13-02-2023_-_justificativa_falta_sessao_extra_janeiro.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2128/01_-_requerimento_13-02-2023_-_manutencao_estrada_castelhano.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2130/03_-_requerimento_13-02-2023_-_manutencao_trechos_estrada_posses.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2132/05_-_requerimento_13-02-2023_-_manutencao_trechos_estrada_pitangueiras_-_murilo_vilas_boas.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2133/11_-_requerimento_13-02-2023_-manutencao_estrada_posses.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2134/12_-_requerimento_13-02-2023_-equipamentos_de_seguranca_e_sinalizacao_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2135/13_-_requerimento_13-02-2023_-manutencao_abrigos_trecho_entre_bairro_divisa_e_paulino_margens_rodovia.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2139/06_-_requerimento_13-02-2023_-_melhorias_rua_sem_calcamento_final_da_rua_dona_maria_cibele.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2140/04_-_requerimento_13-02-2023_-_operacao_tapa_buracos_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2141/05_-_requerimento_13-02-2023_-_apoio_transporte_escolar_rocinha_e_divisa.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2143/08_-_requerimento_13-02-2023_-_manutencao_estrada_bairro_correias.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2144/09_-_requerimento_13-02-2023_-_manutencao_estrada_pedrao_sentido_bairro_tamandua.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2145/10_-_requerimento_13-02-2023_-_manutencao_estrada_pedra_batista.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2149/08_-_requerimento_13-02-2023_-_informacoes_sobre_conselhos_municipais.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2150/09_-_requerimento_13-02-2023_-_manutencao_estradas_corrego_fundo_campestre_floresta_belo_ramo_estiva_castelhano_cafarnaum__e_lagoa.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2152/15_-_requerimento_13-02-2023_-_urgencia_especial_pls_4_e_5_de_2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2156/06_-_requerimento_23-02-2023_-_manilha_estrada_bairro_correias.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2157/07_-_requerimento_23-02-2023_-_mato_beira_rua_dr._macedo.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2158/08_-_requerimento_23-02-2023_-_terra_amontoada_estrada_furnas.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2159/09_-_requerimento_23-02-2023_-_estrada_pedra_batista.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2160/10_-_requerimento_23-02-2023_-_estrada_bairro_angu.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2161/16_-_requerimento_23-02-2023_-_valeta_agua_bairro_cubataozinho.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2162/17_-_requerimento_23-02-2023_-_estrada_pedra_batista.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2163/18_-_requerimento_23-02-2023_-_rua_corrego_fundo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2164/19-_requerimento_23-02-2023_-_estrada_balaio.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2165/20-_requerimento_23-02-2023_-_ponte_paulino_paixao.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2166/21-_requerimento_23-02-2023_-_estrada_rocinha.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2167/10_-_requerimento_23-02-2023_-_estrada_pedrao.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2168/11_-_requerimento_23-02-2023_-_estrada_liga_lagoa_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2169/12_-_requerimento_23-02-2023_-_iluminacao_rua_zeze_canuto.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2170/16_-_requerimento_23-02-2023_-_poco_artesiano_paulino.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2171/17_-_requerimento_23-02-2023_-_abaixo_assinado_-_bairro_correias_-_estrada.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2172/18_-_requerimento_23-02-2023_-_esf_paulino.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2173/19_-_requerimento_23-02-2023_-_inscricao_concurso_publico_-_nao_conseguiram_emitir_boleto.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2174/13_-_requerimento_23-02-2023_-_estradas_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2175/14_-_requerimento_23-02-2023_-_poste_iluminacao_publica_rua_zeze_canuto.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2176/15_-_requerimento_23-02-2023_-_informacao_ipsemg.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2177/16-_requerimento_23-02-2023_-_relatorio_superavit_financeiro_2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2180/11_-_requerimento_27-02-2023_-_moscas.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2181/12_-_requerimento_27-02-2023_-_manutencao_rua_presidente_vargas.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2182/13_-_requerimento_27-02-2023_-_parquinho_clube_operario.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2183/14_-_requerimento_27-02-2023_-_manilha_estrada_estiva.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2184/10_-_requerimento_27-02-2023_-_estrada_estiva_ate_divisa_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2185/17-_requerimento_27-02-2023_-_estrada_usina_pedrao.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2186/18_requerimento_27-02-2023_-_estrada_castelhano.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2187/19_requerimento_27-02-2023_-_concurso_-_embasamento_psicologo.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2188/23_-_requerimento_27-02-2023_-_entulho_beirada_estrada_furnas.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2189/24_-_requerimento_27-02-2023_-_lixeiras_bairro_rocinha.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2190/27_requerimento_27-02-2023_-prefeitura_disponibilizar_contato_telefonico_para_populacao.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2191/29_requerimento_27-02-2023_-_lampadas_queimadas_correias.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2192/20_requerimento_27-02-2023_-_ubs_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2193/21_requerimento_27-02-2023_-_informacoes_concurso_publico_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2197/11_-_requerimento_07-03-2023_-_justificativa_falta_reuniao.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2198/19_-_requerimento_07-03-2023_-_estrada_campestre_-_berlei.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2199/20_-_requerimento_07-03-2023_-_estrada_campestre_-_ivanzinho.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2200/21_-_requerimento_07-03-2023_-_limpeza_e_alargamento_corrego_jabuticabal.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2201/31_requerimento_07-03-2023_-_estrada_cubataozinho.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2204/32_requerimento_07-03-2023_-_estrada_paulino.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2205/33_requerimento_07-03-2023_-_estrada_pederao_-_robson.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2206/34_requerimento_07-03-2023_-_estrada_pitangueiras_-_doril.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2207/35_requerimento_07-03-2023_-_estrada_tamandua_-_joao_soares.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2208/27_-_requerimento_07-03-2023_-_limpeza_bueiros_cidade.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2209/28_-_requerimento_07-03-2023_-_copasa_reduzir_conta_agua_atingidos_enchente.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2210/29_-_requerimento_07-03-2023_-_agua_pluvial_loteamento_claudio_bustamante.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2217/21_requerimento_07-03-2023_-_estrada_cubatao_cubataozinho_....pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2218/22_requerimento_07-03-2023_-_estrada_bairro_posses.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2219/23_requerimento_07-03-2023_-_manutencao_corretiva_bairro_jabuticabal.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2220/24_requerimento_07-03-2023_-_rua_coronel_canuto.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2222/30_-_requerimento_07-03-2023_-_cemig_-_posto_atendimento_pedralva.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2225/25_requerimento_07-03-2023_-_estrada_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2229/27_requerimento_07-03-2023_-_bairro_usina.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2230/28_requerimento_07-03-2023_-_informacoes_sobre_desastre_ocorrido_chuvas.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2232/08_requerimento_07-03-2023_-_pedra_batista.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2233/30_requerimento_07-03-2023_-_pedra_alecrim.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2234/requerimento_7-03-2023_-_superlotacao_onibus_escolar_linha_rocinha.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2235/18_-_requerimento_07-03-2023_-_urgencia_especial_pls_3_7_8_e_9.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2236/24_requerimento_13-03-2023_-_plano_de_cargos_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2237/25_-_requerimento_13-03-2023_-_contagem_de_tempo_quinquenio_e_ferias_premio.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2238/22_-_requerimento_13-03-2023_-_corrego_bairro_jabuticabal.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2239/23_-_requerimento_13-03-2023_-_contaminacao_mina_bairro_bica.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2240/31_-_requerimento_13-03-2023_-_rua_xavier_lisboa.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2241/32_-_requerimento_13-03-2023_-_estrada_tamandua_liga_vintem.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2242/08_-_requerimento_13-03-2023_-_estrada_bairro_posses.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2243/34_-_requerimento_13-03-2023_-_estrada_anhumas_cubataozinho_e_vintem.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2244/35_-_requerimento_13-03-2023_-_monte_terra_-_estrada_furnas.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2245/36_-_requerimento_13-03-2023_-_manutencao_emergencial_bairro_rocinha.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2246/37_-_requerimento_13-03-2023_-_limpeza_academia_sabara.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2247/38_-_requerimento_13-03-2023_-_limpeza_trecho_da_rodovia_-_ponte_de_acesso_tamandua.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2248/39-_requerimento_13-03-2023_-_coleta_lixo_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2249/40_-_requerimento_13-03-2023_-_visita_tecnica_bairro_correas_-_causas_da_inundacao_estrada_e_residencias.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2250/38_-_requerimento_13-03-2023_-_bairro_rocinha.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2251/39_-_requerimento_13-03-2023_-_canalizacao_esgoto_-_rua_estevam_rezende_lopes_-_corrego_fundo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2252/40_-_requerimento_13-03-2023_-_bairros_campestre_e_tamandua.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2253/41_-_requerimento_13-03-2023_-_meio_ambiente_-_bairro_rocinha.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2254/09_-_requerimento_13-03-2023_-_limpeza_e_troca_lampadas_pista_caminhada.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2255/10_-_requerimento_13-03-2023_-_limpeza_e_retirada_lizo_rocinha.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2256/52_-_requerimento_13-03-2023_-_bairro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2257/53_-_requerimento_13-03-2023_-_estrada_bairro_campestre.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2258/54_-_requerimento_13-03-2023_-_estrada_pedraao_sentido_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2261/14_-_requerimento_20-03-2023_-_justificativa_falta_sessao_do_dia_13-03-2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2262/24_-_requerimento_20-03-2023_-_ponte_e_barreira_bairro_jabuticabal.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2263/25_-_requerimento_20-03-2023_-_poda_de_arvore_bairro_pedra_batista_-_cemig.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2264/26_-_requerimento_20-03-2023_-_manutencao_estrada_bairro_anhumas_-_sra._santa.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2265/55_-_requerimento_20-03-2023_-_insalubridade_agentes_comunitarios_de_saude.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2266/56_-_requerimento_20-03-2023_-_casa_oferecendo_risco_no_bairro_divisa.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2267/57_-_requerimento_20-03-2023_-_manutencao_estrada_bairro_floresta.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2268/45_-_requerimento_20-03-2023_-_informacoes_separacao_materiais_reciclaveis.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2269/46_-_requerimento_20-03-2023_-_informacoes_processo_de_desapropriacao_de_area_para_casas_populares.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2270/47_-_requerimento_20-03-2023_-reparos_brinquedos_parquinho_clube_operario.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2271/48_-_requerimento_20-03-2023_-visita_tecnica_rua_afonso_vieira_machado_-_causas_da_inundacao_no_local.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2272/46_-_requerimento_20-03-2023_-_demandas_bairro_barra_mansa.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2273/47_-_requerimento_20-03-2023_-_demandas_bairros_floresta_e_belo_ramo.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2274/33_-_requerimento_20-03-2023_-_dedetizacao_bueiros.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2275/34_-_requerimento_20-03-2023_-_cronograma_recuperacao_rua_poeta_joao_carneiro.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2276/48_-_requerimento_20-03-2023_-_disponibilizar_cascalho_para_moradores_jabuticabal_colocar_na_estrada.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2277/29_-_requerimento_20-03-2023_-_kombi_transportar_alunos_pedra_batista.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2278/30_-_requerimento_20-03-2023_-_ponte_e_estradas_bairro_alecrim.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2285/36_-_requerimento_27-03-2023_-_manutencao_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2286/35_-_requerimento_27-03-2023_-_terceirizacao_servicos_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2287/27_-_requerimento_27-03-2023_-_limpeza_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2288/28_-_requerimento_27-03-2023_-_buraco_estrada_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2289/29_-_requerimento_27-03-2023_-_manutencao_ponte_estrada_agua_limpa_-_lalado.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2290/30_-_requerimento_27-03-2023_-_tampa_bueiro_esquina_rua_joaquina_lopes_e_praca_delfim_moreira.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2291/31_-_requerimento_27-03-2023_-_bueiro_estrada_divisa_-_dito_albino.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2292/52_-_requerimento_27-03-2023_-_13o_prefeito_e_vice-prefeito.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2293/53_-_requerimento_27-03-2023_-_informacoes_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2294/54_-_requerimento_27-03-2023_-_regularizacao_fundiaria.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2295/34_-_requerimento_27-03-2023_-_informacoes_frota_veiculos_educacao_escolar.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2296/35_-_requerimento_27-03-2023_-manutencao_rede_de_agua_avenida_claudio_rodrigues_de_souza.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2297/36_-_requerimento_27-03-2023_-_cumprir_lei_transporte_coletivo.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2298/65_-_requerimento_27-03-2023_-_manutencao_de_trecho_da_estrada_correias.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2299/66_-_requerimento_27-03-2023_-_manutencao_estrada_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2300/57_-_requerimento_27-03-2023_-solicita_urgencia_especial_pl_11-2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2301/32_-_requerimento_03-04-2023_-_ovo_de_pascoa.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2302/33_-_requerimento_03-04-2023_-_canalizacao_agua_chuva_lagoa.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2303/34_-_requerimento_03-04-2023_-_contratacao_mao_de_obra_terceirizada_para_calcamento.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2304/35_-_requerimento_03-04-2023_-_incluir_corrida_e_caminhada_festividades_niver_cidade.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2305/56_-_requerimento_03-04-2023_-_separar_transporte_escolar_estiva_sto_antonio_e_belo_ramo_do_transporte_campestre_e_tamandua.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2306/63_-1_-_requerimento_03-04-2023_-_ponte_usina_pedrao.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2307/36_-_requerimento_03-04-2023_-_bueiros_estrada_divisa_proximo_igreja.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2308/38_-_requerimento_03-04-2023_-_limpeza_terrenos_baldios_rua_papa_joao_paulo_ii.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2309/43_-_1_-_requerimento_03-04-2023_-_repasse_bairro_alecrim.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2310/58_-_requerimento_03-04-2023_-_copasa_-_vazamento_agua_rua_casemiro_osorio.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2311/59_-_requerimento_03-04-2023_-_bueiro_rua_casemiro_osorio.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2312/60_-_requerimento_03-04-2023_-_casas_populares.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2313/61_-_requerimento_03-04-2023_-_utilizar_areas_publica_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2314/62_-_requerimento_03-04-2023_-_manutencao_pavimentacao_rua_coronel_estevam_rezende.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2315/70_-_requerimento_03-04-2023_-_bairro_lagoa_-_rede_esgoto_e_abastecimento_agua.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2316/71_-_requerimento_03-04-2023_-_estrada_bairro_pedrao.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2317/72_-_requerimento_03-04-2023_-_estrada_tamandua.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2318/73_-_requerimento_03-04-2023_-_limpeza_e_rocada_das_ruas_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2331/37_-_requerimento_10-04-2023_-_aluna_apae_-_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2332/38_-_requerimento_10-04-2023_-_calcamento_rua_jose_carneiro_santiago.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2333/39_-_requerimento_10-04-2023_-_buraco_asfalto_rua_dona_miquita.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2334/40_-_requerimento_10-04-2023_-_der_-_reparos_beirada_rodovia_mg_347.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2335/64_-_requerimento_10-04-2023_-_informacoes_reforma_ponte_bairro_paulino.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2336/64-_requerimento_10-04-2023_-_controle_de_frota.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2337/65_-_requerimento_10-04-2023_-_seguranca_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2339/76_-_requerimento_10-04-2023_-_seguranca_nas_escolas_-_dele_sozinho.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2343/41_-_requerimento_17-04-2023_-_cemig_-_transformador_rua_agonso_vieira_machado.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2344/42_-_requerimento_17-04-2023_-_ponte_bairro_rocinha.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2345/43_-_requerimento_17-04-2023_-_estrada_rocinha_-_maguinha.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2346/44_-_requerimento_17-04-2023_-_estrada_bairros_posses_e_coelho.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2347/45_-_requerimento_17-04-2023_-_bairro_paulino_-_bueiro_entupido_e_poda_arvore.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2348/46_-_requerimento_17-04-2023_-_seguranca_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2349/37_-_requerimento_17-04-2023_-_verificacao_condicoes_dos_onibus_escolar.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2350/38_-_requerimento_17-04-2023_-_rada_na_rodovia_mg-347_-_trevo_conceicao_das_pedras.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2351/39_-_requerimento_17-04-2023_-_informacoes_ponte_bairro_paulino.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2352/67_-_requerimento_17-04-2023_-_onibus_escolar_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2353/68_-_requerimento_17-04-2023_-_manutencao_estrada_barra.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2354/69_-_requerimento_17-04-2023_-_manutencao_estrada_jabuticabal.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2355/70_-_requerimento_17-04-2023_-_evento_gospel.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2356/77_-_requerimento_17-04-2023_-_informacao_adicional_insalubridade_agentes_comunitarios.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2357/66_-_requerimento_17-04-2023_-_informacoes_sobre_revisao_do_plano_de_cargos_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2358/78_-_requerimento_17-04-2023_-_manutencao_veiculos_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2363/71_-_requerimento_28-04-2023_-_estrada_bairro_lagoa_acesso_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2365/72_-_requerimento_28-04-2023_-_estrada_bairro_posses.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2366/47_-_requerimento_24-04-2023_-_limpeza_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2367/79_-_requerimento_27-04-2023_-_informacao_quantidade_candidatos_concurso_-_antes_da_prorrogacao.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2368/80_-_requerimento_27-04-2023_-_melhorias_estrada_pedrao_para_linha_onibus_itajuba.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2369/81_-_requerimento_27-04-2023_-_monitor_para_veiculos_escolar.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2370/67_-_requerimento_27-04-2023_-_controle_jornada_servidores.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2371/68_-_requerimento_27-04-2023_-_manutencao_estrada_pedra_pedrao.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2372/17_-_requerimento_27-04-2023_-_justifica_falta_sessao_do_dia_17-04-2023.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2376/48_-_requerimento_02-05-2023_-_canalizacao_nair_bustamante_-_sindicato.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2377/49_-_requerimento_02-05-2023_-_corrego_bica_-_sindicato.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2378/50_-_requerimento_02-05-2023_-_estrada_alecrim_-_chicuta.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2379/51_-_requerimento_02-05-2023_-_estrada_sertaozinho_-_herculano.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2382/52_-_requerimento_02-05-2023_-_rua_dona_inacia_-_calcamento_-_contramao.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2383/69_-_requerimento_02-05-2023_-_estrada_jabuticabal.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2384/70_-_requerimento_02-05-2023_-_lixeira_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2385/71_-_requerimento_02-05-2023_-_manutencao_quadra_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2386/72_-_requerimento_02-05-2023_-_manutencao_estrada_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2387/40_-_requerimento_02-05-2023_-_manutencao_estrada_vintem.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2388/41_-_requerimento_02-05-2023_-_contratar_servico_terceirizado_rocar_e_podar.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2390/73_-_requerimento_02-05-2023_-_manutencao_estrada_estiva.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2391/74_-_requerimento_02-05-2023_-_calcamento_paulino_e_manutencao_estradas.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2392/47_-_requerimento_02-05-2023_-_estrada_alecrim.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2393/82_-_requerimento_02-05-2023_-_esf_vintem.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2394/53_-_requerimento_02-05-2023_-_urgencia_especial_pl_15-2023.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2396/54_-_requerimento_08-05-2023_-_bueiro_estrada_bela_vista_-_paulinho_correa.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2397/55_-_requerimento_08-05-2023_-_bueiro_inicio_rua_coronel_machado.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2399/42_-_requerimento_08-05-2023_-_bairro_castelhamo_-_pedido_vivian.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2400/56_-_requerimento_08-05-2023_-_estrada_entrada_igreja_bairro_paulino.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2401/75_-_requerimento_08-05-2023_-_transporte_estudante_parte_manha_anhumas.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2402/83_-_requerimento_08-05-2023_-_limpeza_margens_rodovia.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2425/57_-_requerimento_15-05-2023_-_academia_sabara_-_portas_e_letreiro.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2426/58_-_requerimento_15-05-2023_-_manutencao_brinquedos_parquinho.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2427/59_-_requerimento_15-05-2023_-_manutencao_estrada_estiva-lagoa.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2428/60_-_requerimento_15-05-2023_-_manutencao_estrada_rocinha_-_jose_vitor.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2429/61_-_requerimento_15-05-2023_-_manutencao_trechos_estrada_furnas.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2430/62_-_requerimento_15-05-2023_-_manutencao_estrada_e_ponte_anhumas_-_chico_ze.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2431/63_-_requerimento_15-05-2023_-_placa_ponto_taxi_rua_coronel_canuto.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2435/11_-_requerimento_15-05-2023_-__coleta_lixo_cafarnaum.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2436/76_-_requerimento_15-05-2023_-_manutencao_ruas_jose_dantos_marques_e_pedro_monti.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2437/77_-_requerimento_15-05-2023_-_faixa_elevada_rua_pedro_monti.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2438/43_-_requerimento_15-05-2023_-_manutencao_estrada_pitangueiras_de_cima.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2439/44_-_requerimento_15-05-2023_-_faixa_elevada_rua_odilon_souza.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2440/73_-_requerimento_15-05-2023_-_casa_do_telefone_pedrao.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2442/64_-_requerimento_15-05-2023_-_solicita_urgencia_especial_pl_20-2023.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2444/65_-_requerimento_22-05-2023_-_faixa_elevada_bairro_paulino.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2445/66_-_requerimento_22-05-2023_-_cascalho_trechos_bairra_pedra_batista.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2446/67_-_requerimento_22-05-2023_-_ponte_rua_jose_monti_sobrinho_e_rua_nei_augusto_-_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2447/72_-_requerimento_22-05-2023_-_estrada_tamandua.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2448/68_-_requerimento_22-05-2023_-_manutencao_estrada_usina_pedrao_-_robson.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2449/69_-_requerimento_22-05-2023_-_manutencao_estrada_lavouras.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2450/70_-_requerimento_22-05-2023_-_lamina_arrasto.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2451/71_-_requerimento_22-05-2023_-_bairro_jabuticabal_-_estrada.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2452/49_-_requerimento_22-05-2023_-_sinalizar_rodovia_-_alecrim_pedra_batista_furnas_e_divisa.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2453/12_-_requerimento_22-05-2023_-__piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2454/54_-_requerimento_22-05-2023_-_esgoto_lagoa.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2455/78_-_requerimento_22-05-2023_-_monitor_onibus_escolar.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2456/74_-_requerimento_22-05-2023_-_manutencao_estradas_estriva_belo_ramo_cafarnaum_santo_antonio_e_lagoa.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2457/75_-_requerimento_22-05-2023_-_coleta_lixo_lixeiras_zona_rural_-cronograma_coleta_lixo_-_colocacao_de_lixeiras_metalicas.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2458/76_-_requerimento_22-05-2023_-_bairro_lagoa_-__campo_futebol_vestiario_canos_da_rede_mestre_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2459/77_-_requerimento_22-05-2023_-_estrada_acesso_estiva_belo_ramo_castelhano_cafarmaum_santo_antonio_e_lagoa_serrinha.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2460/78_-_requerimento_22-05-2023_-_vestiario_campo_futebol_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2461/48_-_requerimento_22-05-2023_-_der_-_quebra-molas_ou_lombadas_rodovia_bairro_rezende.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2478/73_-_requerimento_05-06-2023_-_pintura_banco_delegacia.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2479/74_-_requerimento_05-06-2023_-_bueiro_estrada_contendas.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2480/75_-_requerimento_05-06-2023_-_estrada_contendas_-_cava_funda.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2481/76_-_requerimento_05-06-2023_-_pavimentacao_rua_jose_belmiro_monti.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2484/45_-_requerimento_05-06-2023_-_pintura_e_sinalizacao_rodovia_mg_347.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2485/46_-_requerimento_05-06-2023_-_estrada_cubataozinho.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2486/47_-_requerimento_05-06-2023_-_reivindicacoes_moradores_lagoa.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2487/48_-_requerimento_05-06-2023_-_residuo_asfalto_rua_poeta_utilizar_nas_estradas.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2488/79_-_requerimento_05-06-2023_-_piso_salarial_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2489/80_-_requerimento_05-06-2023_-_quadra_esportiva_bairro_estiva.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2490/81_-_requerimento_05-06-2023_-_ruas_jose_belmiro_rio_branco_e_jose_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2491/50_-_requerimento_05-06-2023_-_utilizar_material_retirado_rua_poeta_nas_estradas.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2492/84_-_requerimento_05-06-2023_-_manutencao_estradas_floresta_belo_ramo_santo_antonio_estiva_lagoa_pitangueiras_rocinha_pipa_e_pedrao.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2494/82_-_requerimento_05-06-2023_-manutencao_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2495/14_-_requerimento_12-06-2023_-__pagamentos_prefeitura_a_casa_velhinhos_2022_e_2023.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2496/13_-_requerimento_12-06-2023_-__pagamentos_prefeitura_a_santa_casa_2022_e_2023.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2497/85_-_requerimento_05-06-2023_-_urgencia_especial_pl_12_21_e_22.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2500/77_-_requerimento_12-06-2023_-_ponte_pedrao_atalho_para_tamandua.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2501/78_-_requerimento_12-06-2023_-_ponte_rocinha.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2502/79_-_requerimento_12-06-2023_-_bueiro_tamandua_-_ze_cassiano.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2503/80_-_requerimento_12-06-2023_-_fios_de_energia_eletrica_pedra_batista.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2504/81_-_requerimento_12-06-2023_-_estrada_pedra_batista_-_ze_til.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2505/82_-_requerimento_12-06-2023_-_canalizacao_agua_chuva_-_lagoa_-_em_frente_esf.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2506/49_-_requerimento_12-06-2023_-_estrada_barra_mansa.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2507/50_-_requerimento_12-06-2023_-_aumento_efetivo_da_policia_militar_em_pedralva.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2508/51_-_requerimento_12-06-2023_-_copasa_-_rede_esgoto_rua_poeta_joao_carneiro_de_resende.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2509/83_-_requerimento_12-06-2023_-informacoes_sobre_doacao_de_fraldas.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2510/84_-_requerimento_12-06-2023_-_melhorias_na_sede_amabavicc.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2511/85_-_requerimento_12-06-2023_-_sonorizador_rodovia_mg347_proximo_carvilas.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2512/86_-_requerimento_12-06-2023_-_informacao_construcao_creche_municipal.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2515/83_-_requerimento_19-06-2023_-_reqeuerimento_copasa_-_vazamento_de_agua_-_rua_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2516/52_-_requerimento_19-06-2023_-_moscas_bairro_rocinha.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2517/53_-_requerimento_19-06-2023_-_reforma_grupo_posses_para_atendimento_psf.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2518/54_-_requerimento_19-06-2023_-_cascalho_estrada_posses.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2519/84_-_requerimento_19-06-2023_-_manutencao_estrada_jabuticabal.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2520/79_-_requerimento_19-06-2023_-_ponto_de_onibus_divisa.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2521/86_-_requerimento_19-06-2023_-_abrigo_passageiros_av._tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2522/85_-_requerimento_19-06-2023_-_urgencia_especial_pl_25-2023.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2523/86_-_requerimento_19-06-2023_-_copasa_-_rede_esgoto_loteamento_pinheirinho.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2524/87_-_requerimento_19-06-2023_-_cobrando_execucao_lei_municipal_1890-2021_-_cronograma_estradas.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2525/88_-_requerimento_19-06-2023_-_manutencao_estradas_furnas_barra_paulino_pedra_batista_e_contendas.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2571/87_-_requerimento_26-06-2023_-_reitera_requerimento_estrada_alecrim_-_neuza.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2572/88_-_requerimento_26-06-2023_-_estradas_sertaozinho_e_cubataozinho.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2573/89_-_requerimento_26-06-2023_-_melhorias_estrada_bairro_posses.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2574/90_-_requerimento_26-06-2023_-_troca_cano_esgoto_lagoa.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2575/91_-_requerimento_26-06-2023_-_manutencao_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2576/55_-_requerimento_26-06-2023_-der_-_embarque_gardenia_na_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2577/56_-_requerimento_26-06-2023_-der_-_poda_arvores_rodovia_mg_347.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2578/57_-_requerimento_26-06-2023_-cascalho_estrada_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2579/87_-_requerimento_26-06-2023_-_cemig_-_visita_tecnica_bairro_corrego_fundo.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2580/88_-_requerimento_26-06-2023_-_substituir_poste_energia_corrego_fundo.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2581/80_-_requerimento_26-06-2023_-_festa_dia_das_criancas.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2582/81_-_requerimento_26-06-2023_-_fraldario_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2584/92_-_requerimento_26-06-2023_-_urgencia_especial_pls_27_28_29_e_30.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2604/18_-_requerimento_07-08-2023_-_justifica_falta_sessao_do_dia_26-06-2023.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2605/93_-_requerimento_07-08-2023_-_manutencao_ruas_da_cidade_-_coronel_estevam_coronel_machado_jose_de_oliveira_sao_sebastiao_e_jose_belmiro.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2606/94_-_requerimento_07-08-2023_-_caixa_de_agua_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2607/95_-_requerimento_07-08-2023_-_terceirizar_mao_de_obra_para_colocacao_bloquetes_ruas_-_rua_geraldo_benedito_da_silva.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2608/96_-_requerimento_07-08-2023_-_melhorias_estrada_pitangueiras_-_proximo_familiares_sr._moises_e_pitangueiras_de_cima.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2609/97_-_requerimento_07-08-2023_-_retirar_barreira_estrada_jabuticabal.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2610/58_-_requerimento_07-08-2023_-_manutancao_ruas_dona_miquita_cel_estevam_pedro_monti.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2611/59_-_requerimento_07-08-2023_-_bairro_posses_-_cascalhamento_e_manutencao.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2612/60_-_requerimento_07-08-2023_-_bairro_sertaozinho_-_redutor_de_velocidade_estrada_proximo_venda_dona_ana.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2613/61_-_requerimento_07-08-2023_-_bairro_cubatao_-_conservacao_da_estrada_municipal.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2614/62_-_requerimento_07-08-2023_-_bairro_barra_-_conservacao_estrada_municipal.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2615/89_-_requerimento_07-08-2023_-_pavimentacao_estrada_bairro_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2616/90_-_requerimento_07-08-2023_-_classificacao_geral_cargo_motorista_concurso_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2617/91_-_requerimento_07-08-2023_-_manutencao_estrutura_metalica_ponto_de_onibus_pedrao.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2627/98_-_requerimento_14-08-2023_-_manutencao_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2628/92_-_requerimento_14-08-2023_-_urgencia_especial_pls_31_e_32_de_2023.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2629/64_-_requerimento_14-08-2023_-_manutencao_bairro_tamandua..pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2635/63_-_requerimento_14-08-2023_-_rua_dr._macedo_-_manutencao.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2636/99_-_requerimento_14-08-2023_-_manutencao_calcamento_rua_frei_oreste_-_proximo_portao_da_creche.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2637/100_-_requerimento_14-08-2023_-cemig_-_poda_de_arvore_rua_coronel_machado.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2638/89_-_requerimento_14-08-2023_-_manutencao_lixeira_bairro_paulino.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2639/90_-_requerimento_14-08-2023_-_manutencao_trecho_rua_frei_oreste_-_proximo_creche.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2640/91_-_requerimento_14-08-2023_-_instalar_poste_iluminacao_ponto_onibus_bairro_paulino.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2643/101_-_requerimento_21-08-2023_-poste_sustentacao_placa_indicativa_em_frente_agropecuaria_claudinho.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2644/103_-_requerimento_21-08-2023_-_estrada_cava_funda.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2645/104_-_requerimento_21-08-2023_-_vazamento_de_agua_estrada_contendas_proximo_portao_milo.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2646/105_-_requerimento_21-08-2023_-_manutencao_trechos_estrada_paulino_-_acesso_pinha_e_familia_dos_guerreiros.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2647/65_-_requerimento_21-08-2023_-_rampa_de_acesso_jardim_da_praca_da_matriz.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2648/66_-_requerimento_21-08-2023_-_problemas_bairro_rocinha_-_ponte_e_estrada.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2649/106_-_requerimento_21-08-2023_-_varios_servicos_na_lagoa.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2650/93_-_requerimento_21-08-2023_-_manilha_quebrada_estrada_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2651/82_-_requerimento_21-08-2023_-_estrada_bairro_alecrim.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2656/102_-_requerimento_21-08-2023_-_pintura_quebra-molas_av._tancredo_neves_proximo_mercadinho_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2664/107_-_requerimento_28-08-2023_-_alargar_curva_coracao_-_lagoa.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2665/108_-_requerimento_28-08-2023_-_limpeza_geral_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2666/109_-_requerimento_28-08-2023_-_vazamento_de_agua_rua_paiva_junior.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2667/110_-_requerimento_28-08-2023_-_cascalhar_trechos_estrada_sertaozinho_pedra_batista_cubataozinho_e_posses_1.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2668/67_-_requerimento_28-08-2023_-_marcacao_das_vagas_estacionamento_ruas.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2672/92_-_requerimento_28-08-2023_-_incluir_apae_aluno_nota_10.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2675/95_-_requerimento_28-08-2023_-_solicita_projeto_de_lei_piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2693/111_-_requerimento_04-09-2023_-_rua_nei_augusto_-_bela_vista_-_mega_plus.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2694/96_-_requerimento_04-09-2023_-_convocar_prefeito_e_secretaria_obras_-_lixo_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2695/112_-_requerimento_04-09-2023_-_bairro_alecrim_-_neuza.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2696/113_-_requerimento_04-09-2023_-_ponte_bairro_rocinha_-_braizinho_-_bambu.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2697/114_-_requerimento_04-09-2023_-_estrada_tamandua.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2698/93_-_requerimento_04-09-2023_-_incentivo_esporte.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2699/115_-_requerimento_11-09-2023_-_canalizacao_agua_chuva_rua_em_frente_esf_no_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2700/116_-_requerimento_11-09-2023_-_parque_de_exposicoes_erosao_e_corrego.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2701/117_-_requerimento_11-09-2023_-_manutencao_estrada_rocinha_-_ze_vitor.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2702/118_-_requerimento_11-09-2023_-_manutencao_estrada_anhumas_-_carvilas_-_av._antonio_firmino.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2703/68_-_requerimento_11-09-2023_-_providencias_junto_copasa_bueiros_rua_poeta.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2704/94_-_requerimento_11-09-2023_-_estrada_anhumas_-_carvila_-_av_antonio_firmino.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2705/97_-_requerimento_11-09-2023_-_iluminaca_estadio_monti.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2712/119_-_requerimento_18-09-2023_-_buraco_inicio_rua_jose_carneiro_santiago_-_proximo_borracharia_gilson.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2713/120_-_requerimento_18-09-2023_-_arvore_bairro_vintem_-_proximo_esf.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2714/121_-_requerimento_18-09-2023_-_terra_amontoada_beirada_rua_pedro_monte_-_em_frente_casa_silmara.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2715/122_-_requerimento_18-09-2023_-_escoamento_de_agua_de_chuva_rua_jose_lino_rangel_-_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2716/123_-_requerimento_18-09-2023_-_recuperacao_rua_coronel_estevam_rezende_-_proximo_lourival.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2717/124_-_requerimento_18-09-2023_-_tampar_buracos_asfalto_rua_dona_miquita.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2718/69_-_requerimento_18-09-2023_-_informacoes_sobre_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2719/70_-_requerimento_18-09-2023_-_calcar_em_frente_posto_saude_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2720/71_-_requerimento_18-09-2023_-_reparo_ponto_bairro_tamandua.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2721/98_-_requerimento_18-09-2023_-_inf._mudanca_sistema_de_abastecimento_de_combustivel.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2736/125_-_requerimento_25-09-2023_-_estrada_bairro_posses.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2737/99_-_requerimento_25-09-2023_-_piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2750/requerimento_02-10-2023_-__correias.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2751/126_-_requerimento_02-10-2023_-_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2752/127_-_requerimento_02-10-2023_-_ponte_estrada_acesso_bela_vista_posses_segredo.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2753/01_-_requerimento_02-10-2023_-_fiscalizar_loteamento_no_bairro_tamandua.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2754/requerimento_02-10-2023_-__rua_poeta.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2755/100_-_requerimento_02-10-2023_-_informacoes_sobre_asfalto_rua_poeta.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2756/101_-_requerimento_02-10-2023_-_informacoes_decreto_emergencia_financeira.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2765/ambulancia_lagoa.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2766/rua_jose_belmiro_monti.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2767/copasa_dr._macedo.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2768/bueiro_rua_lafayete.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2769/bairro_floresta.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2770/128_-_requerimento_09-10-2023_-_urgencia_especial_pls_42_e_47.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2771/pedra_batista.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2782/129_-_requerimento_16-10-2023_-_melhorias_estrada_posses.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2783/130_-_requerimento_16-10-2023_-_melhorias_pontes_cafarnaum_cubataozinho_bela_vista_rocinha.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2784/131_-_requerimento_16-10-2023_-_rocagem_mato_ruas_cidade.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2785/72_-_requerimento_16-10-2023_-_manutencao_pontes.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2786/132_-_requerimento_16-10-2023_-_manutencao_estrada_castelhando_-_rogerio_abreu.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2787/102_-_requerimento_16-10-2023_-_informacoes_locacao_imovel_para_centro_cultural.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2788/02_-_requerimento_16-10-2023_-_faixa_elevada_rua_pedro_monti.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2789/01_-_requerimento_16-10-2023_-_manutencao_av._tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2790/requerimento_16-10-2023_-__para_que_cobre_da_cemig_ref._queda_de_energia.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2795/133_-_requerimento_23-10-2023_-_servico_emergencial_estradas_danificadas_pelas_chuvas.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2796/requerimento_23-10-2023_-_justificativa_falta_sessao.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2797/134_-_requerimento_23-10-2023_-_bueiro_inicio_rua_jose_lino_rangel.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2798/135_-_requerimento_23-10-2023_-_defesa_civil_-_verificar_agua_de_chuva_que_atravessa_rodovia_e_causa_danos_rua_jose_lino.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2799/136_-_requerimento_23-10-2023_-_manutencao_estrada_rocinha_-_acesso_senhora_silvana_-_filho_cadeirante.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2801/03_-_requerimento_23-10-2023_-_calcamento_bairro_alecrim.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2811/137_-_requerimento_06-11-2023_-_garagem_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2812/138_-_requerimento_06-11-2023_-_buracos_asfalto_av_tancredo_neves_em_frente_ubs.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2813/139_-_requerimento_06-11-2023_-_limpeza_bueiros_estradas_rurais_-_ex._vianas.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2814/140_-_requerimento_06-11-2023_-_aterro_estrada_cava_funda.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2815/141_-_requerimento_06-11-2023_-_nova_ponte_bairro_usina_pedrao.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2816/142_-_requerimento_06-11-2023_-_aterro_estrada_usina_pedrao_-_robson.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2817/143_-_requerimento_06-11-2023_-_retirar_terra_estrada_pedra_batista.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2818/144_-_requerimento_06-11-2023_-_desnivel_rua_jose_sergio_rezende_lopes.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2819/145_-_requerimento_06-11-2023_-_bueiro_estrada_estiva_-_ubs.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2820/146_-_requerimento_06-11-2023_-__copasa_-_informacao_cobranca_esgoto_loteamento_candinho.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2821/73_-_requerimento_06-11-2023_-_estrada_bairro_tres_paineiras_e_balaio.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2822/74_-_requerimento_06-11-2023_-_limpeza_lotes_baldios.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2823/75_-_requerimento_06-11-2023_-_melhorias_calcamento_rua_jose_belmiro_monti.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2824/103_-_requerimento_06-11-2023_-_informacoes_sobre_a_contratacao_de_empresa_normas_seguranca_do_trabalho.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2825/104_-_requerimento_06-11-2023_-_manutencao_trecho_rua_coronel_estevam_rezende_esquina_com_a_pedro_monte_e_na_rua_dona_miquita.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2826/105_-_requerimento_06-11-2023_-_urgencia_especial_pl_49-2023.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2827/02_-_requerimento_06-11-2023_-_trecho_que_precisam_cascalho_alecrim.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2828/03_-_requerimento_06-11-2023_-_melhorias_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2838/04_-_requerimento_06-11-2023_-_justificativa_falta_sessao_23-10-2023.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2844/scanner_20231116.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2845/scanner_20231116_2.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2846/scanner_20231116_3.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2847/scanner_20231116_4.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2848/scanner_20231116_5.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2849/scanner_20231116_6.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2850/scanner_20231116_7.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2851/scanner_20231116_10.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2852/scanner_20231116_11.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2853/scanner_20231116_9.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2854/scanner_20231116_12.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2855/scanner_20231116_8.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2856/scanner_20231116_14.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2857/scanner_20231116_15.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2858/scanner_20231116_18.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2859/scanner_20231116_17.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2863/106_-_requerimento_13-11-2023_-_urgencia_especial_pl_50-2023.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2876/scanner_20231123_2.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2877/scanner_20231123_1.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2878/scanner_20231123_3.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2879/scanner_20231123_4.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2881/scanner_20231123_28.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2884/scanner_20231123_8.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2885/scanner_20231123_6.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2886/scanner_20231123_7.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2887/scanner_20231123_9.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2888/scanner_20231123_5.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2889/scanner_20231123_14.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2890/scanner_20231123_15.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2891/scanner_20231123_23.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2892/scanner_20231123_22.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2893/scanner_20231123_19.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2894/scanner_20231123_21.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2895/pdf24_merged.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2896/scanner_20231123_20.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2897/scanner_20231123_11.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2899/scanner_20231123_18.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2905/requerimento_17-11-2023_-__licenca_saude_60_dias.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2915/scanner_20231128_2.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2916/scanner_20231128.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2917/scanner_20231128_3.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2918/scanner_20231128_7.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2919/scanner_20231128_4.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2920/scanner_20231128_6.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2921/scanner_20231128_5.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2922/scanner_20231128_8.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2932/scanner_20231206_1.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2933/scanner_20231206_2.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2934/scanner_20231206_3.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2935/scanner_20231206_4.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2936/scanner_20231206_5.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2937/scanner_20231206_6.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2939/requerimento_04-12-2023_-_urgencia_especial_pl_57-2023_-_cesta_natal.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2940/juntos_pdf_1.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2944/scanner_20231206_11.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2947/juntos_pdf_2.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2948/scanner_20231206_14.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2949/scanner_20231206_15.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2950/juntos_pdf_3.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2951/scanner_20231206_16.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2952/scanner_20231206_17.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2953/scanner_20231206_18.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2958/pdf24_merged3.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2959/pdf24_merged2.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2960/scanner_20231213_8.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2961/pdf24_merged.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2962/scanner_20231213_3.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2963/scanner_20231213_2.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2964/scanner_20231213_1.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2974/scanner_20231220_10.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2975/scanner_20231220_9.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2976/scanner_20231220_8.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2977/scanner_20231220.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2978/scanner_20231220_2.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2979/scanner_20231220_3.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2980/pdf24_merged.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2981/scanner_20231220_6.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2982/scanner_20231220_7.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2983/scanner_20231220_11.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2984/scanner_20231220_12.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2985/scanner_20231220_13.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2403/01_-_requerimento_lucas_leite_-_25-04-2023_-_sampe.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2404/02_-_requerimento_lucas_leite_-_25-04-2023_-_nivelar_calcamento_ruas.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2405/03_-_requerimento_lucas_leite_-_25-04-2023_-_melhoria_onibus_escolar.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2406/02_-_requerimento_peterson_-_25-04-2023_-_jovem_aprendiz.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2407/03_-_requerimento_peterson_-_25-04-2023_-_educacao_financeira.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2408/01_-_requerimento_natanael_25-04-2023_-_manutencao_parquinho_lado_do_clube_operario.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2409/02_-_requerimento_natanael_25-04-2023_-_lixeira_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2410/03_-_requerimento_natanael_25-04-2023_-_rocar_beiradas_estradas.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2411/04_-_requerimento_natanael_25-04-2023_-_melhoria_predios_das_escolas_municipais_e_parceria_para_melhoria_escolas_estaduais.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2412/01_-_requerimento_luiz_antonio_25-04-2023_-__rocar_capinar_e_limpar_estradas_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2413/02_-_requerimento_luiz_antonio_25-04-2023_-_manutencao_estradas_pipa_pedra_barra_e_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2414/01_-_requerimento_lucas_magalhaes_-_24-04-2023_-_manutencao_rede_esgoto_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2415/01_-_requerimento_lais_-_25-04-2023_-_espacos_publicos_com_brinquedos_criancas_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2416/01_-_requerimento_yasmin_-_25-04-2023_-_colocar_em_funcionamento_conselho_da_juventude.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2417/02_-_requerimento_yasmin_-_25-04-2023_-_politicas_publicas_trabalho_homem_do_campoe_e_incentivar_permanencia_do_jovem_no_meio_rural.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2418/03_-_requerimento_yasmin_-_25-04-2023_-_cursos_profissionalizantes.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2419/04_-_requerimento_yasmin_-_25-04-2023_-_jovem_aprendiz_camara_e_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2464/04_-_requerimento_peterson_-_30-05-2023_-_realizacao_de_campeonatos.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2465/01_-_requerimento_30-05-2023_-_limpeza_lixeiras_bairros_rurais.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2466/02_-_requerimento_lais_-_30-05-2023_-_ruas_e_estradas_-_construcao_areas_de_lazer.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2467/02_-_requerimento_lucas_magalhaes_-_30-05-2023_-_abrigo_animais_de_rua.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2468/05_-_requerimento_yasmin_-_30-05-2023_-_guarda_civil_municipal.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2469/06_-_requerimento_yasmin_-_30-05-2023_-_cinema_na_praca.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2470/07_-_requerimento_yasmin_-_30-05-2023_-_sessao_homenagem_debutantes.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2592/08_-_requerimento_yasmin_-_27-06-2023_-_playgroud_infantil.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2593/09_-_requerimento_yasmin_-_27-06-2023_-_concha_acustica_praca.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2594/02_-_requerimento_27-06-2023_-_area_de_lazer_e_esporte_bairros_rurais.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2763/requerimento_26-09-2023_-_arborizacao_cidade.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2764/requerimento_26-09-2023_-_recuperacao_estacao_do_pedrao.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2870/requerimento_31-10-2023_-_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2871/requerimento_31-10-2023_-_reforma_da_quadra_prof._raimundo_martins.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2872/requerimento_31-10-2023_-_escolas_legislativo.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2873/requerimento_31-10-2023_-_lixeira_campestre.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2874/requerimento_31-10-2023_-_gincana_do_saber.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2954/pdf24_merged.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2955/scanner_20231206_6.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2956/pdf24_merged_1.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2125/01_-_indicacao_06-02-2023_-_contratacao_de_empresa_terceirizada_para_manutencao_estradas.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2142/01_-_indicacao_13-04-2023_-_consultar_motoristas_sobre_situacao_das_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2618/02_-_indicacao_07-08-2023_-_dia_do_folclore.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2652/03_-_indicacao_21-08-2023_-_acompanhar_os_trabalhos_de_asfalto_na_rua_poeta.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2722/04_-_indicacao_18-09-2023_-_comemorar_dia_da_crianca_com_evento.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2136/01_-_mocao_pesar_13-02-2023_-_joao_matheus.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2137/02_-_mocao_aplauso_13-02-2023_-_exdiretoras_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2138/03_-_mocao_aplauso_13-02-2023_-_novas_diretoras_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2147/04_-_mocao_pesar_13-02-2023_-_andre_luiz_silva.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2194/05_-_mocao_aplauso_27-02-2023_-_gustavo_camara.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2195/06_-_mocao_pesar_27-02-2023_-_jose_donizete.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2202/01_-_mocao_de_aplauso_-_07-03-2023_-_funcionario_prefeitura_-_enxente.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2203/02_-_mocao_de_aplauso_-_07-03-2023_-_prefeito_de_santa_rita_-_enxente.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2211/01_-__mocao_aplauso_07-03-2023_-__dia_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2212/02_-__mocao_aplauso_07-03-2023_-__populacao_-_solidariedade_chuva.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2213/03_-__mocao_aplauso_07-03-2023_-__policia_militar_-_solidariedade_chuva.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2214/04_-__mocao_aplauso_07-03-2023_-_guarda_municipal_santa_rita_-_solidariedade_chuva.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2215/01_-__mocao_pesar_07-03-2023_-_jose_eduardo_piazza_-.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2216/02_-__mocao_pesar_07-03-2023_-_rubens_jose_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2221/07_-_mocao_aplauso_07-03-2023_-_mocao_apaluso_prefeito_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2223/08_-_mocao_aplauso_07-03-2023_-_mocao_apaluso_defesa_civil_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2224/07_-_mocao_aplauso_07-03-2023_-_dia_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2226/08_-_mocao_pesar_07-03-2023_-_eduardo_piazza.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2227/09_-_mocao_aplauso_07-03-2023_-_servidores_e_populcao_-_chuva.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2228/10_-_mocao_pesar_07-03-2023_-_dona_laura.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2279/11_-_mocao_aplauso_20-03-2023_-_eleicao_vereador_jovem.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2280/12_-_mocao_aplauso_20-03-2023_-_dojo_rangel_de_karate.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2281/09_-_mocao_aplauso_20-03-2023_-_mocao_apaluso_vereadores_jovens.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2319/13_-_mocao_aplauso_03-04-2023_-_ana_lucia.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2320/14_-_mocao_aplauso_03-04-2023_-_benedito_donizetti_maia.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2321/15_-_mocao_aplauso_03-04-2023_-_juliana_harumi_sato.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2322/16_-_mocao_aplauso_03-04-2023_-_maria_celeste_faria.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2323/17_-_mocao_aplauso_03-04-2023_-_maria_sebastiana_faria.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2324/18_-_mocao_aplauso_03-04-2023_-_vigilina_de_fatima_apolinario.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2325/19_-_mocao_aplauso_03-04-2023_-_autista.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2359/03_-_mocao_de_pesar_-_17-04-2023_-_joaquim_lopes_da_silva.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2360/20_-_mocao_pesar_17-04-2023_-_jose_geraldo_maia.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2364/21_-_mocao_pesar_27-04-2023_-_vagner_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2380/04_-_mocao_de_pesar_-_02-05-2023_-_dona_geraldinha.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2381/05_-_mocao_de_pesar_-_02-05-2023_-_vagner_realino.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2389/10_-_mocao_aplauso_02-05-2023_-_mocao_apaluso_trabalhadores.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2395/20_-_mocao_pesar_02-05-2023_-_dona_geraldinha.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2398/22_-_mocao_pesar_08-05-2023_-_maria_de_lourdes_vilas_boas.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2432/06_-_mocao_de_aplauso_-_15-05-2023_-_yasmin_castro.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2433/03_-__mocao_aplauso_15-05-2023_-_carlos_alexandre_-_peao_rodeio.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2434/04_-__mocao_aplauso_15-05-2023_-_fabricio_soares_-_peao_rodeio.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2482/07_-_mocao_de_pesar-_05-06-2023_-_jose_goncalves.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2483/08_-_mocao_de_pesar-_05-06-2023_-_gema_fernandes.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2493/09_-_mocao_de_aplauso_05-06-2023_-_dr._claudio_rogerio.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2583/10_-_mocao_de_pesar_26-06-2023_-_jose_marcos_abreu_lisboa.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2634/02_-_mocao_pesar__-_14-08-2023_-_rubens_silvestre.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2653/20_-_mocao_aplauso_21-08-2023-_campeonat_brasileiro_de_jiu-jitsu.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2669/11_-_mocao_de_pesar_28-08-2023_-_dona_cidoca.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2670/12_-_mocao_de_pesar_28-08-2023_-_maria_isabel_-_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2671/23_-_mocao_pesar_28-08-2023_-_sebastiana_da_silva_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2673/22_-_mocao_aplauso_28-08-2023-_vagner_de_souza_realino.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2674/21_-_mocao_pesar_28-08-2023-_valdecir_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2676/24_-_mocao_pesar_28-08-2023_-_nair_gomes_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2692/25_-_mocao_pesar_04-09-2023_-_paulo_goncalo.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2723/01_-_mocao_aplausos_e_congratulacoes_pedralrun.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2724/22_-_mocao_aplauso_-_oscar_do_comendador.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2738/mocao_aplauso_25-09-2023_-_edson_paiva.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2739/02_-_mocao_pesar_leila.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2772/12_-_mocao_de_aplauso_09-10-2023_-_parlamentares_federais_-_demarcacao_terras_indigenas.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2773/mocao_aplauso_-_09-10-2023_-_professores_educacao_fisica.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2776/23_-_mocao_aplauso_-_flapedra_-_dia_crianca.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2777/24_-_mocao_-_maria_natalia_-_dia_crianca.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2778/25_-_mocao_-_ronilda_-_dia_crianca.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2779/mocao_aplauso_16-10-2023_-_edinho.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2780/04_-_mocao_pastoral_da_comunicacao_-_igreja_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2781/03_-_mocao_conferencia_sao_vicente_de_paulo.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2800/mocao_pesar_-_23-10-2023_-_joao_fernandes.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2802/26_-_mocao_-_selecao_pedralvense_de_futebol.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2803/27_-_mocao_pesar_-_joao_fernandes.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2829/mocao_pesar_-_06-11-2023_-_dito_morera.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2837/mocao_aplauso_-_06-11-2023_-_mae_navegante.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2831/28_-_mocao_pesar_-_morera.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2860/scanner_20231116_16.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2861/scanner_20231116_20.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2862/scanner_20231116_19.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2882/scanner_20231123_12.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2883/scanner_20231123_13.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2898/scanner_20231123_10.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2900/scanner_20231123_29.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2904/pdf24_merged.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2923/scanner_20231128_9.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2924/scanner_20231128_10.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2926/scanner_20231128_11.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2938/scanner_20231206_7.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2941/scanner_20231206_8.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2942/scanner_20231206_9.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2943/scanner_20231206_10.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2945/scanner_20231206_12.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2946/scanner_20231206_13.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2965/scanner_20231213_7.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2966/scanner_20231213_6.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2967/scanner_20231213_13.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2968/scanner_20231213_14.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2986/scanner_20231220_14.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2987/scanner_20231220_15.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2988/scanner_20231220_16.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2989/scanner_20231220_18.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2990/scanner_20231220_17.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2420/01_-_mocao_de_aplauso_-_25-04-2023_-_aos_participantes_da_eleicao_vj.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2471/01_-_mocao_yasmin_-_jemg.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2472/01_-_mocao_luiz_antonio_30-05-2023_-_atletas_jiu-jitsu_academia_templogym.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2473/02_-_mocao_luiz_antonio_30-05-2023_-_competidores_rodeio_fabricio_e_carlos_alexandre.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2595/01_-_mocao_lucas_leite_-_27-06-2023_-_alunos_aprovados_2a_fase_obemep.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2596/01_-_mocao_lucas_magalhaes_-_27-06-2023.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2151/emenda_no_1_-_plc_02-2023_-_cip.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2231/emenda_01_ao_pre_01-2023.docx" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2282/emenda_no_1_-_pl_011-2023_-_cultura.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2283/emenda_no_2_-_pl_011-2023_-_cultura.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2340/emenda_no_1_-_pl_014-2023_-_credito_suplementar_cultura.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2373/emenda_no_1_-_pl_012-2023_-_autismo.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2421/emenda_no_1_-_pl_018-2023_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2422/emenda_no_2_-_pl_018-2023_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2475/emenda_no_1_-_pl_023-2023_-_modificacao_lei_gratificacao_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2585/emenda_no_1_-_pl_026-2023_-_agente_contrataca_e_equipe_apoio_comissao_de_contrataca_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2659/emenda_no_1_-_pl_033-2023_-_portal_informativo_de_obras_publica.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2660/emenda_no_1_-_pl_034-2023_-_credito_suplementar_r1.110.42386.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2729/emenda_01_ao_plo_041-2023.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2807/emenda_01_ao_plo_046-2023_-_loa.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2526/parecer_01-2023_-_plc_01-2023_-_modif._cargo_auxiliar_de_farmacia_e_fisioterapeuta.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2527/parecer_02-2023_-_plc_03-2023_-_modif._vencimento_cargos_medico.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2530/parecer_05-2023_-_plo_03-2023_-_revisao_anual_subsidios_agentes_do_executivo_1.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2532/parecer_07-2023_-_plo_05-2023_-_contribuicao_sampe_2023.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2533/parecer_08-2023_-_contratacao_jornal_centenario.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2534/parecer_09-2023_-_plo_74-2022_-_gratificacao_farmaceutico_rt.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2535/parecer_10-2023_-_plo_77-2022_-_filiacao_undime.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2536/parecer_11-2023_-_plc_02-2023_-_institui_a_cip_1.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2537/parecer_12-2023_-_plo_06-2023_-_creditos_suplementares_diversos.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2538/parecer_13-2023_-_plo_07-2023_-_subvencao_apae.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2539/parecer_14-2023_-_plo_08-2023_-_aumento_subvencao_lar_dos_velhinhos.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2540/parecer_15-2023_-_plo_09-2023_-_contribuicao_soc._frei_orestes.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2541/parecer_16-2023_-_plc_06-2023_-_cria_cargo_eletricista_automotivo.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2542/parecer_17-2023_-_contrato_aquisicao_combustivel.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2543/parecer_18-2023_-_plo_10-2023_-_credito_suplementar_saneamento_basico_-_superavit.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2544/parecer_19-2023_-_plo_11-2023_-_conselho_e_fundo_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2545/parecer_20-2023_-_contrato_reparos_telhado.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2546/parecer_21-2023_-_conversao_licenca-premio_rita.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2547/parecer_22-2023_-_plo_12-2023_-_diretrizes_atend._pessoas_com_tea_tdah_e_dislexia.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2548/parecer_23-2023_-_plo_13-2023_-_modif._beneficio_auxilio_natalidade.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2549/parecer_24-2023_-_plo_14-2023_-_credito_suplementar_diversos_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2550/parecer_25-2023_-_plo_16-2023_-_credito_especial_programa_auxilio_esporte.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2551/parecer_26-2023_-_plo_15-2023_-_prorrog._contratos_temporarios_da_lei_1846-2021.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2552/parecer_27-2023_-_plo_17-2023_-_proib._censura_em_redes_sociais_oficiais.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2553/parecer_28-2023_-_plo_19-2023_-_revoga_lei_1076-97_-_gratificacoes.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2554/parecer_29-2023_-_plo_20-2023_-_credito_suplementar_-_superavit.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2555/parecer_30-2023_-_plo_ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2556/parecer_31-2023_-_plo_21-2023_-_contribuicao_apae.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2557/parecer_32-2023_-_plo_22-2023_-_contribuicao_soc._frei_orestes.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2558/parecer_33-2023_-_plo_23-2023_-_gratificacao_farmaceutica_rt_retroativa.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2559/parecer_34-2023_-_plo_24-2023_-_programa_incentivo_artesanato.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2560/parecer_35-2023_-_prj_01-2023_-_programa_jovem_aprendiz_na_camara_1.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2561/parecer_36-2023_-_plo_25-2023_-_modif._fonte_de_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2562/parecer_37-2023_-_plo_26-2023_-_regulament._agente_de_contratacao.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2563/parecer_38-2023_-_plo_27-2023_-_prorrog._contratos_temporarios_da_lei_1846-2021.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2564/parecer_39-2023_-_plo_28-2023_-_prorrog._contratos_temporarios_da_lei_1838-2021.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2565/parecer_40-2023_-_plo_29-2023_-_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2566/parecer_41-2023_-_plo_30-2023_-_contagem_tempo_pandemia_para_beneficios_servidores.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2567/parecer_cljr_-_pl_027-2023.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2568/parecer_cljr_-_pl_028-2023.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2569/parecer_cljr_-_pl_029-2023.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2586/05_-_parecer_cljr_-_pl_026-2023.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2619/06_-_parecer_cljr_-_pr_02-2023.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2620/07_-_parecer_cljr_-_pl_031-2023.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2621/08_-_parecer_cljr_-_pl_032-2023.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2657/09_-_parecer_cljr_-_pl_033-2023.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2658/10_-_parecer_cljr_-_pl_034-2023.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2688/11_-_parecer_cljr_-_pl_035-2023.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2689/12_-_parecer_cljr_-_pl_036-2023.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2708/13_-_parecer_pl_038-2023_-_nome_rua_-_aloisio_braga_abreu.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2709/14_-_parecer_pl_038-2023_-_nome_rua_-_jose_sevilo.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2730/15_-_parecer_pl_039-2023_-_nome_rua_-_evaristo_inacio_dos_reis.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2731/16_-_parecer_pl_041-2023_-_assistencia_financeira_piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2741/17_-_parecer_pl_040-2023_-_utilidade_publica_consep.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2742/18_-_parecer_pl_043-2023_-_nome_rua_-_vitinho.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2757/19_-_parecer_pl_042-2023_-_credito_suplementar_582.300.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2758/20_-_parecer_pl_047-2023_-_subvencao_casa_crianca_-_imposto_de_renda.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2793/21_-_parecer_pl_048-2023_-_nome_rua_-_ditinho_lorena.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2804/22_-_parecer_pl_044-2023_-_alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2805/23_-_parecer_pl_045-2023_-_alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2806/24_-_parecer_pl_046-2023_-_loa.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2809/25_-_parecer_pl_049-2023_-_afro.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2839/26_-_parecer_pl_050-2023_-_alteracao_lei_1998.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2840/27_-_parecer_pr_03-2023_-_alteracao_resolucao_aluno_nota_10.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2867/28_-_parecer_pl_051-2023_-_subvencao_casa_velhinhos.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2868/29_-_parecer_pl_052-2023_-_utilidade_publica_grupo_afro.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2906/30_-_parecer_pl_053-2023_-_semana_da_juventude.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2908/32_-_parecer_pl_055-2023_-_norma_publicacao_leis.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2928/33_-_parecer_pr_04-2023_-_corgos_assessor.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2929/34_-_parecer_pl_057-2023_-_cesta_natal.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2957/34_-_parecer_pl_056-2023_-_arborizacao.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2972/36_-_parecer_pl_058-2023_-_contribuicao_apae.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2991/37_-_parecer_pl_059-2023_-_sindrome_de_burnout.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2590/parecer_cfoff_-_pl_029-2023.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2603/parecer_cfoff_-_pl_026-2023.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2623/parecer_cfoff_-_emenda_no_1_ao_pl_026-2023.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2624/parecer_cfoff_-_pl_031-2023.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2625/parecer_cfoff_-_pl_032-2023.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2662/parecer_cfoff_-_pl_034-2023.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2733/parecer_pl_041-2023_-_cfoff.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2759/parecer_pl_042-2023_-_cfoff.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2760/parecer_pl_047-2023_-_cfoff.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2810/parecer_pl_049-2023_-_cfoff.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2842/parecer_pl_050-2023_-_cfoff.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2875/parecer_pl_051-2023_-_cfoff.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2909/parecer_pl_044-2023_-_cfoff.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2910/parecer_pl_045-2023_-_cfoff.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2911/parecer_pl_046-2023_-_cfoff.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2930/parecer_pl_057-2023_-_cfoff.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2973/parecer_pl_058-2023_-_cfoff.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2587/parecer_cspoam_-_pl_027-2023.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2588/parecer_cspoam_-_pl_028-2023.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2591/parecer_cspoam_-_pl_030-2023.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2622/parecer_cspoam_-_pr_02-2023.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2663/parecer_cspoam_-_pl_033-2023.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2690/parecer_cspoam_-_pl_035-2023.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2691/parecer_cspoam_-_pl_036-2023.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2710/parecer_-_pl37-2023_-_logradouro_publico_-_aloisio_braga_de_abreu.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2711/parecer_-_pl38-2023_-_logradouro_publico_-_jose_sevilo_de_vilas_boas.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2732/parecer_-_pl39-2023_-_logradouro_publico_-_evaristo_inacio_dos_reis.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2744/parecer_-_pl40-2023_-_utilidade_publica_-_consep.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2745/parecer_-_pl43-2023_-_logradouro_publico_-_vitinho.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2841/parecer_-_pr_03-2023_-_mudanca_aluno_nota_10.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2869/parecer_-_pl_052-2023_-_utilidade_publica_grupo_afro.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2912/parecer_-_pl53-2023_-_semana_da_juventude.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2913/parecer_-_pl54-2023_-_mis_e_mister.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2914/parecer_-_pl55-2023_-_regras_publicacao_lei.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2970/parecer_plo_056-23_-_programa_arborizacao.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2971/parecer_plo_059-23_-_sindrome_de_burnout.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2743/ata_ce_29-09-2023_-_pdl_05-2023_-_titulo_cidadania_procurador.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2791/parecer_veto_pl_033-2023.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2834/parecer_-_veto_-_plo_036-2023_-_comissao_especial.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2153/06_-_pl_06-2023_-_credito_suplementar_1.134.93416.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2154/07_-_pl_07-2023_-_subvencao_apae.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2155/08_-_pl_08-2023_-_subvencao_casa_dos_velhinhos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2178/09_-_pl_09-2023_-_contribuicao_financeira_casa_crianca.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2259/10_-_pl_010-2023_-_credito_suplementar_205_mil.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2260/10_-_pl_011-2023_-_conselho_cultura.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2326/12_-_pl_012-2023_-_diretrizes_para_policita_municipal_autista_e_deficit_atencao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2327/13_-_pl_013-2023_-_altera_lei_beneficios_eventuais_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2328/14_-_pl_014-2023_-_credito_suplementar_183.000.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2329/15_-_pl_015-2023_-_prorrogacao_contratos_tempo_determinado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2330/16_-_pl_016-2023_-credito_especial_29.870_-.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2341/17_-_pl_017-2023_-_censura_digital_administracao_municipal.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2342/18_-_pl_018-2023_-_ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2374/19_-_pl_019-2023_-_regova_lei_no_1.076_de_15-10-1997_-_q_regulamenta_art_83_do_estatuto_do_servidor_publico.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2375/20_-_pl_020-2023_-_credito_suplementar_1.088.21320.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2423/21_-_pl_021-2023_-_subvencao_apae_pedralva_-_11.96342.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2424/22_-_pl_022-2023_-_subvencao_casa_crianca_de_pedralva_-_11.96342.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2441/23_-_pl_023-2023_-_altera_lei_1969_-2023_-_gratificacao_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2443/24_-_pl_024-2023_-_incentivo_ao_artesanato.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2476/25_-_pl_025-2023_-_altera_fonte_de_recurso_lei_1978_-_17-05-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2477/26_-_pl_026-2023_-_agente_de_contrataca_e_equipe_de_apoio_-_comissao_de_contratacao_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2498/27_-_pl_027-2023_-_prorrogacao_contratos_leis_1.846_-_1907_-_1955_-_1976.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2499/28_-_pl_028-2023_-_prorrogacao_contratos_leis__1838_-_1849_-_1909_-_1961_-__lc_41_-.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2513/29_-_pl_029-2023_-_credito_suplementar_455.96142.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2514/30_-_pl_030-2023_-_contagem_de_temo_periodo_pandemia.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2599/31_-_pl_031-2023_-_credito_especial_r_119.30361.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2601/32_-_pl_032-2023_-_altera_dispositivo_lei_1989_de_30-06-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2602/33_-_pl_033-2023_-_institui_o_portal_informativo_de_obras_publicas.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2626/34_-_pl_034-2023_-_credito_suplementar_1.110.42386_gabinete-meio_ambiente-esporte-_educacao-_promocao_social-obras.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2654/35_-_pl_035-2023_-_denomina_bairro_rezende.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2655/36_-_pl_036-2023_-_manutencao_de_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2706/37_-_pl_037-2023_-_nome_rua_-_aloisio_braga_de_abreu_-_lolo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2707/38_-_pl_038-2023_-_nome_rua_-_jose_sevilo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2725/39_-_projeto_de_lei_no_039-2023_-_denomina_logradouro_-_vice-prefeito_evaristo_inacio_dos_reis.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2726/40_-_projeto_de_lei_no_040-2023_-_utilidade_publica_consep.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2727/41_-_projeto_de_lei_no_041-2023_-_contribuicao_financeira_piso_salarial_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2734/42_-_projeto_de_lei_no_042-2023_-_credito_suplementar_582.300.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2740/43_-_projeto_de_lei_no_043-2023_-_nome_de_rua_-_casemiro_vitor_de_castro.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2746/44_-_projeto_de_lei_no_044-2023_-_altera_ldo_2024_compressed.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2747/45_-_projeto_de_lei_no_045-2023_-_altera_ppa_2022-2025-compactado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2748/46_-_projeto_de_lei_no_046-2023_-_lo_2024_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2749/47_-_projeto_de_lei_no_047-2023_-_contribuicao_financeira_casa_crianca.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2774/48_-_projeto_de_lei_no_048-2023_-_nome_der_rua_-_ditinho_lorena.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2808/49_-_projeto_de_lei_no_049-2023_-_contribuicao_financeira_afroblak.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2833/50_-_projeto_de_lei_no_050-2023_-_modificacao_na_lei_1998.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2843/51_-_projeto_de_lei_no_051-2023_-_contribuicao_financeira_casa_velhinhos.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2864/52_-_projeto_de_lei_no_052-2023_-_utilidade_publica_afroblack.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2865/53_-_projeto_de_lei_no_053-2023_-_semana_da_juventude.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2866/54_-_projeto_de_lei_no_054-2023_-_concurso_de_miss_e_mister.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2901/55_-_projeto_de_lei_no_055-2023_-_indicacao_da_numeracao_do_projeto_e_autor_na_hora_de_sancionar.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2902/56_-_projeto_de_lei_no_056-2023_-_programa_de_arborizacao_urbana.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2925/57_-_projeto_de_lei_no_057-2023_-_cesta_natal_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2931/58_-_projeto_de_lei_no_058-2023_-_contribuicao_financeira_apae.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2969/59_-_projeto_de_lei_no_059-2023_-_sindrome_de_burnout.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2474/plj_01-2023_-_vj_yasmin_-_semana_juventude.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2728/plj_02-2023_-__concurso_de_miss_e_mister.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2179/06_-_plc_06-2023_-_cria_cargo_de_eletricista_automotivo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2126/01_-_projeto_de_resolucao_01-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2600/02_-_projeto_de_resolucao_02-2023_-_extingue_cargo_assessor_juridico_comissionado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2775/03_-_projeto_de_resolucao_no_03-2023_-_modifica_resolucao_aluno_nota_10.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2836/projeto_de_resolucao__4-2023_-_cargos_da_camara_-__assessor.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2462/projeto_de_resolucao_jovem_no_1-2023_-_programa_jovem_aprendiz_na_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2362/pdl_02-2023_-_titulo_de_cidadao.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2642/pdl_03-2023_-_comenda_chinho.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2661/pdl_04-2023_-_merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2735/pdl_05-2023_-_titulo_de_cidadania_procurador-geral_de_justica.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2792/pdl_06-2023_-_veto_pl_33-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2835/pdl_07-2023_-_veto_pl_36-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2903/pdl_08-2023_-_medalha_merito_legislativo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2927/substitutivo_ao_pr_04-23_-_assessor_juridico_-_autores_joao_e_aline.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2463/substitutivo_pr_01-2023_-_vj_yasmin_-_jovem_estagiario.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2761/mensagem_de_veto_no_042-2023_-_pl_33-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2762/mensagem_de_veto_no_043-2023_-_pl_36-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2109/01_-_requerimento_06-02-2023_-_justificativa_falta_sessao_extra_do_dia_23-01-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2110/02_-_requerimento_06-02-2023_-_manutencao_estrada_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2111/03_-_requerimento_06-02-2023_-_manutencao_estrada_correias.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2112/04_-_requerimento_06-02-2023_-_limpeza_mato_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2113/05_-_requerimento_06-02-2023_-_manutencao_trecho_estrada_barra_-_gumercindo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2114/06_-_requerimento_06-02-2023_-_instalar_armadilha_moscas_rocinha_e_furnas.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2115/07_-_requerimento_06-02-2023_-_cobra_operacao_tapa_buracos_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2116/08_-_requerimento_06-02-2023_-_cobra_cumprimento_da_lei_bom_caminho.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2117/09_-_requerimento_06-02-2023_-_manutencao_estrada_jaboticabal.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2118/10_-_requerimento_06-02-2023_-informacoe_sobre_adiamento_volta_aulas_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2119/01_-_requerimento_06-02-2023_-_informacoes_sobre_quando_voltara_as_aulas_municipais.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2120/02_-_requerimento_06-02-2023_-_informacoes_sobre_aquisicao_de_materiais_para_manutencao_estradas.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2121/03_-_requerimento_06-02-2023_-_informacoes_sobre_desconto_imposto_de_renda_conselheiros_tutelares.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2122/01_-_requerimento_06-02-2023_-_informacoes_sobre_valores_do_fundeb_2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2123/02_-_requerimento_06-02-2023_-_informacoes_sobre_vigencia_do_decreto_que_alterou_horario_de_trabalho_na_prefeitura_devido_pandemia.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2124/03_-_requerimento_06-02-2023_-_corrigir_contagem_de_tempo_para_quinquenio_ferias_premio.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2127/01_-_requerimento_13-02-2023_-_justificativa_falta_sessao_extra_janeiro.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2128/01_-_requerimento_13-02-2023_-_manutencao_estrada_castelhano.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2130/03_-_requerimento_13-02-2023_-_manutencao_trechos_estrada_posses.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2132/05_-_requerimento_13-02-2023_-_manutencao_trechos_estrada_pitangueiras_-_murilo_vilas_boas.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2133/11_-_requerimento_13-02-2023_-manutencao_estrada_posses.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2134/12_-_requerimento_13-02-2023_-equipamentos_de_seguranca_e_sinalizacao_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2135/13_-_requerimento_13-02-2023_-manutencao_abrigos_trecho_entre_bairro_divisa_e_paulino_margens_rodovia.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2139/06_-_requerimento_13-02-2023_-_melhorias_rua_sem_calcamento_final_da_rua_dona_maria_cibele.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2140/04_-_requerimento_13-02-2023_-_operacao_tapa_buracos_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2141/05_-_requerimento_13-02-2023_-_apoio_transporte_escolar_rocinha_e_divisa.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2143/08_-_requerimento_13-02-2023_-_manutencao_estrada_bairro_correias.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2144/09_-_requerimento_13-02-2023_-_manutencao_estrada_pedrao_sentido_bairro_tamandua.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2145/10_-_requerimento_13-02-2023_-_manutencao_estrada_pedra_batista.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2149/08_-_requerimento_13-02-2023_-_informacoes_sobre_conselhos_municipais.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2150/09_-_requerimento_13-02-2023_-_manutencao_estradas_corrego_fundo_campestre_floresta_belo_ramo_estiva_castelhano_cafarnaum__e_lagoa.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2152/15_-_requerimento_13-02-2023_-_urgencia_especial_pls_4_e_5_de_2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2156/06_-_requerimento_23-02-2023_-_manilha_estrada_bairro_correias.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2157/07_-_requerimento_23-02-2023_-_mato_beira_rua_dr._macedo.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2158/08_-_requerimento_23-02-2023_-_terra_amontoada_estrada_furnas.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2159/09_-_requerimento_23-02-2023_-_estrada_pedra_batista.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2160/10_-_requerimento_23-02-2023_-_estrada_bairro_angu.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2161/16_-_requerimento_23-02-2023_-_valeta_agua_bairro_cubataozinho.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2162/17_-_requerimento_23-02-2023_-_estrada_pedra_batista.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2163/18_-_requerimento_23-02-2023_-_rua_corrego_fundo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2164/19-_requerimento_23-02-2023_-_estrada_balaio.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2165/20-_requerimento_23-02-2023_-_ponte_paulino_paixao.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2166/21-_requerimento_23-02-2023_-_estrada_rocinha.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2167/10_-_requerimento_23-02-2023_-_estrada_pedrao.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2168/11_-_requerimento_23-02-2023_-_estrada_liga_lagoa_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2169/12_-_requerimento_23-02-2023_-_iluminacao_rua_zeze_canuto.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2170/16_-_requerimento_23-02-2023_-_poco_artesiano_paulino.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2171/17_-_requerimento_23-02-2023_-_abaixo_assinado_-_bairro_correias_-_estrada.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2172/18_-_requerimento_23-02-2023_-_esf_paulino.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2173/19_-_requerimento_23-02-2023_-_inscricao_concurso_publico_-_nao_conseguiram_emitir_boleto.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2174/13_-_requerimento_23-02-2023_-_estradas_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2175/14_-_requerimento_23-02-2023_-_poste_iluminacao_publica_rua_zeze_canuto.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2176/15_-_requerimento_23-02-2023_-_informacao_ipsemg.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2177/16-_requerimento_23-02-2023_-_relatorio_superavit_financeiro_2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2180/11_-_requerimento_27-02-2023_-_moscas.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2181/12_-_requerimento_27-02-2023_-_manutencao_rua_presidente_vargas.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2182/13_-_requerimento_27-02-2023_-_parquinho_clube_operario.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2183/14_-_requerimento_27-02-2023_-_manilha_estrada_estiva.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2184/10_-_requerimento_27-02-2023_-_estrada_estiva_ate_divisa_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2185/17-_requerimento_27-02-2023_-_estrada_usina_pedrao.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2186/18_requerimento_27-02-2023_-_estrada_castelhano.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2187/19_requerimento_27-02-2023_-_concurso_-_embasamento_psicologo.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2188/23_-_requerimento_27-02-2023_-_entulho_beirada_estrada_furnas.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2189/24_-_requerimento_27-02-2023_-_lixeiras_bairro_rocinha.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2190/27_requerimento_27-02-2023_-prefeitura_disponibilizar_contato_telefonico_para_populacao.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2191/29_requerimento_27-02-2023_-_lampadas_queimadas_correias.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2192/20_requerimento_27-02-2023_-_ubs_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2193/21_requerimento_27-02-2023_-_informacoes_concurso_publico_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2197/11_-_requerimento_07-03-2023_-_justificativa_falta_reuniao.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2198/19_-_requerimento_07-03-2023_-_estrada_campestre_-_berlei.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2199/20_-_requerimento_07-03-2023_-_estrada_campestre_-_ivanzinho.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2200/21_-_requerimento_07-03-2023_-_limpeza_e_alargamento_corrego_jabuticabal.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2201/31_requerimento_07-03-2023_-_estrada_cubataozinho.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2204/32_requerimento_07-03-2023_-_estrada_paulino.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2205/33_requerimento_07-03-2023_-_estrada_pederao_-_robson.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2206/34_requerimento_07-03-2023_-_estrada_pitangueiras_-_doril.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2207/35_requerimento_07-03-2023_-_estrada_tamandua_-_joao_soares.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2208/27_-_requerimento_07-03-2023_-_limpeza_bueiros_cidade.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2209/28_-_requerimento_07-03-2023_-_copasa_reduzir_conta_agua_atingidos_enchente.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2210/29_-_requerimento_07-03-2023_-_agua_pluvial_loteamento_claudio_bustamante.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2217/21_requerimento_07-03-2023_-_estrada_cubatao_cubataozinho_....pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2218/22_requerimento_07-03-2023_-_estrada_bairro_posses.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2219/23_requerimento_07-03-2023_-_manutencao_corretiva_bairro_jabuticabal.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2220/24_requerimento_07-03-2023_-_rua_coronel_canuto.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2222/30_-_requerimento_07-03-2023_-_cemig_-_posto_atendimento_pedralva.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2225/25_requerimento_07-03-2023_-_estrada_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2229/27_requerimento_07-03-2023_-_bairro_usina.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2230/28_requerimento_07-03-2023_-_informacoes_sobre_desastre_ocorrido_chuvas.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2232/08_requerimento_07-03-2023_-_pedra_batista.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2233/30_requerimento_07-03-2023_-_pedra_alecrim.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2234/requerimento_7-03-2023_-_superlotacao_onibus_escolar_linha_rocinha.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2235/18_-_requerimento_07-03-2023_-_urgencia_especial_pls_3_7_8_e_9.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2236/24_requerimento_13-03-2023_-_plano_de_cargos_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2237/25_-_requerimento_13-03-2023_-_contagem_de_tempo_quinquenio_e_ferias_premio.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2238/22_-_requerimento_13-03-2023_-_corrego_bairro_jabuticabal.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2239/23_-_requerimento_13-03-2023_-_contaminacao_mina_bairro_bica.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2240/31_-_requerimento_13-03-2023_-_rua_xavier_lisboa.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2241/32_-_requerimento_13-03-2023_-_estrada_tamandua_liga_vintem.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2242/08_-_requerimento_13-03-2023_-_estrada_bairro_posses.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2243/34_-_requerimento_13-03-2023_-_estrada_anhumas_cubataozinho_e_vintem.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2244/35_-_requerimento_13-03-2023_-_monte_terra_-_estrada_furnas.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2245/36_-_requerimento_13-03-2023_-_manutencao_emergencial_bairro_rocinha.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2246/37_-_requerimento_13-03-2023_-_limpeza_academia_sabara.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2247/38_-_requerimento_13-03-2023_-_limpeza_trecho_da_rodovia_-_ponte_de_acesso_tamandua.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2248/39-_requerimento_13-03-2023_-_coleta_lixo_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2249/40_-_requerimento_13-03-2023_-_visita_tecnica_bairro_correas_-_causas_da_inundacao_estrada_e_residencias.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2250/38_-_requerimento_13-03-2023_-_bairro_rocinha.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2251/39_-_requerimento_13-03-2023_-_canalizacao_esgoto_-_rua_estevam_rezende_lopes_-_corrego_fundo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2252/40_-_requerimento_13-03-2023_-_bairros_campestre_e_tamandua.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2253/41_-_requerimento_13-03-2023_-_meio_ambiente_-_bairro_rocinha.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2254/09_-_requerimento_13-03-2023_-_limpeza_e_troca_lampadas_pista_caminhada.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2255/10_-_requerimento_13-03-2023_-_limpeza_e_retirada_lizo_rocinha.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2256/52_-_requerimento_13-03-2023_-_bairro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2257/53_-_requerimento_13-03-2023_-_estrada_bairro_campestre.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2258/54_-_requerimento_13-03-2023_-_estrada_pedraao_sentido_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2261/14_-_requerimento_20-03-2023_-_justificativa_falta_sessao_do_dia_13-03-2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2262/24_-_requerimento_20-03-2023_-_ponte_e_barreira_bairro_jabuticabal.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2263/25_-_requerimento_20-03-2023_-_poda_de_arvore_bairro_pedra_batista_-_cemig.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2264/26_-_requerimento_20-03-2023_-_manutencao_estrada_bairro_anhumas_-_sra._santa.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2265/55_-_requerimento_20-03-2023_-_insalubridade_agentes_comunitarios_de_saude.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2266/56_-_requerimento_20-03-2023_-_casa_oferecendo_risco_no_bairro_divisa.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2267/57_-_requerimento_20-03-2023_-_manutencao_estrada_bairro_floresta.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2268/45_-_requerimento_20-03-2023_-_informacoes_separacao_materiais_reciclaveis.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2269/46_-_requerimento_20-03-2023_-_informacoes_processo_de_desapropriacao_de_area_para_casas_populares.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2270/47_-_requerimento_20-03-2023_-reparos_brinquedos_parquinho_clube_operario.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2271/48_-_requerimento_20-03-2023_-visita_tecnica_rua_afonso_vieira_machado_-_causas_da_inundacao_no_local.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2272/46_-_requerimento_20-03-2023_-_demandas_bairro_barra_mansa.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2273/47_-_requerimento_20-03-2023_-_demandas_bairros_floresta_e_belo_ramo.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2274/33_-_requerimento_20-03-2023_-_dedetizacao_bueiros.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2275/34_-_requerimento_20-03-2023_-_cronograma_recuperacao_rua_poeta_joao_carneiro.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2276/48_-_requerimento_20-03-2023_-_disponibilizar_cascalho_para_moradores_jabuticabal_colocar_na_estrada.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2277/29_-_requerimento_20-03-2023_-_kombi_transportar_alunos_pedra_batista.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2278/30_-_requerimento_20-03-2023_-_ponte_e_estradas_bairro_alecrim.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2285/36_-_requerimento_27-03-2023_-_manutencao_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2286/35_-_requerimento_27-03-2023_-_terceirizacao_servicos_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2287/27_-_requerimento_27-03-2023_-_limpeza_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2288/28_-_requerimento_27-03-2023_-_buraco_estrada_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2289/29_-_requerimento_27-03-2023_-_manutencao_ponte_estrada_agua_limpa_-_lalado.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2290/30_-_requerimento_27-03-2023_-_tampa_bueiro_esquina_rua_joaquina_lopes_e_praca_delfim_moreira.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2291/31_-_requerimento_27-03-2023_-_bueiro_estrada_divisa_-_dito_albino.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2292/52_-_requerimento_27-03-2023_-_13o_prefeito_e_vice-prefeito.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2293/53_-_requerimento_27-03-2023_-_informacoes_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2294/54_-_requerimento_27-03-2023_-_regularizacao_fundiaria.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2295/34_-_requerimento_27-03-2023_-_informacoes_frota_veiculos_educacao_escolar.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2296/35_-_requerimento_27-03-2023_-manutencao_rede_de_agua_avenida_claudio_rodrigues_de_souza.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2297/36_-_requerimento_27-03-2023_-_cumprir_lei_transporte_coletivo.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2298/65_-_requerimento_27-03-2023_-_manutencao_de_trecho_da_estrada_correias.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2299/66_-_requerimento_27-03-2023_-_manutencao_estrada_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2300/57_-_requerimento_27-03-2023_-solicita_urgencia_especial_pl_11-2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2301/32_-_requerimento_03-04-2023_-_ovo_de_pascoa.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2302/33_-_requerimento_03-04-2023_-_canalizacao_agua_chuva_lagoa.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2303/34_-_requerimento_03-04-2023_-_contratacao_mao_de_obra_terceirizada_para_calcamento.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2304/35_-_requerimento_03-04-2023_-_incluir_corrida_e_caminhada_festividades_niver_cidade.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2305/56_-_requerimento_03-04-2023_-_separar_transporte_escolar_estiva_sto_antonio_e_belo_ramo_do_transporte_campestre_e_tamandua.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2306/63_-1_-_requerimento_03-04-2023_-_ponte_usina_pedrao.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2307/36_-_requerimento_03-04-2023_-_bueiros_estrada_divisa_proximo_igreja.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2308/38_-_requerimento_03-04-2023_-_limpeza_terrenos_baldios_rua_papa_joao_paulo_ii.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2309/43_-_1_-_requerimento_03-04-2023_-_repasse_bairro_alecrim.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2310/58_-_requerimento_03-04-2023_-_copasa_-_vazamento_agua_rua_casemiro_osorio.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2311/59_-_requerimento_03-04-2023_-_bueiro_rua_casemiro_osorio.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2312/60_-_requerimento_03-04-2023_-_casas_populares.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2313/61_-_requerimento_03-04-2023_-_utilizar_areas_publica_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2314/62_-_requerimento_03-04-2023_-_manutencao_pavimentacao_rua_coronel_estevam_rezende.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2315/70_-_requerimento_03-04-2023_-_bairro_lagoa_-_rede_esgoto_e_abastecimento_agua.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2316/71_-_requerimento_03-04-2023_-_estrada_bairro_pedrao.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2317/72_-_requerimento_03-04-2023_-_estrada_tamandua.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2318/73_-_requerimento_03-04-2023_-_limpeza_e_rocada_das_ruas_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2331/37_-_requerimento_10-04-2023_-_aluna_apae_-_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2332/38_-_requerimento_10-04-2023_-_calcamento_rua_jose_carneiro_santiago.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2333/39_-_requerimento_10-04-2023_-_buraco_asfalto_rua_dona_miquita.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2334/40_-_requerimento_10-04-2023_-_der_-_reparos_beirada_rodovia_mg_347.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2335/64_-_requerimento_10-04-2023_-_informacoes_reforma_ponte_bairro_paulino.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2336/64-_requerimento_10-04-2023_-_controle_de_frota.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2337/65_-_requerimento_10-04-2023_-_seguranca_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2339/76_-_requerimento_10-04-2023_-_seguranca_nas_escolas_-_dele_sozinho.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2343/41_-_requerimento_17-04-2023_-_cemig_-_transformador_rua_agonso_vieira_machado.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2344/42_-_requerimento_17-04-2023_-_ponte_bairro_rocinha.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2345/43_-_requerimento_17-04-2023_-_estrada_rocinha_-_maguinha.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2346/44_-_requerimento_17-04-2023_-_estrada_bairros_posses_e_coelho.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2347/45_-_requerimento_17-04-2023_-_bairro_paulino_-_bueiro_entupido_e_poda_arvore.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2348/46_-_requerimento_17-04-2023_-_seguranca_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2349/37_-_requerimento_17-04-2023_-_verificacao_condicoes_dos_onibus_escolar.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2350/38_-_requerimento_17-04-2023_-_rada_na_rodovia_mg-347_-_trevo_conceicao_das_pedras.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2351/39_-_requerimento_17-04-2023_-_informacoes_ponte_bairro_paulino.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2352/67_-_requerimento_17-04-2023_-_onibus_escolar_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2353/68_-_requerimento_17-04-2023_-_manutencao_estrada_barra.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2354/69_-_requerimento_17-04-2023_-_manutencao_estrada_jabuticabal.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2355/70_-_requerimento_17-04-2023_-_evento_gospel.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2356/77_-_requerimento_17-04-2023_-_informacao_adicional_insalubridade_agentes_comunitarios.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2357/66_-_requerimento_17-04-2023_-_informacoes_sobre_revisao_do_plano_de_cargos_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2358/78_-_requerimento_17-04-2023_-_manutencao_veiculos_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2363/71_-_requerimento_28-04-2023_-_estrada_bairro_lagoa_acesso_maria_da_fe.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2365/72_-_requerimento_28-04-2023_-_estrada_bairro_posses.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2366/47_-_requerimento_24-04-2023_-_limpeza_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2367/79_-_requerimento_27-04-2023_-_informacao_quantidade_candidatos_concurso_-_antes_da_prorrogacao.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2368/80_-_requerimento_27-04-2023_-_melhorias_estrada_pedrao_para_linha_onibus_itajuba.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2369/81_-_requerimento_27-04-2023_-_monitor_para_veiculos_escolar.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2370/67_-_requerimento_27-04-2023_-_controle_jornada_servidores.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2371/68_-_requerimento_27-04-2023_-_manutencao_estrada_pedra_pedrao.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2372/17_-_requerimento_27-04-2023_-_justifica_falta_sessao_do_dia_17-04-2023.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2376/48_-_requerimento_02-05-2023_-_canalizacao_nair_bustamante_-_sindicato.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2377/49_-_requerimento_02-05-2023_-_corrego_bica_-_sindicato.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2378/50_-_requerimento_02-05-2023_-_estrada_alecrim_-_chicuta.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2379/51_-_requerimento_02-05-2023_-_estrada_sertaozinho_-_herculano.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2382/52_-_requerimento_02-05-2023_-_rua_dona_inacia_-_calcamento_-_contramao.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2383/69_-_requerimento_02-05-2023_-_estrada_jabuticabal.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2384/70_-_requerimento_02-05-2023_-_lixeira_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2385/71_-_requerimento_02-05-2023_-_manutencao_quadra_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2386/72_-_requerimento_02-05-2023_-_manutencao_estrada_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2387/40_-_requerimento_02-05-2023_-_manutencao_estrada_vintem.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2388/41_-_requerimento_02-05-2023_-_contratar_servico_terceirizado_rocar_e_podar.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2390/73_-_requerimento_02-05-2023_-_manutencao_estrada_estiva.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2391/74_-_requerimento_02-05-2023_-_calcamento_paulino_e_manutencao_estradas.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2392/47_-_requerimento_02-05-2023_-_estrada_alecrim.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2393/82_-_requerimento_02-05-2023_-_esf_vintem.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2394/53_-_requerimento_02-05-2023_-_urgencia_especial_pl_15-2023.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2396/54_-_requerimento_08-05-2023_-_bueiro_estrada_bela_vista_-_paulinho_correa.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2397/55_-_requerimento_08-05-2023_-_bueiro_inicio_rua_coronel_machado.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2399/42_-_requerimento_08-05-2023_-_bairro_castelhamo_-_pedido_vivian.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2400/56_-_requerimento_08-05-2023_-_estrada_entrada_igreja_bairro_paulino.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2401/75_-_requerimento_08-05-2023_-_transporte_estudante_parte_manha_anhumas.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2402/83_-_requerimento_08-05-2023_-_limpeza_margens_rodovia.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2425/57_-_requerimento_15-05-2023_-_academia_sabara_-_portas_e_letreiro.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2426/58_-_requerimento_15-05-2023_-_manutencao_brinquedos_parquinho.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2427/59_-_requerimento_15-05-2023_-_manutencao_estrada_estiva-lagoa.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2428/60_-_requerimento_15-05-2023_-_manutencao_estrada_rocinha_-_jose_vitor.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2429/61_-_requerimento_15-05-2023_-_manutencao_trechos_estrada_furnas.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2430/62_-_requerimento_15-05-2023_-_manutencao_estrada_e_ponte_anhumas_-_chico_ze.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2431/63_-_requerimento_15-05-2023_-_placa_ponto_taxi_rua_coronel_canuto.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2435/11_-_requerimento_15-05-2023_-__coleta_lixo_cafarnaum.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2436/76_-_requerimento_15-05-2023_-_manutencao_ruas_jose_dantos_marques_e_pedro_monti.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2437/77_-_requerimento_15-05-2023_-_faixa_elevada_rua_pedro_monti.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2438/43_-_requerimento_15-05-2023_-_manutencao_estrada_pitangueiras_de_cima.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2439/44_-_requerimento_15-05-2023_-_faixa_elevada_rua_odilon_souza.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2440/73_-_requerimento_15-05-2023_-_casa_do_telefone_pedrao.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2442/64_-_requerimento_15-05-2023_-_solicita_urgencia_especial_pl_20-2023.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2444/65_-_requerimento_22-05-2023_-_faixa_elevada_bairro_paulino.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2445/66_-_requerimento_22-05-2023_-_cascalho_trechos_bairra_pedra_batista.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2446/67_-_requerimento_22-05-2023_-_ponte_rua_jose_monti_sobrinho_e_rua_nei_augusto_-_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2447/72_-_requerimento_22-05-2023_-_estrada_tamandua.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2448/68_-_requerimento_22-05-2023_-_manutencao_estrada_usina_pedrao_-_robson.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2449/69_-_requerimento_22-05-2023_-_manutencao_estrada_lavouras.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2450/70_-_requerimento_22-05-2023_-_lamina_arrasto.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2451/71_-_requerimento_22-05-2023_-_bairro_jabuticabal_-_estrada.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2452/49_-_requerimento_22-05-2023_-_sinalizar_rodovia_-_alecrim_pedra_batista_furnas_e_divisa.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2453/12_-_requerimento_22-05-2023_-__piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2454/54_-_requerimento_22-05-2023_-_esgoto_lagoa.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2455/78_-_requerimento_22-05-2023_-_monitor_onibus_escolar.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2456/74_-_requerimento_22-05-2023_-_manutencao_estradas_estriva_belo_ramo_cafarnaum_santo_antonio_e_lagoa.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2457/75_-_requerimento_22-05-2023_-_coleta_lixo_lixeiras_zona_rural_-cronograma_coleta_lixo_-_colocacao_de_lixeiras_metalicas.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2458/76_-_requerimento_22-05-2023_-_bairro_lagoa_-__campo_futebol_vestiario_canos_da_rede_mestre_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2459/77_-_requerimento_22-05-2023_-_estrada_acesso_estiva_belo_ramo_castelhano_cafarmaum_santo_antonio_e_lagoa_serrinha.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2460/78_-_requerimento_22-05-2023_-_vestiario_campo_futebol_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2461/48_-_requerimento_22-05-2023_-_der_-_quebra-molas_ou_lombadas_rodovia_bairro_rezende.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2478/73_-_requerimento_05-06-2023_-_pintura_banco_delegacia.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2479/74_-_requerimento_05-06-2023_-_bueiro_estrada_contendas.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2480/75_-_requerimento_05-06-2023_-_estrada_contendas_-_cava_funda.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2481/76_-_requerimento_05-06-2023_-_pavimentacao_rua_jose_belmiro_monti.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2484/45_-_requerimento_05-06-2023_-_pintura_e_sinalizacao_rodovia_mg_347.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2485/46_-_requerimento_05-06-2023_-_estrada_cubataozinho.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2486/47_-_requerimento_05-06-2023_-_reivindicacoes_moradores_lagoa.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2487/48_-_requerimento_05-06-2023_-_residuo_asfalto_rua_poeta_utilizar_nas_estradas.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2488/79_-_requerimento_05-06-2023_-_piso_salarial_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2489/80_-_requerimento_05-06-2023_-_quadra_esportiva_bairro_estiva.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2490/81_-_requerimento_05-06-2023_-_ruas_jose_belmiro_rio_branco_e_jose_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2491/50_-_requerimento_05-06-2023_-_utilizar_material_retirado_rua_poeta_nas_estradas.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2492/84_-_requerimento_05-06-2023_-_manutencao_estradas_floresta_belo_ramo_santo_antonio_estiva_lagoa_pitangueiras_rocinha_pipa_e_pedrao.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2494/82_-_requerimento_05-06-2023_-manutencao_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2495/14_-_requerimento_12-06-2023_-__pagamentos_prefeitura_a_casa_velhinhos_2022_e_2023.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2496/13_-_requerimento_12-06-2023_-__pagamentos_prefeitura_a_santa_casa_2022_e_2023.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2497/85_-_requerimento_05-06-2023_-_urgencia_especial_pl_12_21_e_22.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2500/77_-_requerimento_12-06-2023_-_ponte_pedrao_atalho_para_tamandua.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2501/78_-_requerimento_12-06-2023_-_ponte_rocinha.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2502/79_-_requerimento_12-06-2023_-_bueiro_tamandua_-_ze_cassiano.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2503/80_-_requerimento_12-06-2023_-_fios_de_energia_eletrica_pedra_batista.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2504/81_-_requerimento_12-06-2023_-_estrada_pedra_batista_-_ze_til.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2505/82_-_requerimento_12-06-2023_-_canalizacao_agua_chuva_-_lagoa_-_em_frente_esf.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2506/49_-_requerimento_12-06-2023_-_estrada_barra_mansa.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2507/50_-_requerimento_12-06-2023_-_aumento_efetivo_da_policia_militar_em_pedralva.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2508/51_-_requerimento_12-06-2023_-_copasa_-_rede_esgoto_rua_poeta_joao_carneiro_de_resende.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2509/83_-_requerimento_12-06-2023_-informacoes_sobre_doacao_de_fraldas.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2510/84_-_requerimento_12-06-2023_-_melhorias_na_sede_amabavicc.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2511/85_-_requerimento_12-06-2023_-_sonorizador_rodovia_mg347_proximo_carvilas.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2512/86_-_requerimento_12-06-2023_-_informacao_construcao_creche_municipal.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2515/83_-_requerimento_19-06-2023_-_reqeuerimento_copasa_-_vazamento_de_agua_-_rua_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2516/52_-_requerimento_19-06-2023_-_moscas_bairro_rocinha.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2517/53_-_requerimento_19-06-2023_-_reforma_grupo_posses_para_atendimento_psf.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2518/54_-_requerimento_19-06-2023_-_cascalho_estrada_posses.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2519/84_-_requerimento_19-06-2023_-_manutencao_estrada_jabuticabal.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2520/79_-_requerimento_19-06-2023_-_ponto_de_onibus_divisa.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2521/86_-_requerimento_19-06-2023_-_abrigo_passageiros_av._tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2522/85_-_requerimento_19-06-2023_-_urgencia_especial_pl_25-2023.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2523/86_-_requerimento_19-06-2023_-_copasa_-_rede_esgoto_loteamento_pinheirinho.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2524/87_-_requerimento_19-06-2023_-_cobrando_execucao_lei_municipal_1890-2021_-_cronograma_estradas.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2525/88_-_requerimento_19-06-2023_-_manutencao_estradas_furnas_barra_paulino_pedra_batista_e_contendas.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2571/87_-_requerimento_26-06-2023_-_reitera_requerimento_estrada_alecrim_-_neuza.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2572/88_-_requerimento_26-06-2023_-_estradas_sertaozinho_e_cubataozinho.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2573/89_-_requerimento_26-06-2023_-_melhorias_estrada_bairro_posses.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2574/90_-_requerimento_26-06-2023_-_troca_cano_esgoto_lagoa.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2575/91_-_requerimento_26-06-2023_-_manutencao_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2576/55_-_requerimento_26-06-2023_-der_-_embarque_gardenia_na_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2577/56_-_requerimento_26-06-2023_-der_-_poda_arvores_rodovia_mg_347.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2578/57_-_requerimento_26-06-2023_-cascalho_estrada_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2579/87_-_requerimento_26-06-2023_-_cemig_-_visita_tecnica_bairro_corrego_fundo.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2580/88_-_requerimento_26-06-2023_-_substituir_poste_energia_corrego_fundo.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2581/80_-_requerimento_26-06-2023_-_festa_dia_das_criancas.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2582/81_-_requerimento_26-06-2023_-_fraldario_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2584/92_-_requerimento_26-06-2023_-_urgencia_especial_pls_27_28_29_e_30.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2604/18_-_requerimento_07-08-2023_-_justifica_falta_sessao_do_dia_26-06-2023.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2605/93_-_requerimento_07-08-2023_-_manutencao_ruas_da_cidade_-_coronel_estevam_coronel_machado_jose_de_oliveira_sao_sebastiao_e_jose_belmiro.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2606/94_-_requerimento_07-08-2023_-_caixa_de_agua_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2607/95_-_requerimento_07-08-2023_-_terceirizar_mao_de_obra_para_colocacao_bloquetes_ruas_-_rua_geraldo_benedito_da_silva.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2608/96_-_requerimento_07-08-2023_-_melhorias_estrada_pitangueiras_-_proximo_familiares_sr._moises_e_pitangueiras_de_cima.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2609/97_-_requerimento_07-08-2023_-_retirar_barreira_estrada_jabuticabal.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2610/58_-_requerimento_07-08-2023_-_manutancao_ruas_dona_miquita_cel_estevam_pedro_monti.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2611/59_-_requerimento_07-08-2023_-_bairro_posses_-_cascalhamento_e_manutencao.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2612/60_-_requerimento_07-08-2023_-_bairro_sertaozinho_-_redutor_de_velocidade_estrada_proximo_venda_dona_ana.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2613/61_-_requerimento_07-08-2023_-_bairro_cubatao_-_conservacao_da_estrada_municipal.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2614/62_-_requerimento_07-08-2023_-_bairro_barra_-_conservacao_estrada_municipal.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2615/89_-_requerimento_07-08-2023_-_pavimentacao_estrada_bairro_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2616/90_-_requerimento_07-08-2023_-_classificacao_geral_cargo_motorista_concurso_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2617/91_-_requerimento_07-08-2023_-_manutencao_estrutura_metalica_ponto_de_onibus_pedrao.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2627/98_-_requerimento_14-08-2023_-_manutencao_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2628/92_-_requerimento_14-08-2023_-_urgencia_especial_pls_31_e_32_de_2023.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2629/64_-_requerimento_14-08-2023_-_manutencao_bairro_tamandua..pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2635/63_-_requerimento_14-08-2023_-_rua_dr._macedo_-_manutencao.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2636/99_-_requerimento_14-08-2023_-_manutencao_calcamento_rua_frei_oreste_-_proximo_portao_da_creche.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2637/100_-_requerimento_14-08-2023_-cemig_-_poda_de_arvore_rua_coronel_machado.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2638/89_-_requerimento_14-08-2023_-_manutencao_lixeira_bairro_paulino.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2639/90_-_requerimento_14-08-2023_-_manutencao_trecho_rua_frei_oreste_-_proximo_creche.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2640/91_-_requerimento_14-08-2023_-_instalar_poste_iluminacao_ponto_onibus_bairro_paulino.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2643/101_-_requerimento_21-08-2023_-poste_sustentacao_placa_indicativa_em_frente_agropecuaria_claudinho.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2644/103_-_requerimento_21-08-2023_-_estrada_cava_funda.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2645/104_-_requerimento_21-08-2023_-_vazamento_de_agua_estrada_contendas_proximo_portao_milo.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2646/105_-_requerimento_21-08-2023_-_manutencao_trechos_estrada_paulino_-_acesso_pinha_e_familia_dos_guerreiros.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2647/65_-_requerimento_21-08-2023_-_rampa_de_acesso_jardim_da_praca_da_matriz.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2648/66_-_requerimento_21-08-2023_-_problemas_bairro_rocinha_-_ponte_e_estrada.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2649/106_-_requerimento_21-08-2023_-_varios_servicos_na_lagoa.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2650/93_-_requerimento_21-08-2023_-_manilha_quebrada_estrada_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2651/82_-_requerimento_21-08-2023_-_estrada_bairro_alecrim.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2656/102_-_requerimento_21-08-2023_-_pintura_quebra-molas_av._tancredo_neves_proximo_mercadinho_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2664/107_-_requerimento_28-08-2023_-_alargar_curva_coracao_-_lagoa.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2665/108_-_requerimento_28-08-2023_-_limpeza_geral_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2666/109_-_requerimento_28-08-2023_-_vazamento_de_agua_rua_paiva_junior.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2667/110_-_requerimento_28-08-2023_-_cascalhar_trechos_estrada_sertaozinho_pedra_batista_cubataozinho_e_posses_1.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2668/67_-_requerimento_28-08-2023_-_marcacao_das_vagas_estacionamento_ruas.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2672/92_-_requerimento_28-08-2023_-_incluir_apae_aluno_nota_10.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2675/95_-_requerimento_28-08-2023_-_solicita_projeto_de_lei_piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2693/111_-_requerimento_04-09-2023_-_rua_nei_augusto_-_bela_vista_-_mega_plus.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2694/96_-_requerimento_04-09-2023_-_convocar_prefeito_e_secretaria_obras_-_lixo_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2695/112_-_requerimento_04-09-2023_-_bairro_alecrim_-_neuza.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2696/113_-_requerimento_04-09-2023_-_ponte_bairro_rocinha_-_braizinho_-_bambu.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2697/114_-_requerimento_04-09-2023_-_estrada_tamandua.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2698/93_-_requerimento_04-09-2023_-_incentivo_esporte.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2699/115_-_requerimento_11-09-2023_-_canalizacao_agua_chuva_rua_em_frente_esf_no_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2700/116_-_requerimento_11-09-2023_-_parque_de_exposicoes_erosao_e_corrego.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2701/117_-_requerimento_11-09-2023_-_manutencao_estrada_rocinha_-_ze_vitor.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2702/118_-_requerimento_11-09-2023_-_manutencao_estrada_anhumas_-_carvilas_-_av._antonio_firmino.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2703/68_-_requerimento_11-09-2023_-_providencias_junto_copasa_bueiros_rua_poeta.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2704/94_-_requerimento_11-09-2023_-_estrada_anhumas_-_carvila_-_av_antonio_firmino.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2705/97_-_requerimento_11-09-2023_-_iluminaca_estadio_monti.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2712/119_-_requerimento_18-09-2023_-_buraco_inicio_rua_jose_carneiro_santiago_-_proximo_borracharia_gilson.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2713/120_-_requerimento_18-09-2023_-_arvore_bairro_vintem_-_proximo_esf.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2714/121_-_requerimento_18-09-2023_-_terra_amontoada_beirada_rua_pedro_monte_-_em_frente_casa_silmara.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2715/122_-_requerimento_18-09-2023_-_escoamento_de_agua_de_chuva_rua_jose_lino_rangel_-_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2716/123_-_requerimento_18-09-2023_-_recuperacao_rua_coronel_estevam_rezende_-_proximo_lourival.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2717/124_-_requerimento_18-09-2023_-_tampar_buracos_asfalto_rua_dona_miquita.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2718/69_-_requerimento_18-09-2023_-_informacoes_sobre_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2719/70_-_requerimento_18-09-2023_-_calcar_em_frente_posto_saude_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2720/71_-_requerimento_18-09-2023_-_reparo_ponto_bairro_tamandua.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2721/98_-_requerimento_18-09-2023_-_inf._mudanca_sistema_de_abastecimento_de_combustivel.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2736/125_-_requerimento_25-09-2023_-_estrada_bairro_posses.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2737/99_-_requerimento_25-09-2023_-_piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2750/requerimento_02-10-2023_-__correias.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2751/126_-_requerimento_02-10-2023_-_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2752/127_-_requerimento_02-10-2023_-_ponte_estrada_acesso_bela_vista_posses_segredo.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2753/01_-_requerimento_02-10-2023_-_fiscalizar_loteamento_no_bairro_tamandua.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2754/requerimento_02-10-2023_-__rua_poeta.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2755/100_-_requerimento_02-10-2023_-_informacoes_sobre_asfalto_rua_poeta.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2756/101_-_requerimento_02-10-2023_-_informacoes_decreto_emergencia_financeira.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2765/ambulancia_lagoa.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2766/rua_jose_belmiro_monti.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2767/copasa_dr._macedo.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2768/bueiro_rua_lafayete.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2769/bairro_floresta.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2770/128_-_requerimento_09-10-2023_-_urgencia_especial_pls_42_e_47.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2771/pedra_batista.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2782/129_-_requerimento_16-10-2023_-_melhorias_estrada_posses.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2783/130_-_requerimento_16-10-2023_-_melhorias_pontes_cafarnaum_cubataozinho_bela_vista_rocinha.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2784/131_-_requerimento_16-10-2023_-_rocagem_mato_ruas_cidade.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2785/72_-_requerimento_16-10-2023_-_manutencao_pontes.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2786/132_-_requerimento_16-10-2023_-_manutencao_estrada_castelhando_-_rogerio_abreu.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2787/102_-_requerimento_16-10-2023_-_informacoes_locacao_imovel_para_centro_cultural.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2788/02_-_requerimento_16-10-2023_-_faixa_elevada_rua_pedro_monti.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2789/01_-_requerimento_16-10-2023_-_manutencao_av._tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2790/requerimento_16-10-2023_-__para_que_cobre_da_cemig_ref._queda_de_energia.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2795/133_-_requerimento_23-10-2023_-_servico_emergencial_estradas_danificadas_pelas_chuvas.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2796/requerimento_23-10-2023_-_justificativa_falta_sessao.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2797/134_-_requerimento_23-10-2023_-_bueiro_inicio_rua_jose_lino_rangel.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2798/135_-_requerimento_23-10-2023_-_defesa_civil_-_verificar_agua_de_chuva_que_atravessa_rodovia_e_causa_danos_rua_jose_lino.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2799/136_-_requerimento_23-10-2023_-_manutencao_estrada_rocinha_-_acesso_senhora_silvana_-_filho_cadeirante.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2801/03_-_requerimento_23-10-2023_-_calcamento_bairro_alecrim.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2811/137_-_requerimento_06-11-2023_-_garagem_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2812/138_-_requerimento_06-11-2023_-_buracos_asfalto_av_tancredo_neves_em_frente_ubs.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2813/139_-_requerimento_06-11-2023_-_limpeza_bueiros_estradas_rurais_-_ex._vianas.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2814/140_-_requerimento_06-11-2023_-_aterro_estrada_cava_funda.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2815/141_-_requerimento_06-11-2023_-_nova_ponte_bairro_usina_pedrao.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2816/142_-_requerimento_06-11-2023_-_aterro_estrada_usina_pedrao_-_robson.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2817/143_-_requerimento_06-11-2023_-_retirar_terra_estrada_pedra_batista.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2818/144_-_requerimento_06-11-2023_-_desnivel_rua_jose_sergio_rezende_lopes.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2819/145_-_requerimento_06-11-2023_-_bueiro_estrada_estiva_-_ubs.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2820/146_-_requerimento_06-11-2023_-__copasa_-_informacao_cobranca_esgoto_loteamento_candinho.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2821/73_-_requerimento_06-11-2023_-_estrada_bairro_tres_paineiras_e_balaio.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2822/74_-_requerimento_06-11-2023_-_limpeza_lotes_baldios.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2823/75_-_requerimento_06-11-2023_-_melhorias_calcamento_rua_jose_belmiro_monti.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2824/103_-_requerimento_06-11-2023_-_informacoes_sobre_a_contratacao_de_empresa_normas_seguranca_do_trabalho.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2825/104_-_requerimento_06-11-2023_-_manutencao_trecho_rua_coronel_estevam_rezende_esquina_com_a_pedro_monte_e_na_rua_dona_miquita.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2826/105_-_requerimento_06-11-2023_-_urgencia_especial_pl_49-2023.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2827/02_-_requerimento_06-11-2023_-_trecho_que_precisam_cascalho_alecrim.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2828/03_-_requerimento_06-11-2023_-_melhorias_bairro_lagoa.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2838/04_-_requerimento_06-11-2023_-_justificativa_falta_sessao_23-10-2023.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2844/scanner_20231116.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2845/scanner_20231116_2.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2846/scanner_20231116_3.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2847/scanner_20231116_4.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2848/scanner_20231116_5.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2849/scanner_20231116_6.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2850/scanner_20231116_7.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2851/scanner_20231116_10.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2852/scanner_20231116_11.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2853/scanner_20231116_9.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2854/scanner_20231116_12.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2855/scanner_20231116_8.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2856/scanner_20231116_14.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2857/scanner_20231116_15.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2858/scanner_20231116_18.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2859/scanner_20231116_17.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2863/106_-_requerimento_13-11-2023_-_urgencia_especial_pl_50-2023.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2876/scanner_20231123_2.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2877/scanner_20231123_1.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2878/scanner_20231123_3.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2879/scanner_20231123_4.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2881/scanner_20231123_28.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2884/scanner_20231123_8.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2885/scanner_20231123_6.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2886/scanner_20231123_7.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2887/scanner_20231123_9.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2888/scanner_20231123_5.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2889/scanner_20231123_14.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2890/scanner_20231123_15.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2891/scanner_20231123_23.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2892/scanner_20231123_22.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2893/scanner_20231123_19.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2894/scanner_20231123_21.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2895/pdf24_merged.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2896/scanner_20231123_20.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2897/scanner_20231123_11.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2899/scanner_20231123_18.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2905/requerimento_17-11-2023_-__licenca_saude_60_dias.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2915/scanner_20231128_2.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2916/scanner_20231128.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2917/scanner_20231128_3.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2918/scanner_20231128_7.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2919/scanner_20231128_4.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2920/scanner_20231128_6.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2921/scanner_20231128_5.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2922/scanner_20231128_8.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2932/scanner_20231206_1.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2933/scanner_20231206_2.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2934/scanner_20231206_3.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2935/scanner_20231206_4.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2936/scanner_20231206_5.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2937/scanner_20231206_6.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2939/requerimento_04-12-2023_-_urgencia_especial_pl_57-2023_-_cesta_natal.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2940/juntos_pdf_1.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2944/scanner_20231206_11.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2947/juntos_pdf_2.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2948/scanner_20231206_14.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2949/scanner_20231206_15.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2950/juntos_pdf_3.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2951/scanner_20231206_16.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2952/scanner_20231206_17.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2953/scanner_20231206_18.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2958/pdf24_merged3.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2959/pdf24_merged2.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2960/scanner_20231213_8.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2961/pdf24_merged.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2962/scanner_20231213_3.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2963/scanner_20231213_2.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2964/scanner_20231213_1.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2974/scanner_20231220_10.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2975/scanner_20231220_9.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2976/scanner_20231220_8.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2977/scanner_20231220.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2978/scanner_20231220_2.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2979/scanner_20231220_3.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2980/pdf24_merged.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2981/scanner_20231220_6.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2982/scanner_20231220_7.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2983/scanner_20231220_11.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2984/scanner_20231220_12.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2985/scanner_20231220_13.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2403/01_-_requerimento_lucas_leite_-_25-04-2023_-_sampe.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2404/02_-_requerimento_lucas_leite_-_25-04-2023_-_nivelar_calcamento_ruas.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2405/03_-_requerimento_lucas_leite_-_25-04-2023_-_melhoria_onibus_escolar.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2406/02_-_requerimento_peterson_-_25-04-2023_-_jovem_aprendiz.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2407/03_-_requerimento_peterson_-_25-04-2023_-_educacao_financeira.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2408/01_-_requerimento_natanael_25-04-2023_-_manutencao_parquinho_lado_do_clube_operario.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2409/02_-_requerimento_natanael_25-04-2023_-_lixeira_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2410/03_-_requerimento_natanael_25-04-2023_-_rocar_beiradas_estradas.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2411/04_-_requerimento_natanael_25-04-2023_-_melhoria_predios_das_escolas_municipais_e_parceria_para_melhoria_escolas_estaduais.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2412/01_-_requerimento_luiz_antonio_25-04-2023_-__rocar_capinar_e_limpar_estradas_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2413/02_-_requerimento_luiz_antonio_25-04-2023_-_manutencao_estradas_pipa_pedra_barra_e_sertaozinho.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2414/01_-_requerimento_lucas_magalhaes_-_24-04-2023_-_manutencao_rede_esgoto_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2415/01_-_requerimento_lais_-_25-04-2023_-_espacos_publicos_com_brinquedos_criancas_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2416/01_-_requerimento_yasmin_-_25-04-2023_-_colocar_em_funcionamento_conselho_da_juventude.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2417/02_-_requerimento_yasmin_-_25-04-2023_-_politicas_publicas_trabalho_homem_do_campoe_e_incentivar_permanencia_do_jovem_no_meio_rural.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2418/03_-_requerimento_yasmin_-_25-04-2023_-_cursos_profissionalizantes.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2419/04_-_requerimento_yasmin_-_25-04-2023_-_jovem_aprendiz_camara_e_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2464/04_-_requerimento_peterson_-_30-05-2023_-_realizacao_de_campeonatos.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2465/01_-_requerimento_30-05-2023_-_limpeza_lixeiras_bairros_rurais.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2466/02_-_requerimento_lais_-_30-05-2023_-_ruas_e_estradas_-_construcao_areas_de_lazer.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2467/02_-_requerimento_lucas_magalhaes_-_30-05-2023_-_abrigo_animais_de_rua.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2468/05_-_requerimento_yasmin_-_30-05-2023_-_guarda_civil_municipal.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2469/06_-_requerimento_yasmin_-_30-05-2023_-_cinema_na_praca.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2470/07_-_requerimento_yasmin_-_30-05-2023_-_sessao_homenagem_debutantes.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2592/08_-_requerimento_yasmin_-_27-06-2023_-_playgroud_infantil.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2593/09_-_requerimento_yasmin_-_27-06-2023_-_concha_acustica_praca.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2594/02_-_requerimento_27-06-2023_-_area_de_lazer_e_esporte_bairros_rurais.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2763/requerimento_26-09-2023_-_arborizacao_cidade.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2764/requerimento_26-09-2023_-_recuperacao_estacao_do_pedrao.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2870/requerimento_31-10-2023_-_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2871/requerimento_31-10-2023_-_reforma_da_quadra_prof._raimundo_martins.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2872/requerimento_31-10-2023_-_escolas_legislativo.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2873/requerimento_31-10-2023_-_lixeira_campestre.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2874/requerimento_31-10-2023_-_gincana_do_saber.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2954/pdf24_merged.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2955/scanner_20231206_6.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2956/pdf24_merged_1.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2125/01_-_indicacao_06-02-2023_-_contratacao_de_empresa_terceirizada_para_manutencao_estradas.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2142/01_-_indicacao_13-04-2023_-_consultar_motoristas_sobre_situacao_das_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2618/02_-_indicacao_07-08-2023_-_dia_do_folclore.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2652/03_-_indicacao_21-08-2023_-_acompanhar_os_trabalhos_de_asfalto_na_rua_poeta.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2722/04_-_indicacao_18-09-2023_-_comemorar_dia_da_crianca_com_evento.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2136/01_-_mocao_pesar_13-02-2023_-_joao_matheus.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2137/02_-_mocao_aplauso_13-02-2023_-_exdiretoras_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2138/03_-_mocao_aplauso_13-02-2023_-_novas_diretoras_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2147/04_-_mocao_pesar_13-02-2023_-_andre_luiz_silva.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2194/05_-_mocao_aplauso_27-02-2023_-_gustavo_camara.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2195/06_-_mocao_pesar_27-02-2023_-_jose_donizete.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2202/01_-_mocao_de_aplauso_-_07-03-2023_-_funcionario_prefeitura_-_enxente.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2203/02_-_mocao_de_aplauso_-_07-03-2023_-_prefeito_de_santa_rita_-_enxente.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2211/01_-__mocao_aplauso_07-03-2023_-__dia_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2212/02_-__mocao_aplauso_07-03-2023_-__populacao_-_solidariedade_chuva.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2213/03_-__mocao_aplauso_07-03-2023_-__policia_militar_-_solidariedade_chuva.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2214/04_-__mocao_aplauso_07-03-2023_-_guarda_municipal_santa_rita_-_solidariedade_chuva.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2215/01_-__mocao_pesar_07-03-2023_-_jose_eduardo_piazza_-.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2216/02_-__mocao_pesar_07-03-2023_-_rubens_jose_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2221/07_-_mocao_aplauso_07-03-2023_-_mocao_apaluso_prefeito_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2223/08_-_mocao_aplauso_07-03-2023_-_mocao_apaluso_defesa_civil_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2224/07_-_mocao_aplauso_07-03-2023_-_dia_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2226/08_-_mocao_pesar_07-03-2023_-_eduardo_piazza.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2227/09_-_mocao_aplauso_07-03-2023_-_servidores_e_populcao_-_chuva.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2228/10_-_mocao_pesar_07-03-2023_-_dona_laura.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2279/11_-_mocao_aplauso_20-03-2023_-_eleicao_vereador_jovem.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2280/12_-_mocao_aplauso_20-03-2023_-_dojo_rangel_de_karate.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2281/09_-_mocao_aplauso_20-03-2023_-_mocao_apaluso_vereadores_jovens.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2319/13_-_mocao_aplauso_03-04-2023_-_ana_lucia.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2320/14_-_mocao_aplauso_03-04-2023_-_benedito_donizetti_maia.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2321/15_-_mocao_aplauso_03-04-2023_-_juliana_harumi_sato.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2322/16_-_mocao_aplauso_03-04-2023_-_maria_celeste_faria.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2323/17_-_mocao_aplauso_03-04-2023_-_maria_sebastiana_faria.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2324/18_-_mocao_aplauso_03-04-2023_-_vigilina_de_fatima_apolinario.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2325/19_-_mocao_aplauso_03-04-2023_-_autista.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2359/03_-_mocao_de_pesar_-_17-04-2023_-_joaquim_lopes_da_silva.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2360/20_-_mocao_pesar_17-04-2023_-_jose_geraldo_maia.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2364/21_-_mocao_pesar_27-04-2023_-_vagner_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2380/04_-_mocao_de_pesar_-_02-05-2023_-_dona_geraldinha.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2381/05_-_mocao_de_pesar_-_02-05-2023_-_vagner_realino.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2389/10_-_mocao_aplauso_02-05-2023_-_mocao_apaluso_trabalhadores.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2395/20_-_mocao_pesar_02-05-2023_-_dona_geraldinha.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2398/22_-_mocao_pesar_08-05-2023_-_maria_de_lourdes_vilas_boas.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2432/06_-_mocao_de_aplauso_-_15-05-2023_-_yasmin_castro.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2433/03_-__mocao_aplauso_15-05-2023_-_carlos_alexandre_-_peao_rodeio.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2434/04_-__mocao_aplauso_15-05-2023_-_fabricio_soares_-_peao_rodeio.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2482/07_-_mocao_de_pesar-_05-06-2023_-_jose_goncalves.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2483/08_-_mocao_de_pesar-_05-06-2023_-_gema_fernandes.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2493/09_-_mocao_de_aplauso_05-06-2023_-_dr._claudio_rogerio.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2583/10_-_mocao_de_pesar_26-06-2023_-_jose_marcos_abreu_lisboa.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2634/02_-_mocao_pesar__-_14-08-2023_-_rubens_silvestre.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2653/20_-_mocao_aplauso_21-08-2023-_campeonat_brasileiro_de_jiu-jitsu.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2669/11_-_mocao_de_pesar_28-08-2023_-_dona_cidoca.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2670/12_-_mocao_de_pesar_28-08-2023_-_maria_isabel_-_pitangueiras.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2671/23_-_mocao_pesar_28-08-2023_-_sebastiana_da_silva_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2673/22_-_mocao_aplauso_28-08-2023-_vagner_de_souza_realino.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2674/21_-_mocao_pesar_28-08-2023-_valdecir_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2676/24_-_mocao_pesar_28-08-2023_-_nair_gomes_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2692/25_-_mocao_pesar_04-09-2023_-_paulo_goncalo.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2723/01_-_mocao_aplausos_e_congratulacoes_pedralrun.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2724/22_-_mocao_aplauso_-_oscar_do_comendador.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2738/mocao_aplauso_25-09-2023_-_edson_paiva.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2739/02_-_mocao_pesar_leila.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2772/12_-_mocao_de_aplauso_09-10-2023_-_parlamentares_federais_-_demarcacao_terras_indigenas.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2773/mocao_aplauso_-_09-10-2023_-_professores_educacao_fisica.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2776/23_-_mocao_aplauso_-_flapedra_-_dia_crianca.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2777/24_-_mocao_-_maria_natalia_-_dia_crianca.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2778/25_-_mocao_-_ronilda_-_dia_crianca.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2779/mocao_aplauso_16-10-2023_-_edinho.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2780/04_-_mocao_pastoral_da_comunicacao_-_igreja_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2781/03_-_mocao_conferencia_sao_vicente_de_paulo.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2800/mocao_pesar_-_23-10-2023_-_joao_fernandes.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2802/26_-_mocao_-_selecao_pedralvense_de_futebol.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2803/27_-_mocao_pesar_-_joao_fernandes.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2829/mocao_pesar_-_06-11-2023_-_dito_morera.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2837/mocao_aplauso_-_06-11-2023_-_mae_navegante.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2831/28_-_mocao_pesar_-_morera.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2860/scanner_20231116_16.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2861/scanner_20231116_20.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2862/scanner_20231116_19.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2882/scanner_20231123_12.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2883/scanner_20231123_13.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2898/scanner_20231123_10.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2900/scanner_20231123_29.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2904/pdf24_merged.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2923/scanner_20231128_9.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2924/scanner_20231128_10.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2926/scanner_20231128_11.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2938/scanner_20231206_7.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2941/scanner_20231206_8.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2942/scanner_20231206_9.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2943/scanner_20231206_10.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2945/scanner_20231206_12.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2946/scanner_20231206_13.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2965/scanner_20231213_7.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2966/scanner_20231213_6.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2967/scanner_20231213_13.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2968/scanner_20231213_14.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2986/scanner_20231220_14.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2987/scanner_20231220_15.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2988/scanner_20231220_16.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2989/scanner_20231220_18.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2990/scanner_20231220_17.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2420/01_-_mocao_de_aplauso_-_25-04-2023_-_aos_participantes_da_eleicao_vj.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2471/01_-_mocao_yasmin_-_jemg.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2472/01_-_mocao_luiz_antonio_30-05-2023_-_atletas_jiu-jitsu_academia_templogym.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2473/02_-_mocao_luiz_antonio_30-05-2023_-_competidores_rodeio_fabricio_e_carlos_alexandre.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2595/01_-_mocao_lucas_leite_-_27-06-2023_-_alunos_aprovados_2a_fase_obemep.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2596/01_-_mocao_lucas_magalhaes_-_27-06-2023.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2151/emenda_no_1_-_plc_02-2023_-_cip.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2231/emenda_01_ao_pre_01-2023.docx" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2282/emenda_no_1_-_pl_011-2023_-_cultura.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2283/emenda_no_2_-_pl_011-2023_-_cultura.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2340/emenda_no_1_-_pl_014-2023_-_credito_suplementar_cultura.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2373/emenda_no_1_-_pl_012-2023_-_autismo.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2421/emenda_no_1_-_pl_018-2023_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2422/emenda_no_2_-_pl_018-2023_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2475/emenda_no_1_-_pl_023-2023_-_modificacao_lei_gratificacao_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2585/emenda_no_1_-_pl_026-2023_-_agente_contrataca_e_equipe_apoio_comissao_de_contrataca_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2659/emenda_no_1_-_pl_033-2023_-_portal_informativo_de_obras_publica.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2660/emenda_no_1_-_pl_034-2023_-_credito_suplementar_r1.110.42386.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2729/emenda_01_ao_plo_041-2023.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2807/emenda_01_ao_plo_046-2023_-_loa.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2526/parecer_01-2023_-_plc_01-2023_-_modif._cargo_auxiliar_de_farmacia_e_fisioterapeuta.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2527/parecer_02-2023_-_plc_03-2023_-_modif._vencimento_cargos_medico.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2530/parecer_05-2023_-_plo_03-2023_-_revisao_anual_subsidios_agentes_do_executivo_1.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2532/parecer_07-2023_-_plo_05-2023_-_contribuicao_sampe_2023.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2533/parecer_08-2023_-_contratacao_jornal_centenario.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2534/parecer_09-2023_-_plo_74-2022_-_gratificacao_farmaceutico_rt.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2535/parecer_10-2023_-_plo_77-2022_-_filiacao_undime.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2536/parecer_11-2023_-_plc_02-2023_-_institui_a_cip_1.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2537/parecer_12-2023_-_plo_06-2023_-_creditos_suplementares_diversos.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2538/parecer_13-2023_-_plo_07-2023_-_subvencao_apae.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2539/parecer_14-2023_-_plo_08-2023_-_aumento_subvencao_lar_dos_velhinhos.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2540/parecer_15-2023_-_plo_09-2023_-_contribuicao_soc._frei_orestes.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2541/parecer_16-2023_-_plc_06-2023_-_cria_cargo_eletricista_automotivo.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2542/parecer_17-2023_-_contrato_aquisicao_combustivel.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2543/parecer_18-2023_-_plo_10-2023_-_credito_suplementar_saneamento_basico_-_superavit.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2544/parecer_19-2023_-_plo_11-2023_-_conselho_e_fundo_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2545/parecer_20-2023_-_contrato_reparos_telhado.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2546/parecer_21-2023_-_conversao_licenca-premio_rita.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2547/parecer_22-2023_-_plo_12-2023_-_diretrizes_atend._pessoas_com_tea_tdah_e_dislexia.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2548/parecer_23-2023_-_plo_13-2023_-_modif._beneficio_auxilio_natalidade.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2549/parecer_24-2023_-_plo_14-2023_-_credito_suplementar_diversos_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2550/parecer_25-2023_-_plo_16-2023_-_credito_especial_programa_auxilio_esporte.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2551/parecer_26-2023_-_plo_15-2023_-_prorrog._contratos_temporarios_da_lei_1846-2021.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2552/parecer_27-2023_-_plo_17-2023_-_proib._censura_em_redes_sociais_oficiais.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2553/parecer_28-2023_-_plo_19-2023_-_revoga_lei_1076-97_-_gratificacoes.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2554/parecer_29-2023_-_plo_20-2023_-_credito_suplementar_-_superavit.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2555/parecer_30-2023_-_plo_ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2556/parecer_31-2023_-_plo_21-2023_-_contribuicao_apae.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2557/parecer_32-2023_-_plo_22-2023_-_contribuicao_soc._frei_orestes.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2558/parecer_33-2023_-_plo_23-2023_-_gratificacao_farmaceutica_rt_retroativa.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2559/parecer_34-2023_-_plo_24-2023_-_programa_incentivo_artesanato.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2560/parecer_35-2023_-_prj_01-2023_-_programa_jovem_aprendiz_na_camara_1.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2561/parecer_36-2023_-_plo_25-2023_-_modif._fonte_de_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2562/parecer_37-2023_-_plo_26-2023_-_regulament._agente_de_contratacao.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2563/parecer_38-2023_-_plo_27-2023_-_prorrog._contratos_temporarios_da_lei_1846-2021.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2564/parecer_39-2023_-_plo_28-2023_-_prorrog._contratos_temporarios_da_lei_1838-2021.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2565/parecer_40-2023_-_plo_29-2023_-_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2566/parecer_41-2023_-_plo_30-2023_-_contagem_tempo_pandemia_para_beneficios_servidores.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2567/parecer_cljr_-_pl_027-2023.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2568/parecer_cljr_-_pl_028-2023.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2569/parecer_cljr_-_pl_029-2023.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2586/05_-_parecer_cljr_-_pl_026-2023.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2619/06_-_parecer_cljr_-_pr_02-2023.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2620/07_-_parecer_cljr_-_pl_031-2023.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2621/08_-_parecer_cljr_-_pl_032-2023.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2657/09_-_parecer_cljr_-_pl_033-2023.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2658/10_-_parecer_cljr_-_pl_034-2023.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2688/11_-_parecer_cljr_-_pl_035-2023.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2689/12_-_parecer_cljr_-_pl_036-2023.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2708/13_-_parecer_pl_038-2023_-_nome_rua_-_aloisio_braga_abreu.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2709/14_-_parecer_pl_038-2023_-_nome_rua_-_jose_sevilo.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2730/15_-_parecer_pl_039-2023_-_nome_rua_-_evaristo_inacio_dos_reis.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2731/16_-_parecer_pl_041-2023_-_assistencia_financeira_piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2741/17_-_parecer_pl_040-2023_-_utilidade_publica_consep.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2742/18_-_parecer_pl_043-2023_-_nome_rua_-_vitinho.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2757/19_-_parecer_pl_042-2023_-_credito_suplementar_582.300.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2758/20_-_parecer_pl_047-2023_-_subvencao_casa_crianca_-_imposto_de_renda.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2793/21_-_parecer_pl_048-2023_-_nome_rua_-_ditinho_lorena.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2804/22_-_parecer_pl_044-2023_-_alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2805/23_-_parecer_pl_045-2023_-_alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2806/24_-_parecer_pl_046-2023_-_loa.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2809/25_-_parecer_pl_049-2023_-_afro.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2839/26_-_parecer_pl_050-2023_-_alteracao_lei_1998.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2840/27_-_parecer_pr_03-2023_-_alteracao_resolucao_aluno_nota_10.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2867/28_-_parecer_pl_051-2023_-_subvencao_casa_velhinhos.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2868/29_-_parecer_pl_052-2023_-_utilidade_publica_grupo_afro.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2906/30_-_parecer_pl_053-2023_-_semana_da_juventude.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2908/32_-_parecer_pl_055-2023_-_norma_publicacao_leis.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2928/33_-_parecer_pr_04-2023_-_corgos_assessor.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2929/34_-_parecer_pl_057-2023_-_cesta_natal.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2957/34_-_parecer_pl_056-2023_-_arborizacao.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2972/36_-_parecer_pl_058-2023_-_contribuicao_apae.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2991/37_-_parecer_pl_059-2023_-_sindrome_de_burnout.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2590/parecer_cfoff_-_pl_029-2023.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2603/parecer_cfoff_-_pl_026-2023.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2623/parecer_cfoff_-_emenda_no_1_ao_pl_026-2023.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2624/parecer_cfoff_-_pl_031-2023.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2625/parecer_cfoff_-_pl_032-2023.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2662/parecer_cfoff_-_pl_034-2023.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2733/parecer_pl_041-2023_-_cfoff.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2759/parecer_pl_042-2023_-_cfoff.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2760/parecer_pl_047-2023_-_cfoff.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2810/parecer_pl_049-2023_-_cfoff.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2842/parecer_pl_050-2023_-_cfoff.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2875/parecer_pl_051-2023_-_cfoff.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2909/parecer_pl_044-2023_-_cfoff.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2910/parecer_pl_045-2023_-_cfoff.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2911/parecer_pl_046-2023_-_cfoff.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2930/parecer_pl_057-2023_-_cfoff.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2973/parecer_pl_058-2023_-_cfoff.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2587/parecer_cspoam_-_pl_027-2023.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2588/parecer_cspoam_-_pl_028-2023.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2591/parecer_cspoam_-_pl_030-2023.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2622/parecer_cspoam_-_pr_02-2023.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2663/parecer_cspoam_-_pl_033-2023.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2690/parecer_cspoam_-_pl_035-2023.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2691/parecer_cspoam_-_pl_036-2023.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2710/parecer_-_pl37-2023_-_logradouro_publico_-_aloisio_braga_de_abreu.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2711/parecer_-_pl38-2023_-_logradouro_publico_-_jose_sevilo_de_vilas_boas.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2732/parecer_-_pl39-2023_-_logradouro_publico_-_evaristo_inacio_dos_reis.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2744/parecer_-_pl40-2023_-_utilidade_publica_-_consep.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2745/parecer_-_pl43-2023_-_logradouro_publico_-_vitinho.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2841/parecer_-_pr_03-2023_-_mudanca_aluno_nota_10.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2869/parecer_-_pl_052-2023_-_utilidade_publica_grupo_afro.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2912/parecer_-_pl53-2023_-_semana_da_juventude.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2913/parecer_-_pl54-2023_-_mis_e_mister.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2914/parecer_-_pl55-2023_-_regras_publicacao_lei.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2970/parecer_plo_056-23_-_programa_arborizacao.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2971/parecer_plo_059-23_-_sindrome_de_burnout.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2743/ata_ce_29-09-2023_-_pdl_05-2023_-_titulo_cidadania_procurador.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2791/parecer_veto_pl_033-2023.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralva.mg.leg.br/media/sapl/public/materialegislativa/2023/2834/parecer_-_veto_-_plo_036-2023_-_comissao_especial.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H862"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="151.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="211.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="210.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>